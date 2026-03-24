--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -627,286 +627,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04836778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Soil Fertility Status in Marori Block of Pilibhit District, Uttar Pradesh, India</w:t>
+                <w:t xml:space="preserve">Chasing rainbows and ocean glints: Inner working angle constraints for the Habitable Worlds Observatory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinod Kumar Verma</w:t>
+                <w:t xml:space="preserve">Sophia R. Vaughan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayush Bahuguna</w:t>
+                <w:t xml:space="preserve">Timothy D. Gebhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prem Kumar Bharteey</w:t>
+                <w:t xml:space="preserve">Kimberly Bott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Singh</w:t>
+                <w:t xml:space="preserve">Sarah L. Casewell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nidhi Luthra</w:t>
+                <w:t xml:space="preserve">Nicolas B. Cowan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environment and Climate Change</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 524, pp.5477-5485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stad2127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05178210v1</w:t>
+                <w:t xml:space="preserve">insu-04505555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chasing rainbows and ocean glints: Inner working angle constraints for the Habitable Worlds Observatory</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of Soil Fertility Status in Marori Block of Pilibhit District, Uttar Pradesh, India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy D. Gebhard</w:t>
+                <w:t xml:space="preserve">Vinod Kumar Verma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kimberly Bott</w:t>
+                <w:t xml:space="preserve">Ayush Bahuguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah L. Casewell</w:t>
+                <w:t xml:space="preserve">Prem Kumar Bharteey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas B. Cowan</w:t>
+                <w:t xml:space="preserve">G. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nidhi Luthra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Environment and Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (11), pp.1012-1025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04505555v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05178210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2023 Astrophotonics Roadmap: pathways to realizing multi-functional integrated astrophotonic instruments</w:t>
               </w:r>
@@ -2360,295 +2360,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03941011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First on-sky demonstration of spatial Linear Dark Field Control with the vector-Apodizing Phase Plate at Subaru/SCExAO</w:t>
+                <w:t xml:space="preserve">Imaging low-mass planets within the habitable zone of α Centauri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frantz Martinache</w:t>
+                <w:t xml:space="preserve">K. Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bos</w:t>
+                <w:t xml:space="preserve">A. Boehle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Miller</w:t>
+                <w:t xml:space="preserve">P. Pathak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lozi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Guyon</w:t>
+                <w:t xml:space="preserve">M. Kasper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Arsenault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202040134⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-21176-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518284v1</w:t>
+                <w:t xml:space="preserve">insu-03373011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging low-mass planets within the habitable zone of α Centauri</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First on-sky demonstration of spatial Linear Dark Field Control with the vector-Apodizing Phase Plate at Subaru/SCExAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boehle</w:t>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Pathak</w:t>
+                <w:t xml:space="preserve">S. Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Kasper</w:t>
+                <w:t xml:space="preserve">K. Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Arsenault</w:t>
+                <w:t xml:space="preserve">J. Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 653, pp.A42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-21176-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202040134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03373011v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vector-apodizing phase plate coronagraph: design, current performance, and future development [Invited]</w:t>
               </w:r>
@@ -2762,697 +2762,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03803887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SCExAO/CHARIS Direct Imaging of A Low-Mass Companion At A Saturn-Like Separation from an Accelerating Young A7 Star</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revealing asymmetrical dust distribution in the inner regions of HD 141569</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Chilcote</w:t>
+                <w:t xml:space="preserve">T. Bhowmik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taylor Tobin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thayne Currie</w:t>
+                <w:t xml:space="preserve">A. Boccaletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy D Brandt</w:t>
+                <w:t xml:space="preserve">P. Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tyler D Groff</w:t>
+                <w:t xml:space="preserve">Q. Kral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 162 (6), pp.251. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 653, pp.A79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ac29ba⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03461142v1</w:t>
+                <w:t xml:space="preserve">hal-03341514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SCExAO/MEC and CHARIS Discovery of a Low-mass, 6 au Separation Companion to HIP 109427 Using Stochastic Speckle Discrimination and High-contrast Spectroscopy*</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Multiband Imaging of the HD 36546 Debris Disk: A Refined View from SCExAO/CHARIS*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sarah Steiger</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kellen Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Brandt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guyon</w:t>
+                <w:t xml:space="preserve">Motohide Tamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astronomical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 162 (2), pp.44. </w:t>
+              <w:t xml:space="preserve">, 2021, 162 (6), pp.293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ac02cc⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ac2823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518325v1</w:t>
+                <w:t xml:space="preserve">hal-03518281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiband Imaging of the HD 36546 Debris Disk: A Refined View from SCExAO/CHARIS*</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">SCExAO/MEC and CHARIS Discovery of a Low-mass, 6 au Separation Companion to HIP 109427 Using Stochastic Speckle Discrimination and High-contrast Spectroscopy*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kellen Lawson</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motohide Tamura</w:t>
+                <w:t xml:space="preserve">Timothy Brandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astronomical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 162 (6), pp.293. </w:t>
+              <w:t xml:space="preserve">, 2021, 162 (2), pp.44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ac2823⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ac02cc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518281v1</w:t>
+                <w:t xml:space="preserve">hal-03518325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial linear dark field control on Subaru/SCExAO</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Guyon</w:t>
+                <w:t xml:space="preserve">SCExAO/CHARIS Direct Imaging of A Low-Mass Companion At A Saturn-Like Separation from an Accelerating Young A7 Star</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Chilcote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor Tobin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy D Brandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyler D Groff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039583⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 162 (6), pp.251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ac29ba⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518285v1</w:t>
+                <w:t xml:space="preserve">hal-03461142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing asymmetrical dust distribution in the inner regions of HD 141569</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Q. Kral</w:t>
+                <w:t xml:space="preserve">Spatial linear dark field control on Subaru/SCExAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 653, pp.A79. </w:t>
+              <w:t xml:space="preserve">, 2021, 646, pp.A145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202039583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341514v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prioritisation of modelling parameters of a free-floating car sharing system according to their sensitivity to the environmental impacts</w:t>
               </w:r>
@@ -3572,103 +3572,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Author Correction: Imaging low-mass planets within the habitable zone of α Centauri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boehle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pathak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kasper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Arsenault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
@@ -3706,103 +3706,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCExAO/CHARIS Direct Imaging Discovery of a 20 au Separation, Low-mass Ratio Brown Dwarf Companion to an Accelerating Sun-like Star *</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Brandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masayuki Kuzuhara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Chilcote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 904 (2), pp.L25. </w:t>
@@ -3840,51 +3840,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric Characterization and Further Orbital Modeling of κ Andromeda b</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taichi Uyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4232,697 +4232,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03667095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-sky verification of Fast and Furious focal-plane wavefront sensing: Moving forward toward controlling the island effect at Subaru/SCExAO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Precision Photometric and Astrometric Calibration Using Alternating Satellite Speckles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven P. Bos</w:t>
+                <w:t xml:space="preserve">Ananya Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Vievard</w:t>
+                <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël J. Wilby</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Lozi</w:t>
+                <w:t xml:space="preserve">Jeffery Chilcote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202037910⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 159 (6), pp.250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab88cd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03200403v1</w:t>
+                <w:t xml:space="preserve">hal-03518332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution Near-infrared Polarimetry and Submillimeter Imaging of FS Tau A: Possible Streamers in Misaligned Circumbinary Disk System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eiji Akiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruobing Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 889 (2), pp.140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3847/1538-4357/ab64f9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precision Photometric and Astrometric Calibration Using Alternating Satellite Speckles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frantz Martinache</w:t>
+                <w:t xml:space="preserve">On-sky verification of Fast and Furious focal-plane wavefront sensing: Moving forward toward controlling the island effect at Subaru/SCExAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven P. Bos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Vievard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ananya Sahoo</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">Michaël J. Wilby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Snik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeffery Chilcote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 159 (6), pp.250. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 639, pp.A52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab88cd⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202037910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518332v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03200403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SCExAO/CHARIS Near-infrared Integral Field Spectroscopy of the HD 15115 Debris Disk</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Glenn Schneider</w:t>
+                <w:t xml:space="preserve">Angular differential kernel phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Laugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Cvetojevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Ceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ababa6⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 636, pp.A21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201937121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03255536v1</w:t>
+                <w:t xml:space="preserve">hal-02903816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angular differential kernel phases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alban Ceau</w:t>
+                <w:t xml:space="preserve">SCExAO/CHARIS Near-infrared Integral Field Spectroscopy of the HD 15115 Debris Disk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kellen Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motohide Tamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 636, pp.A21. </w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 160 (4), pp.163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201937121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ababa6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903816v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03255536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing focal plane wavefront control techniques: Numerical simulations and laboratory experiments</w:t>
               </w:r>
@@ -4947,64 +4947,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Baudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Galicher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boccaletti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 635, pp.A192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5172,51 +5172,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-contrast Hα imaging with Subaru/SCExAO + VAMPIRES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taichi Uyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5224,51 +5224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barnaby Norris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 6 (04), </w:t>
@@ -5300,1276 +5300,1276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and manufacturing of a multi-zone phase-shifting coronagraph mask for extremely large telescopes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SCExAO/CHARIS High-contrast Imaging of Spirals and Darkening Features in the HD 34700 A Protoplanetary Disk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taichi Uyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Martinez</w:t>
+                <w:t xml:space="preserve">Valentin Christiaens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Beaulieu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Gouvret</w:t>
+                <w:t xml:space="preserve">Jaehan Bae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936903⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 900 (2), pp.135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aba8f6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899005v1</w:t>
+                <w:t xml:space="preserve">hal-03518330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MKID Exoplanet Camera for Subaru SCExAO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and manufacturing of a multi-zone phase-shifting coronagraph mask for extremely large telescopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Walter</w:t>
+                <w:t xml:space="preserve">K. Barjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neelay Fruitwala</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicholas Zobrist</w:t>
+                <w:t xml:space="preserve">C. Gouvret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1538-3873/abc60f⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 635, pp.A126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144038v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SCExAO/CHARIS High-contrast Imaging of Spirals and Darkening Features in the HD 34700 A Protoplanetary Disk</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thayne Currie</w:t>
+                <w:t xml:space="preserve">The MKID Exoplanet Camera for Subaru SCExAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neelay Fruitwala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Christiaens</w:t>
+                <w:t xml:space="preserve">John Bailey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaehan Bae</w:t>
+                <w:t xml:space="preserve">Nicholas Zobrist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 900 (2), pp.135. </w:t>
+              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 132 (1018), pp.125005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aba8f6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1538-3873/abc60f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518330v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isochronal age-mass discrepancy of young stars: SCExAO/CHARIS integral field spectroscopy of the HIP 79124 triple system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Subaru Near-infrared Imaging Polarimetry of Misaligned Disks around the SR 24 Hierarchical Triple System*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben Asensio-Torres</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thayne Currie</w:t>
+                <w:t xml:space="preserve">Satoshi Mayama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Janson</w:t>
+                <w:t xml:space="preserve">Sebastián Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvano Desidera</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Masayuki Kuzuhara</w:t>
+                <w:t xml:space="preserve">Nobuhiko Kusakabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takayuki Muto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201834688⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 159 (1), pp.12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab5850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02303350v1</w:t>
+                <w:t xml:space="preserve">hal-03518337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subaru Near-infrared Imaging Polarimetry of Misaligned Disks around the SR 24 Hierarchical Triple System*</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isochronal age-mass discrepancy of young stars: SCExAO/CHARIS integral field spectroscopy of the HIP 79124 triple system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastián Pérez</w:t>
+                <w:t xml:space="preserve">Ruben Asensio-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nobuhiko Kusakabe</w:t>
+                <w:t xml:space="preserve">Markus Janson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takayuki Muto</w:t>
+                <w:t xml:space="preserve">Silvano Desidera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masayuki Kuzuhara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 159 (1), pp.12. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 622, pp.A42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab5850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201834688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518337v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Chromaticity Analysis and PSF Subtraction Techniques for SCExAO/CHARIS Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frantz Martinache</w:t>
+                <w:t xml:space="preserve">Visible and Near-infrared Laboratory Demonstration of a Simplified Pyramid Wavefront Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Gerard</w:t>
+                <w:t xml:space="preserve">Mark Chun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Marois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Timothy Brandt</w:t>
+                <w:t xml:space="preserve">Shane Jacobson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 158 (1), pp.36. </w:t>
+              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 131 (998), pp.044503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab21d4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1538-3873/ab046a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518339v1</w:t>
+                <w:t xml:space="preserve">hal-02303531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focal-plane wavefront sensing with the vector-Apodizing Phase Plate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Bos</w:t>
+                <w:t xml:space="preserve">No Clear, Direct Evidence for Multiple Protoplanets Orbiting LkCa 15: LkCa 15 bcd are Likely Inner Disk Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Doelman</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">O. Guyon</w:t>
+                <w:t xml:space="preserve">Christian Marois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Cieza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gijs Mulders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kellen Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936062⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 877 (1), pp.L3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab1b42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518338v1</w:t>
+                <w:t xml:space="preserve">hal-02303451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No Clear, Direct Evidence for Multiple Protoplanets Orbiting LkCa 15: LkCa 15 bcd are Likely Inner Disk Signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Chromaticity Analysis and PSF Subtraction Techniques for SCExAO/CHARIS Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Marois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kellen Lawson</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Brandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab1b42⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ab21d4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303451v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible and Near-infrared Laboratory Demonstration of a Simplified Pyramid Wavefront Sensor</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mark Chun</w:t>
+                <w:t xml:space="preserve">Focal-plane wavefront sensing with the vector-Apodizing Phase Plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shane Jacobson</w:t>
+                <w:t xml:space="preserve">D. Doelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 131 (998), pp.044503. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 632, pp.A48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1538-3873/ab046a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303531v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NEAR: First Results from the Search for Low-Mass Planets in α Cen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kasper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Arsenault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Käufl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6908,295 +6908,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02409067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory and On-sky Validation of the Shaped Pupil Coronagraph’s Sensitivity to Low-order Aberrations With Active Wavefront Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thayne Currie</w:t>
+                <w:t xml:space="preserve">Characterizing vibrations at the Subaru Telescope for the Subaru coronagraphic extreme adaptive optics instrument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Jeremy Kasdin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
+                <w:t xml:space="preserve">Naruhisa Takato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garima Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1538-3873/aaab41⟩</w:t>
+              <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (04), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JATIS.4.4.049001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02305123v1</w:t>
+                <w:t xml:space="preserve">hal-03518342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing vibrations at the Subaru Telescope for the Subaru coronagraphic extreme adaptive optics instrument</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">Laboratory and On-sky Validation of the Shaped Pupil Coronagraph’s Sensitivity to Low-order Aberrations With Active Wavefront Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thayne Currie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jeremy Kasdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyler Groff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Garima Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Astronomical Telescopes Instruments and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 4 (04), pp.1. </w:t>
+              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 130 (986), pp.044505. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JATIS.4.4.049001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1538-3873/aaab41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518342v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calibration of the island effect: Experimental validation of closed-loop focal plane wavefront control on Subaru/SCExAO</w:t>
               </w:r>
@@ -7221,51 +7221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7316,90 +7316,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-sky Closed-loop Correction of Atmospheric Dispersion for High-contrast Coronagraphy and Astrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Pathak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7489,64 +7489,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Brandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tyler Groff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astronomical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 156 (6), pp.279. </w:t>
@@ -7578,295 +7578,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02308130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An H-band Vector Vortex Coronagraph for the Subaru Coronagraphic Extreme-Adaptive Optics System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurements of Speckle Lifetimes in Near-infrared Extreme Adaptive Optics Images for Optimizing Focal Plane Wavefront Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Goebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Kühn</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">T. Currie</w:t>
+                <w:t xml:space="preserve">Donald Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 130 (985), pp.035001. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1538-3873/aa9fe5⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 130 (992), pp.104502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1538-3873/aad8ed⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01782003v1</w:t>
+                <w:t xml:space="preserve">hal-02308123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of Speckle Lifetimes in Near-infrared Extreme Adaptive Optics Images for Optimizing Focal Plane Wavefront Control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guyon</w:t>
+                <w:t xml:space="preserve">An H-band Vector Vortex Coronagraph for the Subaru Coronagraphic Extreme-Adaptive Optics System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Kühn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Serabyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donald Hall</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Lozi</w:t>
+                <w:t xml:space="preserve">T. Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 130 (992), pp.104502. </w:t>
+              <w:t xml:space="preserve">, 2018, 130 (985), pp.035001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1538-3873/aad8ed⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1538-3873/aa9fe5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308123v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01782003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subaru/HiCIAO HK &amp;lt;sub&amp;gt;s&amp;lt;/sub&amp;gt; Imaging of LKHa 330: Multi-band Detection of the Gap and Spiral-like Structures</w:t>
               </w:r>
@@ -7878,77 +7878,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taichi Uyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Hashimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takayuki Muto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eiji Akiyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruobing Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astronomical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 156, </w:t>
@@ -7999,51 +7999,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCExAO/CHARIS Near-infrared Direct Imaging, Spectroscopy, and Forward-Modeling of κ And b: A Likely Young, Low-gravity Superjovian Companion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Brandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taichi Uyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8133,51 +8133,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Demonstration of a Versatile Low-order Wavefront Sensor Tested on Multiple Coronographs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garima Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8561,51 +8561,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schwab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Cvetojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8842,51 +8842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Cvetojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 128 (970), pp.121001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8914,295 +8914,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-precision technique to correct for residual atmospheric dispersion in high-contrast imaging systems</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Closed-loop focal plane wavefront control with the SCExAO instrument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 128 (970), pp.124404. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 593, pp.A33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1538-3873/128/970/124404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518360v1</w:t>
+                <w:t xml:space="preserve">hal-03518361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Closed-loop focal plane wavefront control with the SCExAO instrument</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">A high-precision technique to correct for residual atmospheric dispersion in high-contrast imaging systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pathak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 593, pp.A33. </w:t>
+              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 128 (970), pp.124404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1538-3873/128/970/124404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518361v1</w:t>
+                <w:t xml:space="preserve">hal-03518360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiral Structure and Differential Dust Size Distribution in the LKHα 330 Disk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eiji Akiyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Hashimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9286,429 +9286,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03691473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The VAMPIRES instrument: imaging the innermost regions of protoplanetary discs with polarimetric interferometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Barnaby Norris</w:t>
+                <w:t xml:space="preserve">The Subaru Coronagraphic Extreme Adaptive Optics System: Enabling High-Contrast Imaging on Solar-System Scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Schworer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Guyon</w:t>
+                <w:t xml:space="preserve">C. Clergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stu2529⟩</w:t>
+              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 127 (955), pp.890-910. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/682989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509131v1</w:t>
+                <w:t xml:space="preserve">hal-02474277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Subaru Coronagraphic Extreme Adaptive Optics System: Enabling High-Contrast Imaging on Solar-System Scales</w:t>
+                <w:t xml:space="preserve">Artificial incoherent speckles enable precision astrometry and photometry in high-contrast imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">G. Singh</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pathak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hagelberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1086/682989⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 813 (2), pp.L24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2041-8205/813/2/L24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02474277v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial incoherent speckles enable precision astrometry and photometry in high-contrast imaging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Pathak</w:t>
+                <w:t xml:space="preserve">The VAMPIRES instrument: imaging the innermost regions of protoplanetary discs with polarimetric interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barnaby Norris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Schworer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hagelberg</w:t>
+                <w:t xml:space="preserve">Peter Tuthill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 813 (2), pp.L24. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 447 (3), pp.2894-2906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2041-8205/813/2/L24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stu2529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518363v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An achromatic focal plane mask for high-performance broadband coronagraphy</w:t>
               </w:r>
@@ -9841,51 +9841,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-Sky Demonstration of Low-Order Wavefront Sensing and Control with Focal Plane Phase Mask Coronagraphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garima Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9962,51 +9962,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-Sky Speckle Nulling Demonstration at Small Angular Separation with SCExAO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10109,51 +10109,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyot-based Low Order Wavefront Sensor for Phase-mask Coronagraphs: Principle, Simulations and Laboratory Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garima Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10230,51 +10230,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central-Obscuration Removal Plates for Focal-Plane Phase-Mask Coronagraphs with a Centrally-Obscured Telescope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fumika Oshiyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10364,51 +10364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIGH PERFORMANCE LYOT AND PIAA CORONAGRAPHY FOR ARBITRARILY SHAPED TELESCOPE APERTURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10488,325 +10488,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIMULTANEOUS EXOPLANET CHARACTERIZATION AND DEEP WIDE-FIELD IMAGING WITH A DIFFRACTIVE PUPIL TELESCOPE</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spiral Arms in the Asymmetrically Illuminated Disk of MWC 758 and Constraints on Giant Planets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josh Eisner</w:t>
+                <w:t xml:space="preserve">C.A. Grady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Angel</w:t>
+                <w:t xml:space="preserve">T. Muto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neville Woolf</w:t>
+                <w:t xml:space="preserve">J. Hashimoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fukagawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 767 (1), pp.11. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/767/1/11⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 762, pp.48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/762/1/48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518376v1</w:t>
+                <w:t xml:space="preserve">hal-00779060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spiral Arms in the Asymmetrically Illuminated Disk of MWC 758 and Constraints on Giant Planets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C.A. Grady</w:t>
+                <w:t xml:space="preserve">SIMULTANEOUS EXOPLANET CHARACTERIZATION AND DEEP WIDE-FIELD IMAGING WITH A DIFFRACTIVE PUPIL TELESCOPE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Muto</w:t>
+                <w:t xml:space="preserve">Josh Eisner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hashimoto</w:t>
+                <w:t xml:space="preserve">Roger Angel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Fukagawa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Currie</w:t>
+                <w:t xml:space="preserve">Neville Woolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 762, pp.48. </w:t>
+              <w:t xml:space="preserve">, 2013, 767 (1), pp.11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/762/1/48⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/767/1/11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779060v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speckle Control with a Remapped-Pupil PIAA Coronagraph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11147,103 +11147,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Imaging of Fine Structures in Giant Planet-forming Regions of the Protoplanetary Disk Around AB Aurigae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hashimoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Muto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Kudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fukagawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 729, pp.2. </w:t>
@@ -11875,77 +11875,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Leboulleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miles Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Vievard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.314, </w:t>
@@ -11977,533 +11977,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RISTRETTO: a VLT XAO design to reach Proxima Cen b in the visible</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Chazelas</w:t>
+                <w:t xml:space="preserve">Visible-light high-contrast imaging polarimetry at Subaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barnaby Norris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Bottom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Deo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.3019992⟩</w:t>
+              <w:t xml:space="preserve">Ground-based and Airborne Instrumentation for Astronomy X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3016188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879939v1</w:t>
+                <w:t xml:space="preserve">hal-04773766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible-light high-contrast imaging polarimetry at Subaru</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Deo</w:t>
+                <w:t xml:space="preserve">RISTRETTO: a VLT XAO design to reach Proxima Cen b in the visible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muskan Shinde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaac Bernardino Dinis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Restori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chazelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ground-based and Airborne Instrumentation for Astronomy X</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.110, </w:t>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.130976U, </w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3016188⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.3019992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04773766v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaching the fundamental sensitivity limit of wavefront sensing on arbitrary apertures with the Phase Induced Amplitude Apodized Zernike Wavefront Sensor (PIAA-ZWFS).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AO3k at Subaru: the facility adaptive optics goes extreme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyohoon Ahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastiaan Haffert</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alicia Chun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Deo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419892v1</w:t>
+                <w:t xml:space="preserve">hal-04402831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AO3k at Subaru: the facility adaptive optics goes extreme</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reaching the fundamental sensitivity limit of wavefront sensing on arbitrary apertures with the Phase Induced Amplitude Apodized Zernike Wavefront Sensor (PIAA-ZWFS).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Chun</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sebastiaan Haffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jared Males</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04402831v1</w:t>
+                <w:t xml:space="preserve">hal-04419892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visible extreme adaptive optics on extremely large telescopes: towards detecting oxygen in Proxima Centauri b and analogs</w:t>
               </w:r>
@@ -12885,295 +12885,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04429101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroastrometry and Imaging Science with Photonic Lanterns on Extremely Large Telescopes</w:t>
+                <w:t xml:space="preserve">High-Spectral Resolution Dark Holes: Concept, Results, and Promise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoo Jung Kim</w:t>
+                <w:t xml:space="preserve">William Raal Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael P Fitzgerald</w:t>
+                <w:t xml:space="preserve">Adam Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Marois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Lin</w:t>
+                <w:t xml:space="preserve">Olivier Lardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steph Sallum</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yinzi Xin</w:t>
+                <w:t xml:space="preserve">Frédéric Grandmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Avignon, France. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-071⟩</w:t>
+              <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04429132v1</w:t>
+                <w:t xml:space="preserve">hal-04402854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Spectral Resolution Dark Holes: Concept, Results, and Promise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectroastrometry and Imaging Science with Photonic Lanterns on Extremely Large Telescopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoo Jung Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Raal Thompson</w:t>
+                <w:t xml:space="preserve">Michael P Fitzgerald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Johnson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Marois</w:t>
+                <w:t xml:space="preserve">Jonathan Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lardière</w:t>
+                <w:t xml:space="preserve">Steph Sallum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Grandmont</w:t>
+                <w:t xml:space="preserve">Yinzi Xin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics for Extremely Large Telescopes 7th Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ONERA, Jun 2023, Avignon, France. </w:t>
+              <w:t xml:space="preserve">, Jun 2023, Avignon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-078⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13009/AO4ELT7-2023-071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402854v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SHARK-NIR, first results of the commissioning at LBT</w:t>
               </w:r>
@@ -13332,51 +13332,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jared Males</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laird Close</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastiaan Haffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13555,563 +13555,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental demonstration of a three-sided pyramid wavefront sensor on the CACTI testbed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaged-based adaptive optics wavefront sensor referencing for high contrast imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Skaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Boccaletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauren H. Schatz</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Weslin Pullen</w:t>
+                <w:t xml:space="preserve">Eric Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Deo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Astronomical telescopes &amp; instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2629500⟩</w:t>
+              <w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, France. pp.65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2630732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04854061v1</w:t>
+                <w:t xml:space="preserve">hal-03838463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RISTRETTO: coronagraph and AO designs enabling High Dispersion Coronagraphy at 2 λ/D</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jonas Kühn</w:t>
+                <w:t xml:space="preserve">Linearized Analytical Phase Diversity : towards lab and on-sky demonstration on the Subaru Telescope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien B. Vievard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bonnefois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy Hocini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lovis</w:t>
+                <w:t xml:space="preserve">Frédéric Cassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent M. Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, SPIE, Jul 2022, Montréal, Canada. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2628320⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2629122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938555v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04851289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linearized Analytical Phase Diversity : towards lab and on-sky demonstration on the Subaru Telescope</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Bonnefois</w:t>
+                <w:t xml:space="preserve">RISTRETTO: coronagraph and AO designs enabling High Dispersion Coronagraphy at 2 λ/D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chazelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Kühn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Cassaing</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Sauvage</w:t>
+                <w:t xml:space="preserve">Eddy Hocini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lovis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2629122⟩</w:t>
+              <w:t xml:space="preserve">, SPIE, Jul 2022, Montréal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2628320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851289v1</w:t>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaged-based adaptive optics wavefront sensor referencing for high contrast imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Boccaletti</w:t>
+                <w:t xml:space="preserve">Experimental demonstration of a three-sided pyramid wavefront sensor on the CACTI testbed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauren H. Schatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanan Codona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph D. Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gendron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Deo</w:t>
+                <w:t xml:space="preserve">Jared R. Males</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weslin Pullen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Montréal, France. pp.65, </w:t>
+              <w:t xml:space="preserve">SPIE Astronomical telescopes &amp; instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2630732⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2629500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838463v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FIRST 5T 3D: a laser written device for FIRST/SUBARU reducing crosstalk and propagation losses</w:t>
               </w:r>
@@ -14231,77 +14231,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focal plane wavefront sensing on SUBARU/SCExAO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Vievard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven P Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thayne Currie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14499,90 +14499,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Status of the SCExAO instrument: recent technology upgrades and path to a system-level demonstrator for PSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Vievard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ananya Sahoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Deo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14633,90 +14633,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of focal plane wavefront sensors to correct for the Low Wind Effect on SUBARU/SCExAO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Vievard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven P. Bos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Ceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14879,51 +14879,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCExAO, an instrument with a dual purpose: perform cutting-edge science and develop new technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15141,161 +15141,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02308236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The segmented pupil experiment for exoplanet detection: Part 3. Advances and first light with segments cophasing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, specification, and manufacturing of a PIAACMC for the SPEED testbed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Gouvret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Janin-Potiron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Carole Gouvret</w:t>
+                <w:t xml:space="preserve">Julien Dejonghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Dejonghe</w:t>
+                <w:t xml:space="preserve">Olivier Preis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics Systems VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.268, </w:t>
+              <w:t xml:space="preserve">Ground-based and Airborne Instrumentation for Astronomy VII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.148, </w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2313551⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2313501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02308613v1</w:t>
+                <w:t xml:space="preserve">hal-03472611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of high-contrast imaging systems for current and future ground-based and space-based telescopes: Part II. Common path wavefront sensing/control and coherent differential imaging</w:t>
               </w:r>
@@ -15409,161 +15409,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02308750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, specification, and manufacturing of a PIAACMC for the SPEED testbed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The segmented pupil experiment for exoplanet detection: Part 3. Advances and first light with segments cophasing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Janin-Potiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gouvret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dejonghe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Preis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ground-based and Airborne Instrumentation for Astronomy VII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.148, </w:t>
+              <w:t xml:space="preserve">Adaptive Optics Systems VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Austin, United States. pp.268, </w:t>
             </w:r>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2313501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2313551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03472611v1</w:t>
+                <w:t xml:space="preserve">hal-02308613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons for WFIRST CGI from ground-based high-contrast systems</w:t>
               </w:r>
@@ -15990,51 +15990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16128,51 +16128,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics Systems IV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Montréal, Quebec, Canada. </w:t>
@@ -16236,51 +16236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemanja Jovanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Clergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16357,51 +16357,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyot-based ultra-fine pointing control system for phase mask coronagraphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garima Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16495,51 +16495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Clergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Véran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16588,282 +16588,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03809205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Subaru coronagraphic extreme AO project: first observations</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Final results of the PERSEE experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Garrel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Michel Le Duigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lozi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Cassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Houairi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Sorrente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Optics Systems III</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical and Infrared Interferometry III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Amsterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.925350⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03809273v1</w:t>
+                <w:t xml:space="preserve">hal-03734357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Final results of the PERSEE experiment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Subaru coronagraphic extreme AO project: first observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frantz Martinache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clergeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Garrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Blain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical and Infrared Interferometry III</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Adaptive Optics Systems III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Amsterdam, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03734357v1</w:t>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03809273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing dusty circumstellar environments with polarimetric aperture-masking interferometry</w:t>
               </w:r>
@@ -16983,90 +16983,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Subaru Coronagraphic Extrem Ao: Near Diffraction Limit Visible Imageron A 8m Meter Telescope.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Baudoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frantz Martinache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Astronomical Society Meeting Abstracts #219</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, Austin, TX, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17264,51 +17264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pueyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent M. Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wesley A. Traub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17484,90 +17484,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current results of the PERSEE testbench: the cophasing control and the polychromatic null rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Duigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId567" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Sorrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Montri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17618,103 +17618,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PERSEE: experimental results on the cophased nulling bench</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Le Duigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Houairi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId567" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Sorrente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society of Photo-Optical Instrumentation Engineers (SPIE) Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Marseille, France. pp.82, </w:t>
@@ -17860,77 +17860,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of the Cophasing System of Persee, a Dynamic Nulling Demonstrator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Houairi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Le Duigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Amans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18631,243 +18631,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03804218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-induced pupil apodization: a new concept for a simplier DARWIN/TPF</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extragalactic astronomy with the OHANA array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien M. Woillez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Masashi Otsubo</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earths: DARWIN/TPF and the Search for Extrasolar Terrestrial Planets</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2003, Heidelberg, Germany. pp.435-440</w:t>
+              <w:t xml:space="preserve">Interferometry for Optical Astronomy II.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2002, Waikoloa, Hawaii, United States. pp.1389-1395</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03802743v1</w:t>
+                <w:t xml:space="preserve">hal-03802880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extragalactic astronomy with the OHANA array</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien M. Woillez</w:t>
+                <w:t xml:space="preserve">Phase-induced pupil apodization: a new concept for a simplier DARWIN/TPF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Ridgway</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Sol</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guy Perrin</w:t>
+                <w:t xml:space="preserve">Masashi Otsubo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interferometry for Optical Astronomy II.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2002, Waikoloa, Hawaii, United States. pp.1389-1395</w:t>
+              <w:t xml:space="preserve">Earths: DARWIN/TPF and the Search for Extrasolar Terrestrial Planets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2003, Heidelberg, Germany. pp.435-440</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03802880v1</w:t>
+                <w:t xml:space="preserve">hal-03802743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OHANA phase II: a prototype demonstrator of fiber linked interferometry between very large telescopes</w:t>
               </w:r>
@@ -19613,51 +19613,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation du banc stabilisé d’interférométrie en frange noire PERSÉE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lozi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Paris Sud - Paris XI, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012PA112047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -19853,51 +19853,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891884v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Benjamin Ohland" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lebas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Deo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2025.16" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408179v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udharwar Sanjaykumar Vithalrao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachi Chandrakar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahanthesh M.T" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Singh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhakar S" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836789v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vievard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lallement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leon-Saval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guyon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jovanovic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450234" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836778v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Lucas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnaby Norris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bottom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/ad89af" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178210v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Kumar Verma" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayush Bahuguna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Kumar Bharteey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Singh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Luthra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04505555v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia R. Vaughan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Gebhard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Bott" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L. Casewell" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Cowan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad2127" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268523v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemanja Jovanovic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Gatkine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narsireddy Anugu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Amezcua-Correa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritoban Basu Thakur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/ace869" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966074v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lallement" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Huby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Lacour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Barjot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.9.2.025003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268693v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Skaf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boccaletti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pantin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thebault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kral" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245143" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huby" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cvetojevic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245115" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03874882v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Swimmer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thayne Currie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Steiger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mirek Brandt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Brandt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac85a8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03874870v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander B. Walter" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac922f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616801v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gendron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyohoon Ahn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Bertrou-Cantou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141514" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432566v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignas Snellen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Snik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kenworthy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albrecht" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09803-y" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860316v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Kuzuhara" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Takarada" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bun'Ei Sato" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ac772f" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656899v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellen Lawson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Schneider" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Lyra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Wisniewski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-022-01634-x" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941011v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Schatz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanan Codona" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Long" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Males" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weslin Pullen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.8.4.049001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518284v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Martinache" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Miller" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lozi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202040134" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03373011v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wagner" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boehle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pathak" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kasper" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arsenault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21176-6" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S. Doelman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Snik" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. H. Por" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Bos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. P. P. L. Otten" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.422155" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03461142v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Chilcote" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Tobin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D Brandt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler D Groff" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac29ba" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518325v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Brandt" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac02cc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518281v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motohide Tamura" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac2823" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518285v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039583" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341514v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bhowmik" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boccaletti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Th&#233;bault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Kral" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140319" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614181v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garcia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Margni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126081" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03373009v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-23145-5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518288v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abc631" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518336v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Uyama" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Hori" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert de Rosa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab5afa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936505v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bellotti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Zabludoff" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Belikov" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chirag Rathi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aba7c6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Zuckerman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ygouf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan P. Williams" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Wetherell" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Wang" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab8aef" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200403v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven P. Bos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vievard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l J. Wilby" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Snik" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lozi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037910" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518334v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Yang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Akiyama" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobing Dong" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab64f9" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518332v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananya Sahoo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery Chilcote" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab88cd" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255536v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ababa6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903816v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laugier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Cvetojevic" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mary" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Ceau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937121" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02565268v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baudoz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galicher" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937015" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667035v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Ren" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mawet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garreth Ruane" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Z. Bond" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abc69a" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518326v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.6.4.045004" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899005v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaulieu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Barjot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouvret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936903" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144038v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Walter" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelay Fruitwala" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bailey" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Zobrist" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/abc60f" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518330v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Christiaens" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaehan Bae" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aba8f6" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303350v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Asensio-Torres" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Janson" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Desidera" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834688" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518337v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Mayama" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n P&#233;rez" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuhiko Kusakabe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Muto" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab5850" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518339v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gerard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marois" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab21d4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518338v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Doelman" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936062" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303451v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Cieza" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs Mulders" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab1b42" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303531v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Chun" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Jacobson" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/ab046a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086428v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. K&#228;ufl" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jakob" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leveratto" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5163" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303546v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Rich" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misato Fukagawa" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol A Grady" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab0f3b" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02409067v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Galicher" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baudoz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuis" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ortiz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936206" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305123v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jeremy Kasdin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Groff" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aaab41" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518342v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naruhisa Takato" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.4.4.049001" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307856v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N&#8217;diaye" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinache" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731985" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307842v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aa96f9" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308130v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Goebel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aaeb24" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782003v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K&#252;hn" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Serabyn" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Currie" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aa9fe5" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308123v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Hall" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aad8ed" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03693545v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hashimoto" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aacbd1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305122v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nielsen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Blunt" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aae9ea" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02193041v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aa76c1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518355v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Norris" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Betters" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwab" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.017753" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518348v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gross" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Spaleniak" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.025546" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518352v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630351" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03692546v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Kooistra" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Kamp" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;nard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munetake Momose" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628696" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518358v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/128/970/121001" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518360v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/128/970/124404" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518361v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628496" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03691473v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauyu Baobab Liu" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer I-Hsiu Li" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bonnefoy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/152/6/222" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509131v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schworer" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tuthill" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu2529" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474277v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clergeon" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/682989" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518363v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hagelberg" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/813/2/L24" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518365v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Newman" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Balasubramanian" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belikov" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/681242" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874691v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/682726" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518366v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clergeon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/677141" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552222v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Matsuo" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/677048" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518370v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumika Oshiyama" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoshi Murakami" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoshi Baba" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/675807" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518371v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hinz" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cady" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/780/2/171" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518376v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Eisner" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Angel" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Woolf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/767/1/11" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779060v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Grady" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Muto" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hashimoto" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fukagawa" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/762/1/48" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518377v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Blain" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/668848" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874747v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schneider" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wes Traub" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Lagage" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Stam" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-012-9290-5" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722170v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janson" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carson" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thalmann" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.W. Mcelwain" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goto" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/728/2/85" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722158v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tamura" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kudo" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/729/2/L17" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722154v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Enya" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kotani" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Haze" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aono" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nakagawa" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2011.03.010" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732303v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perrin" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien M. Woillez" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lai" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Kotani" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1120249" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773770v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Stark" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Siegler" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel Por" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mennesson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020614" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689982v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lovis" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blind" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chazelas" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muskan Shinde" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena Bugatti" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020142" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773761v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019775" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879939v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Bernardino Dinis" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Restori" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019992" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773766v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3016188" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419892v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Haffert" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-081" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402831v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Chun" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-044" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479042v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fowler" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Y. Haffert" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maaike A. M. van Kooten" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rico Landman" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bidot" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2677503" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479043v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niyati Desai" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo K&#246;nig" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Juanola-Parramon" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2677210" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429101v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Meunier" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delorme" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lagadec" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-118" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429132v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoo Jung Kim" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Fitzgerald" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lin" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steph Sallum" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinzi Xin" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-071" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402854v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Raal Thompson" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Johnson" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lardi&#232;re" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandmont" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-078" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419971v2" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Farinato" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Filippo" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Baruffolo" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bergomi" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bianco" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-070" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429063v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Kautz" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laird Close" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-063" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938458v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas K&#252;hn" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Genolet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2627923" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854061v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren H. Schatz" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph D. Long" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared R. Males" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629500" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938555v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Hocini" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628320" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851289v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien B. Vievard" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonnefois" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cassaing" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M. Mugnier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sauvage" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629122" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838463v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gendron" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630732" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143744v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stoian" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro d'Amico" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630010" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211415v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven P Bos" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562787" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472592v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Beaulieu" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martinez" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gouvret" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marcotto" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2557112" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396799v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562832" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872112v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724484v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Potier" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308656v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Pathak" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2314282" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308236v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Eldorado Riggs" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Mazoyer" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N&#8217;diaye" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2312948" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308613v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Janin-Potiron" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dejonghe" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313551" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308750v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N'Diaye" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Sirbu" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2314260" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472611v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Preis" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313501" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118127v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa P. Bailey" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozua de Boer" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313820" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308832v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyu Abe" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Preis" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2311668" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308225v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Absil" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunella Carlomagno" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313957" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743548v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734703v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2057211" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734545v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2057249" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809015v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809205v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre V&#233;ran" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809273v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrel" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734357v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Duigou" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Houairi" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Sorrente" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925350" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809601v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter G. Tuthill" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Ireland" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert A. Zijlstra" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925838" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803184v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722880v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Sivo" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Fran&#231;ois Raynaud" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Neichel" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#1195;ois Rigaut" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925984" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804750v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pueyo" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lawson" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley A. Traub" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809168v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois H&#233;nault" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Girard" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauclert" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailet" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.892748" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803103v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Montri" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.894275" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802867v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.856867" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/hal-00477252v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemaire" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pinson" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rivreau" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802428v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Amans" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barillot" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804476v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A. Pluzhnik" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ridgway" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. Woodruff" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S174392130600963X" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802930v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921306009835" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809522v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802776v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Aime" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Beuzit" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.552429" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804218v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berger" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dougados" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coud&#233; Du Foresto" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802743v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Otsubo" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802880v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sol" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804370v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Reynaud" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04263323v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445132v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Vievard" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03584366v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Choquet" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282393v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Albrecht" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baraffe" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01221421v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00690642v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112047" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891884v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Benjamin Ohland" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lebas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Deo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mathieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2025.16" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408179v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udharwar Sanjaykumar Vithalrao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachi Chandrakar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahanthesh M.T" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Singh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhakar S" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836789v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vievard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lallement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leon-Saval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guyon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jovanovic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450234" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836778v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Lucas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnaby Norris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bottom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/ad89af" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04505555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia R. Vaughan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Gebhard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Bott" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L. Casewell" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Cowan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad2127" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178210v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Kumar Verma" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayush Bahuguna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Kumar Bharteey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Singh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhi Luthra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268523v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemanja Jovanovic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradip Gatkine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narsireddy Anugu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Amezcua-Correa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritoban Basu Thakur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/ace869" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966074v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lallement" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Huby" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvestre Lacour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Barjot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.9.2.025003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268693v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Skaf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boccaletti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pantin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thebault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kral" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245143" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961120v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huby" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cvetojevic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245115" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03874882v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Swimmer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thayne Currie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Steiger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mirek Brandt" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D. Brandt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac85a8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03874870v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander B. Walter" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac922f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616801v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gendron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyohoon Ahn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Bertrou-Cantou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141514" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432566v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignas Snellen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Snik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kenworthy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albrecht" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09803-y" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860316v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masayuki Kuzuhara" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Takarada" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bun'Ei Sato" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ac772f" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656899v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellen Lawson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Schneider" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Lyra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Wisniewski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-022-01634-x" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941011v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Schatz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanan Codona" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Long" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Males" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weslin Pullen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.8.4.049001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03373011v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wagner" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boehle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pathak" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kasper" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arsenault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21176-6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518284v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Martinache" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bos" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Miller" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lozi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202040134" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S. Doelman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Snik" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. H. Por" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Bos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. P. P. L. Otten" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.422155" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341514v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bhowmik" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boccaletti" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Th&#233;bault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Kral" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140319" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518281v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motohide Tamura" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac2823" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518325v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Brandt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac02cc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03461142v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Chilcote" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Tobin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy D Brandt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler D Groff" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ac29ba" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518285v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039583" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614181v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garcia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Margni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126081" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03373009v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-23145-5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518288v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abc631" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518336v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taichi Uyama" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Hori" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert de Rosa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab5afa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936505v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bellotti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Zabludoff" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Belikov" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chirag Rathi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aba7c6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Zuckerman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ygouf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan P. Williams" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Wetherell" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Wang" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab8aef" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518332v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananya Sahoo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lozi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery Chilcote" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab88cd" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518334v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Yang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiji Akiyama" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobing Dong" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab64f9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200403v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven P. Bos" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vievard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l J. Wilby" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Snik" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202037910" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903816v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laugier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Cvetojevic" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mary" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Ceau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937121" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255536v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ababa6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02565268v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baudoz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galicher" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937015" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667035v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Ren" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mawet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garreth Ruane" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Z. Bond" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abc69a" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518326v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.6.4.045004" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518330v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Christiaens" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaehan Bae" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aba8f6" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899005v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beaulieu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Barjot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gouvret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936903" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144038v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Walter" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelay Fruitwala" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bailey" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Zobrist" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/abc60f" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518337v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Mayama" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n P&#233;rez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuhiko Kusakabe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Muto" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab5850" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303350v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Asensio-Torres" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Janson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Desidera" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834688" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303531v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Chun" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shane Jacobson" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/ab046a" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303451v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marois" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Cieza" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs Mulders" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab1b42" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518339v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gerard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ab21d4" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518338v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Doelman" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936062" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086428v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. K&#228;ufl" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jakob" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leveratto" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5163" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303546v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Rich" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misato Fukagawa" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol A Grady" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab0f3b" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02409067v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Galicher" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baudoz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuis" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ortiz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936206" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518342v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naruhisa Takato" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JATIS.4.4.049001" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305123v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jeremy Kasdin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Groff" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aaab41" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307856v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N&#8217;diaye" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinache" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731985" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307842v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aa96f9" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308130v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Goebel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aaeb24" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308123v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Hall" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aad8ed" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782003v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K&#252;hn" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Serabyn" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Currie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aa9fe5" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03693545v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hashimoto" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aacbd1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305122v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nielsen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Blunt" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/aae9ea" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02193041v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/aa76c1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518355v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Norris" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Betters" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwab" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.017753" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518348v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gross" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Spaleniak" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.025546" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518352v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630351" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03692546v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Kooistra" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Kamp" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois M&#233;nard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munetake Momose" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628696" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518358v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/128/970/121001" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518361v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628496" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518360v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1538-3873/128/970/124404" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03691473v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauyu Baobab Liu" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer I-Hsiu Li" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bonnefoy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/152/6/222" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474277v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clergeon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/682989" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518363v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hagelberg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/813/2/L24" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509131v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schworer" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Tuthill" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu2529" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518365v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Newman" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Balasubramanian" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belikov" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/681242" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874691v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/682726" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518366v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clergeon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/677141" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552222v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Matsuo" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/677048" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518370v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumika Oshiyama" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoshi Murakami" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoshi Baba" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/675807" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518371v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Hinz" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cady" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/780/2/171" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779060v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Grady" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Muto" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hashimoto" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fukagawa" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/762/1/48" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518376v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Eisner" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Angel" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Woolf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/767/1/11" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518377v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Blain" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/668848" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874747v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schneider" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wes Traub" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Lagage" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Stam" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-012-9290-5" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722170v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Janson" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carson" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thalmann" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.W. Mcelwain" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goto" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/728/2/85" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722158v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tamura" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kudo" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/729/2/L17" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722154v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Enya" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kotani" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Haze" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Aono" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nakagawa" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2011.03.010" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03732303v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perrin" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien M. Woillez" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lai" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guerin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Kotani" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1120249" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773770v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Stark" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Siegler" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel Por" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mennesson" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020614" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689982v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lovis" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blind" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chazelas" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muskan Shinde" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena Bugatti" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020142" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773761v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019775" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773766v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3016188" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879939v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Bernardino Dinis" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Restori" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019992" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402831v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Chun" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-044" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419892v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Haffert" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-081" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479042v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fowler" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Y. Haffert" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maaike A. M. van Kooten" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rico Landman" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bidot" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2677503" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479043v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niyati Desai" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo K&#246;nig" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Juanola-Parramon" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2677210" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429101v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Meunier" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delorme" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lagadec" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-118" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402854v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Raal Thompson" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Johnson" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lardi&#232;re" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grandmont" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-078" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429132v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoo Jung Kim" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Fitzgerald" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lin" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steph Sallum" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinzi Xin" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-071" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419971v2" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Farinato" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Filippo" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Baruffolo" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bergomi" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bianco" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-070" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429063v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggie Kautz" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laird Close" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/AO4ELT7-2023-063" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938458v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas K&#252;hn" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Genolet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2627923" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838463v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gendron" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630732" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851289v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien B. Vievard" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonnefois" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cassaing" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M. Mugnier" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Sauvage" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629122" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938555v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Hocini" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628320" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854061v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren H. Schatz" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph D. Long" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared R. Males" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629500" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04143744v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morand" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stoian" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro d'Amico" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2630010" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211415v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven P Bos" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562787" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472592v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Beaulieu" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Martinez" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gouvret" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marcotto" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2557112" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396799v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2562832" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872112v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724484v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Potier" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308656v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Pathak" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2314282" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308236v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Eldorado Riggs" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Mazoyer" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N&#8217;diaye" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2312948" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472611v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dejonghe" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Preis" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313501" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308750v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N'Diaye" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Sirbu" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2314260" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308613v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Janin-Potiron" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313551" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118127v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa P. Bailey" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozua de Boer" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313820" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308832v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyu Abe" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Preis" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2311668" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308225v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Absil" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunella Carlomagno" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313957" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743548v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734703v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2057211" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734545v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2057249" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809015v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809205v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre V&#233;ran" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734357v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Le Duigou" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Houairi" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Sorrente" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925350" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809273v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrel" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809601v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter G. Tuthill" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Ireland" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert A. Zijlstra" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925838" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803184v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01722880v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kulcs&#225;r" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Sivo" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Fran&#231;ois Raynaud" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Neichel" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#1195;ois Rigaut" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.925984" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804750v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pueyo" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lawson" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley A. Traub" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809168v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois H&#233;nault" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Girard" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauclert" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailet" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.892748" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803103v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Montri" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.894275" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802867v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.856867" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/hal-00477252v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lemaire" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pinson" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rivreau" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802428v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Amans" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barillot" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804476v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A. Pluzhnik" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ridgway" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert A. Woodruff" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S174392130600963X" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802930v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1743921306009835" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809522v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802776v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Aime" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Beuzit" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.552429" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804218v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berger" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dougados" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coud&#233; Du Foresto" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802880v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Sol" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802743v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masashi Otsubo" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804370v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Reynaud" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04263323v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445132v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Vievard" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03584366v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Choquet" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282393v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Albrecht" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baraffe" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01221421v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00690642v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA112047" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>