--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -81,85 +81,85 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (67)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-border Sport and Leisure: Public Action, Practices and Usage in the European Union</w:t>
+                <w:t xml:space="preserve">Cross-border sports and leisure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
@@ -168,14058 +168,14244 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 40 (1), pp.1-11. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 40 (1), 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05541932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport sous influences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-05435716v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 343, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sport, terrain de jeu des islamistes dans les quartiers populaires ?</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2024/2 (343), pp.80-86. </w:t>
+                <w:t xml:space="preserve">Integration by Sport and Physical Activities? Comparing European perspectives, revue Culture e studi del sociale, Vol. 6 (1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/huma.343.0082⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">Giovanna Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">culture e studi del sociale CuSSoc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6 (1), 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867050v1</w:t>
+                <w:t xml:space="preserve">hal-03198567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laïcité et neutralité dans le sport : un combat universel pour l’émancipation</w:t>
+                <w:t xml:space="preserve">Aux frontières du football et du politique. Supportérismes et engagement militant dans l’espace public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">8, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparer le sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1 (8), pp.9-124, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josiane Nervi-Gasparini</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">hal-04866781v1</w:t>
+                <w:t xml:space="preserve">hal-03080906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectories and figurations: An analysis of sports elite in Lebanon</w:t>
-[...55 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">L'intégration par le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008/1 (69), 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04663809v1</w:t>
-[...4899 lines deleted...]
-                <w:t xml:space="preserve">hal-04939424v1</w:t>
+                <w:t xml:space="preserve">hal-04947251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (80)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, laboratoire de la coopération transfrontalière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence finale du Centre d’excellence franco-allemand Jean Monnet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Science Po Université de Strasbourg, Mar 2025, STRASBOURG (67000), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changement de focale : le foot et le « corps du peuple » selon Pasolini (1950-1975)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIIème Congrès de la Société de Sociologie du Sport de Langue Française, Lyon, France, 7-9 juin 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integration of migrants by Sport : an interdisciplinary approach through social sciences. The case of France. Unveiling the Role of Social Sciences in Migrant Integration through Sports in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integration of migrants by Sport : an interdisciplinary approach through social sciences. The case of France. Unveiling the Role of Social Sciences in Migrant Integration through Sports in France,Institute of Advanced Studies (ISA), Bologne, Italie, 24-10-2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lo sport, un vettore d’identità europea ? Sociologia di una credenza collettiva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Sport" du Festival international d'histoire de Bologne, 21-29 octobre 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les JO vecteurs de diplomatie européenne : sociologie d’une construction européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webséminaire « Jeux Olympiques et Villes Globales », École des Hautes Études en Sciences Sociales (Fondation France-Japon de l'EHESS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport-santé sous l’œil du sociologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème Assises européennes du sport santé sur ordonnance - Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport and physical activities in the context of the health crisis: new issues and challenges, Conference closing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESA Research Network "Society and sport", Congress Teramo, Italy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Teramo, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La candidature de Rome aux JO 2024 : sociologie d’un retrait annoncé, Colloque international &amp;quot;Participation et contestation dans les candidatures aux Jeux olympiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Participation et contestation dans les candidatures aux Jeux olympiques", Université de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sports et les loisirs dans le contexte de la coopération territoriale européenne : action publique, pratiques et usages (Projet TranSPORT(S)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Interdisciplinarité(s) du Réseau national des MSH. Maison méditerranéenne des sciences de l’homme, Aix-en-Provence (France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03723330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport e salute in Francia. Dalla normativa politica alla pratica sul campo. Sociologia di una nuova categoria dell'azione pubblica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario dottorale università di Enna-Palermo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Palerme, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intégration par le sport : sociogenèse d’une catégorie de l’action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres nationales de l'INJEP - Maison du sport français, Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03458958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La candidature de Rome aux JO 2024 : chronique sociologique d’un retrait annoncé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participation et contestation dans les candidatures aux Jeux olympiques et paralympiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03250761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques publiques et Recherche en Sciences Humaines et sociales : entre dissonance et résonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Astier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Laronze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loup Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel de la MISHA, Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison Interuniversitaire des Sciences de l'Homme - Alsace - MISHA; Université de Strasbourg; Université de Haute-Alsace; CNRS; Réseau national des Maisons des Sciences de l'Homme - MSH, Nov 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physical and sport activities in the context of the health crisis: new issues and challenges », conference closing European Sociology Association (ESA), Research Network 28 Society and sport, Università degli Studi di Teramo (Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Sociology Association (ESA), Research Network 28 Society and sport, Università degli Studi di Teramo (Italy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Teramo, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les politiques sportives locales sous l’oeil du sociologue : expertise scientifique et décision politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Politiques publiques et Recherche en sciences humaines et sociales", 15-17 novembre 2021, Maison interuniversitaire des Sciences de l’Homme d’Alsace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03926384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, nouveau terrain de jeu de l’action publique européenne ? L’exemple du basketball professionnel des années 1950 à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Doppler-Speranza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards interdisciplinaires sur l’action publique européenne, Université de Strasbourg, les 2 et 3 juin 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03250774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, de l'espace transnational à l'espace transfrontalier. Introduction à la Journée d'études européennes &amp;quot;Sport, enjamber les frontières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études européennes "Sport : enjamber les frontières"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologie du sport : exploration de nouveaux terrains de recherche franco-marocains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Takhalouicht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie du sport vers de nouveaux terrains de recherche franco marocains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05322919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, un passeur d'Europe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webséminaire "Le sport passeur d'Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport : enjamber les frontières. Des échanges transnationaux à la coopération transfrontalière par et dans les pratiques sportives&amp;quot;, Journée d'étude, Centre d’excellence franco-allemand Jean Monnet/E3S, Science Po Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude, Centre d’excellence franco-allemand Jean Monnet/E3S, Science Po Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The sociology of sport in France : from the French lanscape to the research in Strasbourg, Séminaire franco-allemand - La sociologie du sport en France et en Allemagne : approche comparative » Humbolt-universität</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire franco-allemand - La sociologie du sport en France et en Allemagne : approche comparative » Humbolt-universität</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I paradossi dell'impatto della crisi sanitaria sullo sport e L'attività fisica. Qualche osservazione sull'esempio francese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologia, Cultura, Communicazione, Società Italiana scientifica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, En visio, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03037004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalla prescrizione alla cultura della vita attiva : l'esempio di Strasburgo, colloque CONI, Région Toscane, Ville e Florence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Sport e saluta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociology of sport in France and Germany : a comparative perspective, French-German seminar, Humbolt Universität-university of Strasbourg,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French-German seminar, Humbolt Universität-university of Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport : un terrain pour saisir la fabrique sociale du processus de radicalisation islamiste ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Prévention des radicalisations : résilience collective et polarisation sociale », Université de Strasbourg/Eurométropole de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire société européenne par le sport ? Sociologie d’une construction communautaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque l'Europe Université de Reims Champagne-Ardenne Colloque 16 et 17 mai 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lo sport e la salute : sociologia di una nuova categoria di pensiero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">seminario Sport e salute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport amateur, vecteur de radicalisation islamiste ? La construction d’un problème public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assises locales de la recherche sur les processus de radicalisation, Université de Strasbourg - Eurométropole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport et migrations : une socio-histoire européenne. L'exemple du football</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Anthropologie de l'Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle place des femmes dans les activités physiques et sportives ? Aménagement et action publique locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études Grand Est Université de Strasbourg - INET- CNFPT – ANDIISS – Ville de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Strabourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La diplomatie sportive : de la catégorie politique à l’épreuve sociologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminar on EU Sport Diplomacy: Perspectives of Cooperation with International Organisations,Council of Europe, Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’européanisation du sport : entre modèle social et modèle libéral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37ème Universités Sportives d'Eté -UNCU-Université de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organizzare les olimpiadi tenendo conto della participazione dei cittadini. L’esempio di quattro città europee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Organiser les JO en Europe : enjeux et défis », Conseil régional de Toscane, université de Florence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrarsi nella comunità nazionale attraverso lo sport: sociologia di un paradosso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario Scienze sociali e politiche, Dipartimento di Scienze sociali e politiche, Università degli Studi di Milano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gouvernance du sport par les entrepreneurs d’Europe. Sociologie d'une construction communautaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF), Université de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Who to support in the World Cup? Football and diasporas in Europe - colloque Maison Interuniversitaire des Sciences de l’Homme d’Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque Maison Interuniversitaire des Sciences de l’Homme d’Alsace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil de l’Europe et le sport : socio-histoire d'une européanisation, Maison de la recherche, Paris-Sorbonne, LabEx &amp;quot;Ecrire une histoire nouvelle de l'Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maison de la recherche, Paris-Sorbonne, LabEx "Ecrire une histoire nouvelle de l'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Football et migrations en Europe. Le jeu des identités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études européenne « Who to support in the World Cup ? The dilemma of the diasporas in Europe », Maison des Sciences de l’Homme d’Alsace, Université de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport, intercommunalité et développement territorial : enjeux et perspectives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études université de Strasbourg - ANDIISS Grand Est - CNFPT/INET de Nancy - Ville de Saint-Dié</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Saint-Dié, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles formes d'action publique européenne : acteurs, instruments et lieux - Introduction à la Journée d'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programme IDEX Interdisciplinaire CAPSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une citoyenneté européenne par le sport ? Sociologie d'une construction communautaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude « Sport communautaire », Université d’Ottawa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, vecteur de radicalisation et de communautarisme en Europe ? Conférence à l'université Mc Gill de Montréal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence à l'université Mc Gill de Montréal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santé et sport-santé : patients, acteurs et dispositifs. Approche comparative franco-italienne en sociologie et en anthropologie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire doctoral international, Collège doctoral européen, Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport, socialisation, intégration des jeunes des quartiers populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque SNEP "L'EPS, le sport et l'école de demain", Paris novembre 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La voix des patients-partenaires. Co-construire un projet d’information et de formation sur le poids et le surpoids en QPV - Journée d'étude Programme de recherche Université - Eurométropole - ARS Grand Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bonah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études Programme de recherche Eurométropole-ARS Grabd Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Football et migrations: état de la recherche en sociologie du sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence au Collegium Europaeum Universitatis Saraviensis (CEUS) Europa-Diskurs(e) – Internationale Europaforschung zu Gast an der Universität des Saarlandes Université de la Sarre, Sarrebruck</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Sarrebruck, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communautés et communautarismes dans le sport amateur : approche comparative et critique - séminaire doctoral international de l'E3S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l’E3S Communautés et communautarismes dans le sport amateur : approche comparative et critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Football et migrations en France, entre intégration et discriminations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque franco-allemand Migration|Integration|Exklusion Spannungsfelder einer deutsch-französischen Gesellschafts- und Kulturgeschichte des Fußballs in den langen 1960er Jahren, Universität des Saarlandes, Graduate Centre, Saarbrücken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Saarbrücken, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil de l’Europe et le sport : genèse d’un modèle sportif européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les circulations sportives européennes, Maison de la recherche, Paris-Sorbonne, LabEx "Ecrire une histoire nouvelle de l'Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un sport amateur radicalisé ? L’exemple de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du SHERPA (Centre de recherche et de formation - Recherche. Immigration. Société), Université Mc Gill, Montréal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Europe selon le football. Socio-histoire d‘une construction européenne. Conférence invitée - CEVIPOL, Université Libre de Bruxelles (ULB) Institut d'études européennes (IEE) - Salle Kant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence au CEVIPOL, Institut d'études européennes de Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A european sociology of sport- The State of the Union conference, organised by the European University Institute (EUI) -Rencontre des chaires Jean Monnet à l'Institut universitaire européen de Florence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre des chaires Jean Monnet à l'Institut universitaire européen de Florence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La salute attraverso lo sport in Europa : politiche pubbliche e questioni sociali, conferenza a l'università di Bologna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alma Mater Studiorum, conferenza a l'università di Bologna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Football et migrations en France. Le jeu des identités _ Conférence invité au colloque franco-allemand &amp;quot;Migration|Integration|Exklusion Spannungsfelder einer deutsch-französischen Gesellschafts- und Kulturgeschichte des Fußballs in den langen 1960er Jahren&amp;quot;, Université de la Sarre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Migration|Integration|Exklusion Spannungsfelder einer deutsch-französischen Gesellschafts- und Kulturgeschichte des Fußballs in den langen 1960er Jahren", Université de la Sarre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Saarbrücken, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que le sport citoyen ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Université Européenne du Sport » organisée par la Ligue de l'Enseignement, l'UFOLEP et l'USEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03096348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surpoids et activité physique dans les quartiers populaires : le poids des inégalités sociales de santé - Journée d'études Université de Strasbourg-Eurmétropole-ARS Grand Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études - Contrat de ville Eurométropole/ A RS Grand Est 2016-2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seminário “Desporto na Europa: Media e Identidade”, Lisbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Marivoet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminário “Desporto na Europa: Media e Identidade”, Lisbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Européanisation et espace européen du sport. Contribution à une sociologie européenne du sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Université de Rennes 2, laboratoire VIPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'engagement des supporters de football dans l'espace public - section thématique AFSP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Polo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">section thématique sur le sport dans l'espace européen et autour de la Méditerranée au 14ème Congrès de l'Association Française de Sciences Politique (AFSP), Université de Montpellier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrare attraverso lo sport in Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">workshop "Integrare attraverso lo sport" Conseil National de la Recherche Roma La Sapienza</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE RECOURS À LA SCIENCE OU AU SPORT POUR DÉPASSER LES PRÉJUGÉS ? Rencontre-débat au Musée de l'Homme de Paris,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Musée de l'Homme - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questionner la transmission intergénérationnelle : vers la construction d’un nouveau protocole de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grassler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire franco-allemand « Sport, enfants réfugiés et intégration socio-spatiales des familles d’origine syrienne »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05322921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Football and europe: beetween communities and nations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université Lusophone de Lisbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La culture sportive dans l’Europe du sud - Journées d'études franco-italienne - Maison Interuniversitaire des Sciences de l'Homme d'Alsace et Institut Culturel Italien, Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'études franco-italienne - Maison Interuniversitaire des Sciences de l'Homme d'Alsace, Institut Culturel Italien, Chaire Jean Monnet, Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport comme construction européenne - Journée d’études européennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'études européennes -Chaire Jean Monnet - Palais universitaire, Université de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de la chaire Jean Monnet en sociologie européenne du sport de William Gasparini à la Journée &amp;quot;Erasmus+ Enseignement supérieur&amp;quot; à Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée "Erasmus+ Enseignement supérieur" Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EURO-JO: ce que le sport nous dit des identités nationales en Europe - Conférence invitée université de Liège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EURO-JO: ce que le sport nous dit des identités nationales en Europe - Conférence invitée université de Liège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, terrain d’une identité européenne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grands débats sur l’Europe de l’université de Strasbourg, Institut d’études politiques de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les paradoxes du sport contemporain - Sénat 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Sport pour tous" fédérations affinaitres de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport à l’épreuve de la sociologie de l’Europe - XXe Congrès de l'AISLF Montréal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXe Congrès de l'AISLF Montréal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Montréal, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que l'Euro de football nous dit de l'Europe - Colloque Maison des Sciences de l'Homme, Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Chaire Jean Monnet Gasparini -Maison des Sciences de l'Homme d'Alsace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle politique européenne d’éducation par le sport pour quelle société ? Conférence Salon européen de l'éducation Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Salon européen de l'éducation, Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport : conjuguer l'Europe au féminin - Journée d'étude Conseil de l'Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée étude Conseil de l'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les identités dans et par le sport en Europe : entre sciences sociales et science-fiction. Introduction au séminaire Projet d'Excellence &amp;quot;Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire doctoral européen et itinérant "Européanisaiton des politiques et des pratiques sportives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supportérisme : de la sociologie du sport à la sociologie du militantisme par le sport en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Université de Neuchâtel -CIES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser sociologiquement le sport : dynamiques institutionnelles et constructions sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Jeunes chercheurs La sociologie du sport : une nouvelle opportunité de recherche au Maroc ?, Université Mohammed V, Faculté des Sciences Humaines et Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Rabat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la diversité par et dans le sport en France et en Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ouverture du colloque junior franco-allemand Brassage culturel et mécanisme de l'identification. La diversité au prisme du football en France et en Allemagne (1950-2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Community-building through sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'Association Suisse de Sociologie, université de Berne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Bene, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identités incertaines ? Comment l’ethnicisation de la France gagne le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'AISLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Rabat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démocratie participative et politiques sportives : une entreprise de communication politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morales Gonzales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international de la Société Québécoise de Science Politique (SQSP), Université de Laval, Québec, Canada (20-21 mai)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03096355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalle Olimpiadi del 1960 alla candidatura di Roma per i Giochi del 2024: critiche e contestazioni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La critica sociologica : Rivista trimestrale fondata da Franco Ferrarotti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 234</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross-border Sport and Leisure: Public Action, Practices and Usage in the European Union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Perrin-Malterre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (1), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08865655.2024.2434973⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des JO de 1960 à la candidature de Rome pour les JOP 2024 : genèse politique de deux formes de contestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024/1 (64), pp.77-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.064.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04722345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectories and figurations: An analysis of sports elite in Lebanon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Maugendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10126902241265621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04663809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport sous influences. Neuf regards sur le sport et l’olympisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 343 (2), pp.32-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/huma.343.0034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A sport that crosses borders? Sociology of cross-border sporting exchanges: the Franco-German example</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...64 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Borderlands Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-04478868v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08865655.2024.2394066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of migrants by Sport : an interdisciplinary approach through social sciences. The case of France. Unveiling the Role of Social Sciences in Migrant Integration through Sports in France</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">[Parution] Sport, communication et politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/11rtq⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04478895v1</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-04478890v1</w:t>
+                <w:t xml:space="preserve">hal-04867341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport : enjamber les frontières. Des échanges transnationaux à la coopération transfrontalière par et dans les pratiques sportives&amp;quot;, Journée d'étude, Centre d’excellence franco-allemand Jean Monnet/E3S, Science Po Strasbourg</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Laïcité et neutralité dans le sport : un combat universel pour l’émancipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Nervi-Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024/2 (343), pp.87-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/huma.343.0089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011070v1</w:t>
-[...137 lines deleted...]
-                <w:t xml:space="preserve">hal-03184891v1</w:t>
+                <w:t xml:space="preserve">hal-04866781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sport-santé sous l’œil du sociologue</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Le sport, terrain de jeu des islamistes dans les quartiers populaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024/2 (343), pp.80-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/huma.343.0082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03412187v1</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-03412192v1</w:t>
+                <w:t xml:space="preserve">hal-04867050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sports et les loisirs dans le contexte de la coopération territoriale européenne : action publique, pratiques et usages (Projet TranSPORT(S)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+                <w:t xml:space="preserve">Jeux olympiques Paris 2024 : une opportunité pour penser le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport: elementi per una critica sociologica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La critica sociologica : Rivista trimestrale fondata da Franco Ferrarotti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 221 (1), pp.67-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19272/202301201006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment changer la gouvernance des fédérations sportives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Croix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Praticare unʼattività fisica prescritta da un medico: unʼindagine su pazienti affetti da una malattia cronica a Strasburgo (Francia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salute e società</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.96-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3280/SES2023-003014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04478846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la coupe déborde : le football saisi par les sciences sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vendre l’Europe ? Le sport comme vecteur de communication du projet européen (1966-1985)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021/2 (72), pp.20-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/poeu.072.0020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03442024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local protests against the 2024 Olympic Games in European cities: the cases of the Rome, Hamburg, Budapest and Paris 2024 bids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hernandez</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...143 lines deleted...]
-                <w:t xml:space="preserve">Aude Astier</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sport in Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17430437.2021.1960312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fare società attraverso lo sport. L'esempio delle società calcistiche comunitarie in Alsazia (Francia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Sport sur ordonnance : de la prescription à l'engagement des bénéficiaires atteints d’une maladie chronique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Lutrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fleur Laronze</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Euro de football, passeur d’Europe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integration by Sport and Physical Activities in Europe: An Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna R Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">culture e studi del sociale CuSSoc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03513627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Europe Gets More Game Everyday’. Professional Basketball, Transatlantic Sports Models and European Integration since the 1950s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Doppler-Speranza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Breton</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of European integration history</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (2), pp.303-322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5771/0947-9511-2021-2-303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi le sport est devenu la cible des islamistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi le sport est devenu une cible pour les islamistes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle du poids des enfants et activité physique dans un quartier populaire strasbourgeois : modèles familiaux et recommandations de santé publique Children’s weight control and physical activity in a popular neighborhood of Strasbourg : family models and public health recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...354 lines deleted...]
-                <w:t xml:space="preserve">François Doppler-Speranza</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards interdisciplinaires sur l’action publique européenne, Université de Strasbourg, les 2 et 3 juin 2021</w:t>
-[...126 lines deleted...]
-                <w:t xml:space="preserve">Nabil Takhalouicht</w:t>
+              <w:t xml:space="preserve">Enfances, Familles, Générations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La frontière en question : seuils et franchissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strathèse. Revue Doctorale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil de l’Europe et le sport : genèse et circulation d’un modèle sportif européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encyclopédie "Ecrire une Histoire Nouvelle de l'Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les parcours de prévention par le sport de l’obésité chez les enfants d’un quartier populaire strasbourgeois : transmissions familiales et rapports à l’activité physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Grassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...674 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 103, pp.75-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">Quelle place des femmes dans les activités physiques et sportives ? Aménagement et action publique locale</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03013426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Europe selon le football</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pôle sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47, pp.202</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les sciences sociales se saisissent de l’Euro de football</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pôle Sud - Revue de science politique de l'Europe méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02490167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des clubs et des communautés. L’exemple du football en Alsace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études Grand Est Université de Strasbourg - INET- CNFPT – ANDIISS – Ville de Strasbourg</w:t>
-[...174 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 101, pp.145-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sds.5961⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...118 lines deleted...]
-                <w:t xml:space="preserve">hal-02417019v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrarsi nella comunità nazionale attraverso lo sport: sociologia di un paradosso</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Identités plurielles. Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strathèse. Revue Doctorale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417010v1</w:t>
+                <w:t xml:space="preserve">hal-02486425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A european sociology of sport- The State of the Union conference, organised by the European University Institute (EUI) -Rencontre des chaires Jean Monnet à l'Institut universitaire européen de Florence</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">La double européanisation du sport : dynamiques institutionnelles et usages politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429886v1</w:t>
+                <w:t xml:space="preserve">hal-02486396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Football et migrations en France. Le jeu des identités _ Conférence invité au colloque franco-allemand &amp;quot;Migration|Integration|Exklusion Spannungsfelder einer deutsch-französischen Gesellschafts- und Kulturgeschichte des Fußballs in den langen 1960er Jahren&amp;quot;, Université de la Sarre</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Sport et immigration. Changements sociaux et pratiques d’intégration en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Africa mediterraneo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02431538v1</w:t>
+                <w:t xml:space="preserve">hal-02486424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La salute attraverso lo sport in Europa : politiche pubbliche e questioni sociali, conferenza a l'università di Bologna</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Unis dans la diversité. Le football, laboratoire de l’ethnicisation des rapports sociaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lendemains - Études comparées sur la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 160 (41), pp.39-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02431546v1</w:t>
+                <w:t xml:space="preserve">hal-04939408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouvelles formes d'action publique européenne : acteurs, instruments et lieux - Introduction à la Journée d'étude</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Football et immigration: les paradoxes de l’intégration en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studi emigrazione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429897v1</w:t>
+                <w:t xml:space="preserve">hal-02486393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santé et sport-santé : patients, acteurs et dispositifs. Approche comparative franco-italienne en sociologie et en anthropologie.</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Sport sur ordonnance : l’expérience strasbourgeoise sous l’œil des sociologues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informations sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 187 (1), pp.47-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/inso.187.0047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429891v1</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-02486399v1</w:t>
+                <w:t xml:space="preserve">hal-04947150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sport, vecteur de radicalisation et de communautarisme en Europe ? Conférence à l'université Mc Gill de Montréal</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Physical activity on medical prescription: A qualitative study of factors influencing take-up and adherence in chronically ill patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romaine Didierjean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Health Education Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74 (6), pp.720-731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0017896914558644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02431547v1</w:t>
-[...137 lines deleted...]
-                <w:t xml:space="preserve">hal-02429908v1</w:t>
+                <w:t xml:space="preserve">hal-03632925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Football et migrations en Europe. Le jeu des identités</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Pratiques et organisations sportives : pour un comparatisme réflexif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1 (8), pp.9-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsss.008.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02486410v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+                <w:t xml:space="preserve">hal-03265085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rapport au corps sur prescription médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...53 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Observatoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80, pp.13-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Catherine Jung</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la ville sportive avec ses habitants. L’exemple des États Généraux du Sport de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Bonah</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37 (1), pp.116-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07053436.2014.881095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la ville sportive avec ses habitants. L’exemple des Etats Généraux du Sport de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morales Gonzales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lea Charton</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37, pp.1-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport sur ordonnance : enquête sur un dispositif local de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yannick Barnier</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisport. La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 144, pp.43-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05256603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport et la diversité : construction et circulation d’une catégorie de pensée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 171, pp.25-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ripensare l’integrazione attraverso lo sport : la partecipazione sportiva dei migranti turchi in Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">M@gm@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05260983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La costruzione di una Europa sociale dello sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Digennaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...255 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivista di Scienze dell'Amministrazione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1, pp.27-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...118 lines deleted...]
-                <w:t xml:space="preserve">hal-02490161v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un sport amateur radicalisé ? L’exemple de la France</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+                <w:t xml:space="preserve">Zwischen Germanisierung und Widerstand gegen die Annektierung. Sport und mit sich in Konflikt befindliche elsässische Identitäten zur Zeit des Reichslandes (1879-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beauchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44 (4), pp.441-453</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02486401v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-05259733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement européen des migrations de jeunes footballeurs : nouvel enjeu de pouvoir à l’échelle européenne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Heidmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/poeu.036.0022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zwischen Germanisierung und Widerstand gegen die Annektierung: Sport und mit sich in Konflikt befindliche elsässische Identität zur Zeit des Reichslandes (1879-1914) / Entre germanisation et résistance à l'Annexion: le sport dans le conflit des identités alsaciennes au temps du Reichsland (1879-1914) / Between Germanization and Resistance to Annexation: Sport in the Conflict of Alsatian Identities at the Time of Reichsland (1879-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...39 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Beauchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (4), pp.441-453</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00945038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’espace européen du football. Dynamiques institutionnelles et constructions sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36, pp.8-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S’intégrer dans la communauté nationale par le sport : sociogenèse d’une catégorie de pensée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Noiriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (4), pp.411-423</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l’intégration et l’éducation par le sport en France : réflexions sur les catégories d'analyse sociale et politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78, pp.39-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05261001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'institutionnalisation d'un espace européen du sport.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Polo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politique européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36, pp.8-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un sport européen ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2011/1 (15), pp.49-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.015.0049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intégration par le sport .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 69, pp.7-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.069.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combiner théories et méthodes en sociologie du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Moatty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vendre et se vendre. Dispositions et compétences des vendeurs d'articles de sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, n° 82 (4), pp.43-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.082.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction du regroupement sportif « communautaire ». L'exemple des clubs de football Turcs en France et en Allemagne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 69, pp.73-99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, entre communauté et communautarisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 150, pp.77-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulation des relations de travail et culture sportive. L'exemple des entreprises de la distribution d'articles de sport.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Homme et la Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 163-164, pp.32-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lhs.163.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport, démocratie participative et pouvoir local en Alsace.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 123, pp.52-67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le salut par le sport ? Effets et paradoxes d'une politique locale d'insertion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Knobe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 29 (3), pp.445-461</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La face cachée de l'industrie du loisir. Nouvelles formes de domination au travail dans le champ de l'offre sportive commerciale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Internationale Loisir et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 27, pp.45-67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conditions sociales d'émergence du volley-ball professionnel. De l'espace national au club local (1970-1987)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Stumpp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 63 (1), pp.123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.063.0123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les clubs sportifs strasbourgeois sous l'annexion allemande. Affinités nationales, enjeux politiques et oppositions sociales (1879-1914) / Strasbourg Sports Clubs During the German Annexation: National Affinities, Political Stakes, and Social Oppositions (1879-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02431552v1</w:t>
-[...311 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+                <w:t xml:space="preserve">Jérôme Beauchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marine Grassler</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 27, pp.99-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00947439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les clubs sportifs strasbourgeois sous l'annexion allemande : affinités nationales, enjeux politiques et oppositions sociales (1879-1914).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...1578 lines deleted...]
-                <w:t xml:space="preserve">hal-03096355v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Beauchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 27, pp.99-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les associations sportives dans le bassin de vie strasbourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales de la Recherche Urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les associations sportives dans le bassin de vie strasbourgeois.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sport en ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 79, pp.101-111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction sociale de l’organisation sportive. Champ et engagement associatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux européens des jeux. Ce que l’Europe fait au sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des Jeux : contribution de la recherche en sciences humaines et sociales du sport à l'analyse des Jeux olympiques et paralympiques de Paris 2024, Montpellier, Ed. AFRAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport en banlieue, outil d’intégration ou de perpétuation de l’idéologie sportive ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport en banlieue parisienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée de l'histoire vivante, 2024, 2-9525418-9-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport, relations internationales et diplomatie. Circulations internationales, échanges, confrontations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Beltramo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dufraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ferez Sylvain; Terral Philippe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sport, un objet social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Alliance Athéna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.129-143, 2023, Collection ATHENA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04321291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire société européenne par le sport ? Sociologie d'une construction communautaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Europe en question(s). Gouvernance, environnement, langues, cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, Gestion de la culture-Europe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la coopération transfrontalière à une sociologie des espaces sportifs transfrontaliers : l'exemple du sport transfrontalier au sein de l'Eurodistrict Strasbourg-Ortenau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Joachim Beck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grenzüberschreitende Zusammenarbeit nach der pandemie/La coopération transfrontalière après la pandémie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang, pp.449-461, 2021, 978-2-87574-373-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dispositif Sport sur ordonnance de la Ville de Strasbourg : un outil de lutte contre les inégalités sociales de santé par le sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Sport au secours de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions du Croquant, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports Organizations and Policies in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Welfare and Social Policies in the European Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Europeanisation of sport: sociology of a new European public action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N. Porro; S. Martelli; A. Testa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Welfare and Social Policies in the European Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, 2020, 9780815360513</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport santé sur prescription médicale face aux inégalités sociales. L'exemple français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Charting the Wellness Culture in Europe, Social transformations in sport health and consumption,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 978-88-917-8103-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Health-sport”, from the European to the local level: the circulation of European norms and categories of thought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New territories for European public action?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02417011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une Europe par le football : réalité ou illusion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Europe du football. Sociohistoire d'une construction européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.171-175, 2017, Sport et sciences sociales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Le football, un creuset des nations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Archambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Beaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Football des nations. Des terrains de jeu aux communautés imaginées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.21-34, 2016, 978-2-85944-961-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fin de partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O. de Villepreux; S. Mouhoubi; F. Bernard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Débordements. Sombres histoires du football 1938-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Appaloosa LSH éditions, pp.5-9, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05277327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport et religion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Cerf. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire de la laïcité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A. Colin, pp.70-72, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05323683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supportérisme et militantisme. Vers un double comparatisme réflexif en sociologie du sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Busset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aux frontières du football et du politique. Supportérismes et engagement militant dans l’espace public,, Editions Peter Lang</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport, entre intégration et discriminations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sport, de l’école à l’université</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Canopé - CRDP de l'Académie de Versailles, pp.10-23, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05278315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Appaloosa LSH éditions, pp.5-9, 2016</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paradoxe du sport. Tolérance et racisme ordinaire dans les clubs sportifs en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Boli; P. Clastres; M. Lassus. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le sport à l'épreuve du racisme du XIXe à nos jours - Sports, xénophobie, racisme et antisémitisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau Monde éditions, pp.120-135, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Fabien Archambault</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05277493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques sportives et effets de quartier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gilles Vieille Marchiset; B. Coignet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clubs sportifs en banlieue : des innovations sociales à l’épreuve du terrain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Strasbourg, 2015, Sport et sciences sociales, 978-2-86820-909-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des patients en voie d’autonomie grâce au sport ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Beaud</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les rencontres Santé-Société de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.203-225, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Lambert Abdelgawad; H. Michel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionary of European Actors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Larcier, pp.359-363, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05323682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un sport européen ? Genèse et enjeux d’un espace transnational</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Forycki; A. Jakuboszczak; M. Serwanski. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jeux et sports de la Renaissance à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Poznan (Pologne), pp.247-260, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05278055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux sociaux du temps dans la construction de la relation formation-emploi. L’exemple de la profession d’éducateur sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.21-34, 2016, 978-2-85944-961-2</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Monchatre; B. Woehl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Temps de travail et travail du temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de la Sorbonne, pp.131-152, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, A. Colin, pp.70-72, 2016</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acteurs sportifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Lambert Abdelgawad; H. Michel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionary of European Actors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Larcier, pp.359-363, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Thomas Busset</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05278427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport dans les quartiers. De l’éthique à la pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vielle Marchiset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Andrieu. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’éthique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l’Age d’Homme, pp.647-656, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Nouveau Monde éditions, pp.120-135, 2015</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05277622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La voix des habitants ? Le sport dans la ville à l’épreuve de la démocratie locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morales Gonzales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ville, frontière, participation : de la visibilité des processus démocratiques dans la Cité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orizons, pp.281-302, 2012, 978-2-296-08839-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Strasbourg, 2015, Sport et sciences sociales, 978-2-86820-909-2</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux de l’européanisation du football. Débats et controverses entre les acteurs de l’Union européenne et du Conseil de l’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Heidmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Robin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Football, Europe et régulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.111-123, 2011, Sport et sciences sociales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05277741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport en entreprise, entre efficacité managériale et violence symbolique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, pp.203-225, 2015</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Dressen; J.-P. Durand. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La violence au travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Octarès, pp.73-95, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Larcier, pp.359-363, 2015</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05278192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’urgence de sortir de la vulgate interactionniste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le travail à l’épreuve des paradigmes sociologiques,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Poznan (Pologne), pp.247-260, 2014</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail à l’épreuve des paradigmes sociologiques,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De l’élasticité des concepts pour interpréter le réel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...675 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03579892v1</w:t>
-              </w:r>
-[...407 lines deleted...]
-                <w:t xml:space="preserve">hal-04947251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport, vecteur de diplomatie ? Circulations, échanges et médiations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude du Centre d'excellence franco-allemand Jean Monnet, université de Strasbourg - Sciences Po</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Strasbourg, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet TranSPORT(S) — Les sports et les loisirs dans le contexte de la coopération territoriale européenne : action publique, pratiques et usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14248,51 +14434,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Interdisciplinarité(s) du Réseau national des MSH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Aix-en-Provence, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03594825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14302,966 +14488,966 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport féminin sort-il de l'ombre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport au secours de la politique de la ville ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages sociaux d'une piscine contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les clubs sportifs doivent être préservés de l'empreinte du religieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vielfalt vereint“. Der Fußball als Laboratorium der Ethnisierung der sozialen Beziehungen ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Migration | Integration | Exklusion - Eine andere deutsch-französische Geschichte des Fußballs in den langen 1960er Jahren</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, ciment social en Europe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Racial Abuse, Then a Beating, on a French Soccer Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface » de l’ouvrage de Daghan Irak, Football Fandom, Protest and Democracy. Supporter Activism in Turkey,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francia: el espejismo del 98</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">França mantém fraturas sociais 20 anos após título mundial da geração ‘black-blanc-beur’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondial-1998: vingt ans après, le mythe lointain du &amp;quot;black-blanc-beur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Bleus, miroir fragile et imparfait de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire société par le sport -conférence grand public Avignon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supporter une équipe &amp;quot;nationale&amp;quot; lors de la Coupe du monde de football ? Le dilemme des diasporas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02433155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de l'ouvrage &amp;quot;L'Europe du football. Socio-histoire d'une construction européenne&amp;quot; aux médias et grand public- Auditorium de la BNU, Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...433 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02433162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15271,1296 +15457,1296 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport-santé : de l'action publique aux acteurs sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Sport en société, 979-10-344-0105-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le football des nations. Des terrains de jeu aux communautés imaginées (II) : seconde édition « Poche » revue et augmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Beaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Europe du football: socio-histoire d'une construction européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Sport en société, 978-2-86820-985-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le football des nations. Des terrains de jeu aux communautés imaginées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Beaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Publications de la Sorbonne, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05323680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le football des nations. Des terrains de jeu aux communautés imaginées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Beaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Publications de la Sorbonne, pp.266, 2016, Internationale, 9782859449612</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01308754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Fabien Archambault</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux frontières du football et du politique. Supportérismes et engagement militant dans l’espace public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Busset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Beaud</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang. 2016, 9783034324762</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport et société, entre mythe et réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Publications de la Sorbonne, 2016</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Imine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Canopé éditions, 100 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Thomas Busset</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France et Allemagne : le sport à l’épreuve des identités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, 2013, Revue d’Allemagne et des pays de langue allemande</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les compétences au travail. Sport et corps à l’épreuve des organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Peter Lang. 2016, 9783034324762</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Pichot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L’Harmattan, 2011, Logiques sociales, 978-2-296-55627-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Eric Alary</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La double réalité du monde sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Martel</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions du Croquant, 15, 2011, Revue Savoir/Agir</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport dans les quartiers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vieille Marchiset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de France, 180 p., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’institutionnalisation des pratiques sportives et de loisir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Le Manuscrit, 2007, 2748190807</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail à l'épreuve des paradigmes sociologiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Canopé éditions, 100 p., 2016</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Octares, 344 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">, 4, 2013, Revue d’Allemagne et des pays de langue allemande</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00311983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport, performance et santé. Perspectives éthiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004, 2-9521466-0-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Éditions du Croquant, 15, 2011, Revue Savoir/Agir</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’organisation sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions revue EPS, 2003, Pour l'action, 2-86713-270-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">L’Harmattan, 2011, Logiques sociales, 978-2-296-55627-0</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les concours de la fonction publique dans les métiers du sport. Guide d’orientation et de préparation à l’usage des STAPS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2000, 2711414930</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de France, 180 p., 2008</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologie de l'organisation sportive.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions La Découverte, 116 p., 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...384 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00311985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16570,166 +16756,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La radicalisation dans les associations sportives&amp;quot;, audition par le groupe d’études sur le sport, commission des affaires culturelles et de l'éducation, Assemblée Nationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Assemblée Nationale, Commission des affaires culturelles et de l'éducation. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prescription médicale d’activité physique : quels effets sur la santé des Strasbourgeois ? Analyse qualitative du rapport à la pratique des patients dans le cadre du dispositif Sport-santé sur ordonnance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Knobé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Agence Régionale de Santé d’Alsace. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16739,138 +16925,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les identités au travail: analyses et controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Causer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deuxièmes journées d’études du réseau thématique 25 (Travail, Organisation, Emplois) de l'Association française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Octarès, 333 p., 2009, Le travail en débat, 978-2-915346-70-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId309"/>
+      <w:footerReference w:type="default" r:id="rId313"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17017,51 +17203,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853182v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2434973" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435716v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867050v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/huma.343.0082" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866781v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Nervi-Gasparini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/huma.343.0089" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663809v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Maugendre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10126902241265621" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722345v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0079" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937309v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/huma.343.0034" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869145v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gateau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2394066" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867341v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11rtq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SES2023-003014" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478866v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478865v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202301201006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939426v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939401v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515921v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Doppler-Speranza" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0947-9511-2021-2-303" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513627v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna R Russo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938527v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321050v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1960312" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442024v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.072.0020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192394v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Lutrat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284851v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412198v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986418v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486412v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013426v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grassler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486392v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429909v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knobe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486391v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490167v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486396v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136809v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5961" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486425v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486393v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486424v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939408v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265085v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.008.0009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947150v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.187.0047" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632925v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaine Didierjean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0017896914558644" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946938v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259369v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morales Gonzales" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939409v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260983v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259278v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Digennaro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259733v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Beauchez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771321v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Polo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261001v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939423v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Heidmann" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.036.0022" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945038v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259345v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939397v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Noiriel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944679v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.015.0049" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311987v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weiss" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311986v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.069.0007" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939398v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Durand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moatty" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787758v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pierre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.082.0043" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311988v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.163.0035" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311989v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311990v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311991v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knobe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311993v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710761v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Stumpp" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.063.0123" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947439v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311992v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beauchez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311994v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934998v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939424v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435739v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478868v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478895v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478890v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011070v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184892v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184891v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412187v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412192v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723330v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hernandez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412202v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051471v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Astier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Laronze" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Breton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Bernard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458958v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250761v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284853v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926384v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250774v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168354v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05322919v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Takhalouicht" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170133v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011078v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032595v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037004v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011077v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417017v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417018v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417009v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429881v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417008v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954264v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429901v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429918v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417012v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417019v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417010v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429886v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431538v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431546v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429897v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429891v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486399v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431547v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429899v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429908v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486410v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486419v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429912v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jung" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonah" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Charton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Barnier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431535v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431544v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486387v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429904v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490161v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486401v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431552v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431551v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433164v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429916v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429887v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05322921v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429907v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431549v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429913v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429883v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429890v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Marivoet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429878v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096348v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429895v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946942v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429910v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429877v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429885v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429894v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429896v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949220v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939404v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941662v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944012v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949221v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weiss" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955584v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096355v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872305v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939399v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321291v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le No&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bancel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Beltramo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dufraisse" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/allianceathena/2205" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511492v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818482v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192354v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486395v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884531v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486406v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417011v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486426v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278315v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277327v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334360v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Archambault" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beaud" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323683v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939400v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Busset" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277493v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939407v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05279733v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323682v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278055v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274230v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278427v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277622v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vielle Marchiset" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642236v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277741v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278192v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579897v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579892v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435803v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198567v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Russo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490160v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080906v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947251v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869160v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594825v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939425v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941663v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957831v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486397v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098978v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486423v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433155v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431542v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431540v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486407v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433159v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431553v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431550v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429911v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433162v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406495v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/fr/livre/?gcoi=28682100818220" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429902v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941660v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/lectures/24246" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01308754v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323680v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435820v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362292v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alary" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Imine" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944013v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885727v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939422v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311982v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vieille Marchiset" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311983v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939405v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949224v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939439v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949223v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311985v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032588v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291172v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939593v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Causer" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541932v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Perrin-Malterre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435803v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Girard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198567v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Russo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490160v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080906v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947251v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435739v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478868v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478895v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478890v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412192v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412187v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184891v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184892v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723330v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hernandez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412202v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03458958v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250761v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051471v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Astier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Laronze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Breton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Bernard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284853v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926384v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250774v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Doppler-Speranza" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168354v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05322919v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Takhalouicht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170133v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011070v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011078v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037004v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032595v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011077v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417018v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417009v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417017v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429881v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417008v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954264v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429901v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429918v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417012v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417010v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417019v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429899v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429908v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486410v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486419v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429897v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486399v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431547v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429891v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431535v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jung" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonah" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Charton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Barnier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431544v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429904v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486387v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490161v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486401v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431552v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429886v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431546v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431538v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096348v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429913v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knobe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429890v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Marivoet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429878v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429883v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Polo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429907v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431549v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05322921v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Grassler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429887v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431551v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433164v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429910v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946942v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429877v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429885v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429894v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429896v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429895v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949220v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939404v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941662v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944012v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949221v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weiss" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955584v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096355v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morales Gonzales" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435716v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853182v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2434973" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722345v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0079" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663809v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Maugendre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10126902241265621" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937309v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/huma.343.0034" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869145v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gateau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2024.2394066" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867341v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11rtq" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866781v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Nervi-Gasparini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/huma.343.0089" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867050v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/huma.343.0082" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478866v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478865v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202301201006" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939426v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478846v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SES2023-003014" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939401v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442024v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.072.0020" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321050v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1960312" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938527v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192394v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Lutrat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284851v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513627v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna R Russo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515921v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0947-9511-2021-2-303" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986418v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412198v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429909v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486392v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486412v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013426v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486391v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490167v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136809v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5961" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486425v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486396v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486424v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939408v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486393v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947150v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.187.0047" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632925v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaine Didierjean" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0017896914558644" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265085v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.008.0009" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946938v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548685v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morales" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2014.881095" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259369v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05256603v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939409v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260983v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259278v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Digennaro" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259733v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Beauchez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939423v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Heidmann" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.036.0022" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945038v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259345v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939397v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Noiriel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05261001v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771321v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944679v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.015.0049" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311986v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.069.0007" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939398v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Durand" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moatty" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787758v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pierre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.082.0043" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311987v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weiss" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311989v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311988v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.163.0035" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311990v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311991v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knobe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311993v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710761v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Stumpp" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.063.0123" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947439v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311992v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beauchez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934998v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311994v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939424v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872305v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939399v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321291v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le No&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bancel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Beltramo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dufraisse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/allianceathena/2205" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511492v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818482v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192354v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486395v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884531v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486406v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417011v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486426v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334360v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Archambault" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beaud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277327v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323683v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939400v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Busset" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278315v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277493v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939407v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05279733v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323682v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278055v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274230v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278427v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277622v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vielle Marchiset" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642236v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277741v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278192v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579897v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579892v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869160v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594825v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939425v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941663v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957831v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098978v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486397v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486423v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433159v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486407v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431540v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431542v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431553v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431550v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429911v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433155v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433162v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406495v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pus.unistra.fr/fr/livre/?gcoi=28682100818220" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429902v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941660v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/lectures/24246" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05323680v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01308754v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435820v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362292v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alary" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martel" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Imine" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944013v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939422v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885727v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311982v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vieille Marchiset" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939405v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311983v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949224v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939439v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949223v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00311985v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032588v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291172v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939593v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Causer" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>