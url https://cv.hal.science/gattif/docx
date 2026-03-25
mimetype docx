--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -180,51 +180,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -318,6601 +318,6952 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical earthquake-induced landslide hazard assessment at regional scale in the Colombian Andes</w:t>
+                <w:t xml:space="preserve">Correction: Pawelkiewicz et al. Introducing Machine Learning in Teaching Quantum Mechanics. Atoms 2025, 13, 66</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exneyder Montoya-Araque</w:t>
+                <w:t xml:space="preserve">M. Pawelkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvana Montoya-Noguera</w:t>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Filippo Gatti</w:t>
+                <w:t xml:space="preserve">Viatcheslav Kokoouline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Adrien Ayouz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2025.109370⟩</w:t>
+              <w:t xml:space="preserve">Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 14 (3), pp.25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atoms14030025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04984097v1</w:t>
+                <w:t xml:space="preserve">hal-05560812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodeling elastic wave propagation using a mixed factorized Fourier encoder-decoder for online laser-ultrasound testing in additive manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Allaire</w:t>
+                <w:t xml:space="preserve">Impact of artifact reduction using generative adversarial networks on diagnostic accuracy in cone-beam computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Candemil Kanashiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dorval</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Laurent</w:t>
+                <w:t xml:space="preserve">Manoel Damião Sousa-Neto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2025.111893⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dentistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 167, pp.106400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jdent.2026.106400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05011076v2</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple-Input Fourier Neural Operator (MIFNO) for source-dependent 3D elastodynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical earthquake-induced landslide hazard assessment at regional scale in the Colombian Andes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exneyder A Montoya-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+                <w:t xml:space="preserve">Silvana Montoya-Noguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 527, pp.113813. </w:t>
+              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 195 (109370), pp.109370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2025.113813⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2025.109370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565099v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking the Black Box: Inherently Interpretable Physics‐Constrained Machine Learning With Weighted Mixed‐Effects for Imbalanced Seismic Data</w:t>
+                <w:t xml:space="preserve">Metamodeling elastic wave propagation using a mixed factorized Fourier encoder-decoder for online laser-ultrasound testing in additive manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vemula Sreenath</w:t>
+                <w:t xml:space="preserve">Frédéric Allaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Jehel</w:t>
+                <w:t xml:space="preserve">Roberto Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dorval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Machine Learning and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2025JH000974⟩</w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 160 (Part C), pp.111893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2025.111893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05513514v1</w:t>
+                <w:t xml:space="preserve">hal-05011076v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic performance of artefact-reduced cone-beam CT images using a generative adversarial neural network</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
+                <w:t xml:space="preserve">Multiple-Input Fourier Neural Operator (MIFNO) for source-dependent 3D elastodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 296 (Part B), pp.128907. </w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 527, pp.113813. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eswa.2025.128907⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2025.113813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05157692v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generative domain-adapted adversarial auto-encoder model for enhanced ultrasonic imaging applications</w:t>
+                <w:t xml:space="preserve">Breaking the Black Box: Inherently Interpretable Physics‐Constrained Machine Learning With Weighted Mixed‐Effects for Imbalanced Seismic Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerardo Granados</w:t>
+                <w:t xml:space="preserve">Vemula Sreenath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Gatti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Clouteau</w:t>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT &amp; E International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2024.103234⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Machine Learning and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025JH000974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04703457v1</w:t>
+                <w:t xml:space="preserve">hal-05513514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty propagation from crustal geologies to rock-site ground motion with a Fourier Neural Operator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+                <w:t xml:space="preserve">Diagnostic performance of artefact-reduced cone-beam CT images using a generative adversarial neural network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Pelegrin Candemil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2024.2393883⟩</w:t>
+              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 296 (Part B), pp.128907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eswa.2025.128907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04699431v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic ground motions in heterogeneous geologies from various sources: the HEMEW S -3D database</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">3D elastic wave propagation with a Factorized Fourier Neural Operator (F-FNO)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-16-3949-2024⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 420, pp.116718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2023.116718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04699436v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04381365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D elastic wave propagation with a Factorized Fourier Neural Operator (F-FNO)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Synthetic ground motions in heterogeneous geologies from various sources: the HEMEW S -3D database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2023.116718⟩</w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (9), pp.3949-3972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/essd-16-3949-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04381365v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accuracy of Magnetic Resonance Imaging in Clinical Endodontic Applications: a systematic review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Uncertainty propagation from crustal geologies to rock-site ground motion with a Fourier Neural Operator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matheus Oliveira</w:t>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Grenié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Endodontics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.joen.2024.01.014⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2024.2393883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04436247v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced seismic response prediction of critical structures via 3D regional scale physics-based earthquake simulation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vinicius Alves Fernandes</w:t>
+                <w:t xml:space="preserve">Accuracy of Magnetic Resonance Imaging in Clinical Endodontic Applications: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Pelegrin Candemil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Alves dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zentner Irmela</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yara T.C. Silva-Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Earthquake Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13632469.2021.2009061⟩</w:t>
+              <w:t xml:space="preserve">Journal of Endodontics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.joen.2024.01.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424424v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04436247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind broad-band (0-10 Hz) numerical prediction of the 3-D near field seismic response of a Mw6.0 extended fault scenario: application to the nuclear site of Cadarache (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generative domain-adapted adversarial auto-encoder model for enhanced ultrasonic imaging applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerardo Granados</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Alejandro Castro Cruz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+                <w:t xml:space="preserve">Sébastien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Hollender</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggac346⟩</w:t>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 148, 103234 (15 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2024.103234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03764394v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-storey shear type buildings under earthquake loading: Adversarial learning-based prediction of the transient dynamics and damage classification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced seismic response prediction of critical structures via 3D regional scale physics-based earthquake simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michail Korres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius Alves Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Colombera</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zentner Irmela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2023.108141⟩</w:t>
+              <w:t xml:space="preserve">Journal of Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (3), pp.546-574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13632469.2021.2009061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04252260v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SEM3D: A 3D High-Fidelity Numerical Earthquake Simulator for Broadband (0-10 Hz) Seismic Response Prediction at a Regional Scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Blind broad-band (0-10 Hz) numerical prediction of the 3-D near field seismic response of a Mw6.0 extended fault scenario: application to the nuclear site of Cadarache (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alejandro Castro Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Hollender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Touhami</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Lúcio de Abreu Corrêa</w:t>
+                <w:t xml:space="preserve">Elias El Haber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/geosciences12030112⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 232 (1), pp.581-600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggac346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03593533v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling spectral and Finite Element methods for 3D physic-based seismic analysis from fault to structure: Application to the Cadarache site in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-storey shear type buildings under earthquake loading: Adversarial learning-based prediction of the transient dynamics and damage classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Rosafalco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Colombera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reine Fares</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Filippo Gatti</w:t>
+                <w:t xml:space="preserve">Alberto Corigliano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2022.111954⟩</w:t>
+              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 173, pp.108141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2023.108141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03769716v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning opportunities to conduct high-fidelity earthquake simulations in multi-scale heterogeneous geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+                <w:t xml:space="preserve">SEM3D: A 3D High-Fidelity Numerical Earthquake Simulator for Broadband (0-10 Hz) Seismic Response Prediction at a Regional Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lúcio de Abreu Corrêa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2022.1029160⟩</w:t>
+              <w:t xml:space="preserve">Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (112), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/geosciences12030112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04476116v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03593533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the impact of regional geology on the ground motion model variability at the Kashiwazaki-Kariwa Nuclear Power Plant (Japan) via physics-based numerical simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Castro-Cruz</w:t>
+                <w:t xml:space="preserve">Coupling spectral and Finite Element methods for 3D physic-based seismic analysis from fault to structure: Application to the Cadarache site in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alejandro Castro Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Foerster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2021.106947⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 397 (1), pp.111954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2022.111954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325660v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03769716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-fidelity broadband prediction of regional seismic response: a hybrid coupling of physics-based synthetic simulation and empirical Green functions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Castro-Cruz</w:t>
+                <w:t xml:space="preserve">Machine learning opportunities to conduct high-fidelity earthquake simulations in multi-scale heterogeneous geology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11069-021-04766-x⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2022.1029160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216032v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards blending Physics-Based numerical simulations and seismic databases using Generative Adversarial Network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the impact of regional geology on the ground motion model variability at the Kashiwazaki-Kariwa Nuclear Power Plant (Japan) via physics-based numerical simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Castro-Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2020.113421⟩</w:t>
+              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150 (1), pp.106947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2021.106947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03149443v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-source effects and non-linear Site Response at Kashiwazaki-Kariwa Nuclear Power Plant, in the 2007 Chuetsu-Oki Earthquake: evidence from surface and downhole records and 1D numerical simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-fidelity broadband prediction of regional seismic response: a hybrid coupling of physics-based synthetic simulation and empirical Green functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Castro-Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Earthquake Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10518-017-0255-y⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 108 (1), pp.1997-2031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11069-021-04766-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01624887v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband ground motions from 3D physics-based numerical simulations using artificial neural networks</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards blending Physics-Based numerical simulations and seismic databases using Generative Adversarial Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 108 (3A), pp.1272-1286. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 372, pp.113421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0120170293⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2020.113421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458681v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the effect of the 3-D regional geology on the seismic design of critical structures: the case of the Kashiwazaki-Kariwa Nuclear Power Plant</w:t>
+                <w:t xml:space="preserve">Near-source effects and non-linear Site Response at Kashiwazaki-Kariwa Nuclear Power Plant, in the 2007 Chuetsu-Oki Earthquake: evidence from surface and downhole records and 1D numerical simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Paolucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roberto Paolucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggy027⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (3), pp.1105-1135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10518-017-0255-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01691235v1</w:t>
+                <w:t xml:space="preserve">hal-01624887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broad-band 3-D earthquake simulation at nuclear site by an all-embracing source-to-structure approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Broadband ground motions from 3D physics-based numerical simulations using artificial neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Paolucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">V Alves Fernandes</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Infantino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Smerzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Güney Özcebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2018.08.028⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 108 (3A), pp.1272-1286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0120170293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01859717v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of SSI and lining corrosion on the seismic vulnerability of shallow circular tunnels</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">On the effect of the 3-D regional geology on the seismic design of critical structures: the case of the Kashiwazaki-Kariwa Nuclear Power Plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Paolucci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 213 (2), pp.1073-1092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggy027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01691235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Broad-band 3-D earthquake simulation at nuclear site by an all-embracing source-to-structure approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Alves Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (1), pp.263-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soildyn.2018.08.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01859717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of SSI and lining corrosion on the seismic vulnerability of shallow circular tunnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sotirios Argyroudis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grigorios Tsinidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyriazis Pitilakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2017, 98, pp.244-256. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.soildyn.2017.04.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02458682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph Transformer-Based Flood Susceptibility Assessment of the French Riviera: Implications for Railway Infrastructure Resilience</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Graph Transformer Transferability for Flood Scusceptibility mapping in contrasting regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sreenath Vemula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.30056.17923⟩</w:t>
+              <w:t xml:space="preserve">International Structural Engineering and Construction Society (ISEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Villa, V., Domaneschi, M., Singh, A., and Yazdani S., Sep 2026, Torino, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14455/ISEC.2026.13(2).RAD-02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963654v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pipeline for Semantic Segmentation of Large Railway Point Clouds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
+                <w:t xml:space="preserve">Data-driven Fluid Flow Prediction Using Conditional Score-based Diffusion Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Genuist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephane Vialle</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Data Engineering and Automated Learning – IDEAL 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AICOMAS 2025 - Artificial Intelligence and computational Methodes in Applied sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811058v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05120431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven Fluid Flow Prediction Using Conditional Score-based Diffusion Models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Conditional Score-Based Diffusion Models for Data-Driven Fluid Flow Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Genuist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Savin</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AICOMAS 2025 - Artificial Intelligence and computational Methodes in Applied sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Euromech Colloquium on Data-Driven Fluid Dynamics/2nd ERCOFTACWorkshop on Machine Learning for Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05120431v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05455904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditional Score-Based Diffusion Models for Data-Driven Fluid Flow Prediction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Savin</w:t>
+                <w:t xml:space="preserve">Pipeline for Semantic Segmentation of Large Railway Point Clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Vialle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euromech Colloquium on Data-Driven Fluid Dynamics/2nd ERCOFTACWorkshop on Machine Learning for Fluid Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Intelligent Data Engineering and Automated Learning – IDEAL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Valencia, Spain. pp.167-179, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-77731-8_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05455904v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of samples of granular material using diffusion models</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Cottereau</w:t>
+                <w:t xml:space="preserve">Graph Transformer-Based Flood Susceptibility Assessment of the French Riviera: Implications for Railway Infrastructure Resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sreenath Vemula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patryk Dec</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.30056.17923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05313010v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the impact of linear infrastructure on species dispersal in a changing climate: a scalable surrogate approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Jehel</w:t>
+                <w:t xml:space="preserve">Generation of samples of granular material using diffusion models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Moeeze Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patryk Dec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society for Ecological Modelling Global Conference 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The International Society for Ecological Modelling, Oct 2025, Kashiwa, Japan</w:t>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05127811v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodèle de propagation d'onde sismique 3D par opérateur neuronal de Fourier (FNO) amélioré par l'apprentissage par transfert</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+                <w:t xml:space="preserve">Modelling the impact of linear infrastructure on species dispersal in a changing climate: a scalable surrogate approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Bessa-Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
+              <w:t xml:space="preserve">The International Society for Ecological Modelling Global Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Society for Ecological Modelling, Oct 2025, Kashiwa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610969v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluación numérica de la amenaza sísmica de deslizamientos en los Andes Colombianos a escala regional</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+                <w:t xml:space="preserve">Génération conditionnelle et inconditionnelle de signaux sismiques à l'aide de modèles de diffusion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gottfried Jacquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII Congreso Colombiano de Geotecnia 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Cali, Colombia</w:t>
+              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04773219v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531795v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodèle de la propagation d'ondes sismiques 3D par opérateur neuronal de Fourier (FNO) amélioré avec un transfert d'apprentissage.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+                <w:t xml:space="preserve">Deep-learning-based surrogate model of laser-induced elastic wave propagation in metallic microstructures with elongated grains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Allaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Miorelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dorval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Workshop on Laser-Ultrasound for Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SWERIM, May 2024, Kista, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531803v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04546091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep-learning-based surrogate model of laser-induced elastic wave propagation in metallic microstructures with elongated grains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Allaire</w:t>
+                <w:t xml:space="preserve">Evaluación numérica de la amenaza sísmica de deslizamientos en los Andes Colombianos a escala regional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exneyder Montoya-Araque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Montoya-Noguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Laser-Ultrasound for Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SWERIM, May 2024, Kista, Sweden</w:t>
+              <w:t xml:space="preserve">XVIII Congreso Colombiano de Geotecnia 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Cali, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04546091v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération conditionnelle et inconditionnelle de signaux sismiques à l'aide de modèles de diffusion.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
+                <w:t xml:space="preserve">Metamodèle de la propagation d'ondes sismiques 3D par opérateur neuronal de Fourier (FNO) amélioré avec un transfert d'apprentissage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gottfried Jacquet</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57745/LAI6YU⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531795v2</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation automatique de maillages hexaédriques pour des applications en géophysique à l'échelle régionale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucio de Abreu Correa</w:t>
+                <w:t xml:space="preserve">Metamodèle de propagation d'onde sismique 3D par opérateur neuronal de Fourier (FNO) amélioré par l'apprentissage par transfert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alvaro Coutinho</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04822986v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark SEM3D sur des instances Google Cloud de type C2D optimisées pour le calcul utilisant le processeur AMD EPYC et sur GPU Nvidia A100</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation automatique de maillages hexaédriques pour des applications en géophysique à l'échelle régionale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucio de Abreu Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Camata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wilfried Kirschenmann</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Coutinho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565088v2</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04822986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic hazard analysis with a Fourier Neural Operator (FNO) surrogate model enhanced by transfer learning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benchmark SEM3D sur des instances Google Cloud de type C2D optimisées pour le calcul utilisant le processeur AMD EPYC et sur GPU Nvidia A100</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Clouteau</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Germaneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Kirschenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeurIPS AI for Science workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04476126v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04565088v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation 3D basée sur la physique pour la réponse sismique « de la faille à la structure »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michail Korres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinicius Alves Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zentner Irmela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème colloque de l'Association Française du Génie ParaSismique (AFPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Guadeloupe (Antilles Francaises), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A deep learning framework for efficient global sensitivity analysis and SHAP values calculations applied to eddy current testing problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerardo Granados</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QNDE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Austin, TX, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/QNDE2023-118352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SEM/FEM weak coupling for a more accurate definition of seismic input excitation in soil-structure interaction studies: An adaptation for a massively parallel FEM resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michail Korres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinicius Alves Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zentner Irmela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII International Conference on Structural Dynamics EURODYN2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband Seismic Source-To-Structure Analysis Of The Kashiwazaki-Kariwa Nuclear Power Plant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seismic hazard analysis with a Fourier Neural Operator (FNO) surrogate model enhanced by transfer learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">D Clouteau</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th World Conference on Earthquake Engineering, 17WCEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Sendai (Japan), Japan. pp.1-8</w:t>
+              <w:t xml:space="preserve">NeurIPS AI for Science workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680639v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seamless Simulations of Earthquake Disasters and Economy at 1:1 scale Utilizing Big-data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amit Gill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maddegedara Lalith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshiki Ogawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hideyuki O-Tani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsuyoshi Ichimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WI-IAT '21: IEEE/WIC/ACM International Conference on Web Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Melbourne VIC, Australia. pp.101-108, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3498851.3498937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03677307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic hazard analysis of complex faults using Spectral element and empirical Green's function methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Broadband Seismic Source-To-Structure Analysis Of The Kashiwazaki-Kariwa Nuclear Power Plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michail Korres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Castro-Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Filippo Gatti</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th World Conference on Earthquake Engineering, 17WCEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Sendai (Japan), Japan. pp.1-12</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Sendai (Japan), Japan. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680642v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology For 3d Nonlinear Soil-Structure Interaction Using The Domain Reduction Method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michail Korres</w:t>
+                <w:t xml:space="preserve">Seismic hazard analysis of complex faults using Spectral element and empirical Green's function methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Castro-Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lopez-Caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th World Conference on Earthquake Engineering, 17WCEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Sendai (Japan), Japan. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680636v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the influence of around-source deep crustal heterogeneities on the seismic wave propagation by 3-D broad-band numerical modelling</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Methodology For 3d Nonlinear Soil-Structure Interaction Using The Domain Reduction Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michail Korres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius Alves Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Lopez-Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irmela Zentner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Applications of Statistics and Probability in Civil Engineering(ICASP13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">17th World Conference on Earthquake Engineering, 17WCEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Sendai (Japan), Japan. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02142977v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of 3D seismic input motion definition from physics-based simulations for soil-structure interaction studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Assessing the influence of around-source deep crustal heterogeneities on the seismic wave propagation by 3-D broad-band numerical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Colvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering, COMPDYN 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Crete, Greece</w:t>
+              <w:t xml:space="preserve">13th International Conference on Applications of Statistics and Probability in Civil Engineering(ICASP13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02395379v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting short-period spectral ordinates of hybrid ground shaking prediction tools: a comparative benchmark</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Impact of 3D seismic input motion definition from physics-based simulations for soil-structure interaction studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korres Michail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius Alves Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zentner Irmela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Applications of Statistics and Probability in Civil Engineering(ICASP13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">7th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering, COMPDYN 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02142978v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02395379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the effect of around-source crustal heterogeneities on 3-d regional seismic wave field</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Predicting short-period spectral ordinates of hybrid ground shaking prediction tools: a comparative benchmark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Cottereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Earthquake Geotechnical Engineering, ICEGE 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Roma, Italy</w:t>
+              <w:t xml:space="preserve">13th International Conference on Applications of Statistics and Probability in Civil Engineering(ICASP13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04494730v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argostoli site, from site test to numerical model: a holistic approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">On the effect of around-source crustal heterogeneities on 3-d regional seismic wave field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Colvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Edward Marc Cushing</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Best Practices in Physics-based Fault Rupture Models for Seismic Hazard Assessment of Nuclear Installations: issues and challenges towards full Seismic Risk Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Cadarache, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Earthquake Geotechnical Engineering, ICEGE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01851742v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04494730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Spectral Element Modeling of Near Source Effects Including Kinematic Rupture and Finite-Fault Effects</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Argostoli site, from site test to numerical model: a holistic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Hollender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Marc Cushing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Conference on Earthquake Engineering (16ECEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">Best Practices in Physics-based Fault Rupture Models for Seismic Hazard Assessment of Nuclear Installations: issues and challenges towards full Seismic Risk Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Cadarache, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01851739v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broad-band 3-D physics-based simulation of earthquake-induced wave-field at the Kashiwazaki-Kariwa Nuclear Power Plant (Japan): an all-embracing source-to-site approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D Spectral Element Modeling of Near Source Effects Including Kinematic Rupture and Finite-Fault Effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elif Oral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lúcio de Abreu Corrêa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Conference on Earthquake Engineering (16ECEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01851734v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-D source-to-site numerical investigation on the earthquake ground motion coherency in heterogeneous soil deposits</w:t>
+                <w:t xml:space="preserve">Broad-band 3-D physics-based simulation of earthquake-induced wave-field at the Kashiwazaki-Kariwa Nuclear Power Plant (Japan): an all-embracing source-to-site approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dimitris Pitilakis</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Paolucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lúcio de Abreu Corrêa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Conference on Numerical Methods in Geotechnical Engineering, NUMGE 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">16th European Conference on Earthquake Engineering (16ECEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01851736v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the earthquake ground motion coherence in heterogeneous non-linear soil deposits</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3-D source-to-site numerical investigation on the earthquake ground motion coherency in heterogeneous soil deposits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitris Pitilakis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">X International Conference on Structural Dynamics (EURODYN 2017)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9th European Conference on Numerical Methods in Geotechnical Engineering, NUMGE 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Porto, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01586963v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHYSICS-BASED SCENARIO OF THE 2007 CHUETSU-OKI EARTHQUAKE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Investigation of the earthquake ground motion coherence in heterogeneous non-linear soil deposits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano de Carvalho Paludo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angkeara Svay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Cottereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">X International Conference on Structural Dynamics (EURODYN 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Rome, Italy. pp.2354-2359, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2017.09.232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01546804v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">PHYSICS-BASED SCENARIO OF THE 2007 CHUETSU-OKI EARTHQUAKE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lúcio de Abreu Corrêa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Paolucci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th ECCOMAS Thematic Conference on Computational Methods in Structural Dynamics and Earthquake Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rhodes, Greece. pp.C17465</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">One-dimensional seismic soil response at the nuclear power plant of kashiwazaki-kariwa during the 2007 niigata-chuetsu-oki earthquake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Civil, Structural and Environmental Engineering Computing, CIVIL-COMP 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Prague, Czech Republic. pp.157, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4203/ccp.108.157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6922,869 +7273,869 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning generative strategies to enhance 3D physics-based seismic wave propagation: from diffusive super-resolution to 3D Fourier Neural Operators.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A deep learning-based earthquake simulator: from source and geology to surface wavefields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geophysical Union General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2024, Vienne, Austria. 2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-2443⟩</w:t>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-14438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534286v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deep learning-based earthquake simulator: from source and geology to surface wavefields</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Deep learning generative strategies to enhance 3D physics-based seismic wave propagation: from diffusive super-resolution to 3D Fourier Neural Operators.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geophysical Union General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. 2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-14438⟩</w:t>
+              <w:t xml:space="preserve">, Apr 2024, Vienne, Austria. 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-2443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534919v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying uncertainties in seismic waves propagation with a Fourier Neural Operator surrogate model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MASCOT-NUM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Hyères, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep-learning-based surrogate modeling of laser-ultrasound testing for additive manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Allaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Miorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dorval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">List Days Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientific machine learning and physics-augmented neural networks for hybrid digital twins</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+                <w:t xml:space="preserve">MINERVE - Un jumeau numérique pour gérer l'infrastructure ferroviaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhammed Achhab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Clouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R El Mesri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du GDR I-GAIA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Jumeaux Numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Gif-sur-Yvette, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04425617v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03999654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MINERVE - Un jumeau numérique pour gérer l'infrastructure ferroviaire</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amélie Fau</w:t>
+                <w:t xml:space="preserve">Scientific machine learning and physics-augmented neural networks for hybrid digital twins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Benady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afsal Pulikkathodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Jumeaux Numériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Gif-sur-Yvette, France. , 2023</w:t>
+              <w:t xml:space="preserve">Journée du GDR I-GAIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03999654v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine learning in geomechanics 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, John Wiley &amp; Sons, Ltd, pp.145-236, 2024, 978-1-394-32563-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394325634.ch5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7794,107 +8145,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIYAZAKI - The silent eyes of the forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCJC ANR 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.16656.88321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05271367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7904,1255 +8255,1255 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergence-Free Diffusion Models for Incompressible Fluid Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Genuist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Microscopic Interactions to Macroscopic Feedback: Real-Time Traffic Control via Neural Operators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheida Nozari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Fresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Iovine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics-Based Super-Resolved Simulation of 3D Elastic Wave Propagation Adopting Scalable Diffusion Transformer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Vialle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05044913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graph Transformer-Based Flood Susceptibility Mapping: Application to the French Riviera and Railway Infrastructure Under Climate Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sreenath Vemula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05009556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Fourier Neural Operators with Diffusion Models to improve Spectral Representation of Synthetic Earthquake Ground Motion Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niccolò Perrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Gabrielidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Fresca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autoregressive regularized score-based diffusion models for multi-scenarios fluid flow prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Genuist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05106246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breaking the Black Box: Inherently Interpretable Physics-Informed Machine Learning for Imbalanced Seismic Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sreenath Vemula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast 3D Diffusion for Scalable Granular Media Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Moeeze Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Cottereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patryk Dec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05227345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive Modeling of Fluid Flows Using Conditional Score-Based Diffusion Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Genuist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourier Neural Operator Surrogate Model to Predict 3D Seismic Waves Propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Clouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04252336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial Neural Networks: advanced topics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial Neural Networks: layer architectures, optimizers and automatic differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broad-band 3-D earthquake simulation at nuclear site by an all-embracing source-to-structure approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez-Caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Paolucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Clouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01860115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9162,235 +9513,235 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de la mission post-sismique du séisme du 1er Janvier 2024 de Noto (Japon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Javelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dommanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesús Pérez-Herreros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Association Française du Génie Parasismique. 2024, pp.1-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SEM3D-High-resolution seismic wave propagation modelling from the fault to the structure for realistic earthquake scenarios. GENCI Allocation A0080410444</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alejandro Castro Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Lopez‐caballero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Paris-Saclay; CentraleSupelec. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04450043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9400,114 +9751,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse physics-based de scénarios sismiques «de la faille au site» : prédiction de mouvement sismique fort pour l’étude de vulnérabilité sismique de structures critiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Gatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Autre. Université Paris Saclay (COmUE); Politecnico di Milano, 2017. Français. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
+              <w:t xml:space="preserve">Autre. Université Paris Saclay (COmUE); Politecnico di Milano (1863-..), 2017. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017SACLC051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01626230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId233"/>
+      <w:footerReference w:type="default" r:id="rId245"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9575,51 +9926,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="214FCCDD"/>
+    <w:nsid w:val="2AD00FA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9806,51 +10157,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gattif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7174-4048" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/219813604" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485963v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gabrielidis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Gatti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vialle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109930" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984097v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Exneyder Montoya-Araque" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Montoya-Noguera" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lopez&#8208;caballero" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2025.109370" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011076v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Allaire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Miorelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorval" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.111893" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565099v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lehmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Clouteau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.113813" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vemula Sreenath" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jehel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JH000974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157692v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Pelegrin Candemil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Salmon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Oliveira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.128907" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703457v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Granados" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gatti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Miorelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clouteau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2024.103234" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699431v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bertin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Greni&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2024.2393883" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699436v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-3949-2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381365v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116718" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436247v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Alves dos Santos" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara T.C. Silva-Sousa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joen.2024.01.014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424424v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michail Korres" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Alves Fernandes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zentner Irmela" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632469.2021.2009061" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764394v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alejandro Castro Cruz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hollender" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias El Haber" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac346" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252260v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Rosafalco" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Colombera" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mariani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Corigliano" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2023.108141" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593533v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Touhami" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lopez-Caballero" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cottereau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cio de Abreu Corr&#234;a" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences12030112" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769716v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Fares" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Foerster" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111954" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476116v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.1029160" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325660v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castro-Cruz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2021.106947" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216032v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-021-04766-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149443v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113421" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624887v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Paolucci" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10518-017-0255-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02458681v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gatti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Infantino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Smerzini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali G&#252;ney &#214;zcebe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120170293" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691235v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859717v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Alves Fernandes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2018.08.028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02458682v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Argyroudis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigorios Tsinidis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriazis Pitilakis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2017.04.016" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963654v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreenath Vemula" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30056.17923" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811058v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vialle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77731-8_16" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120431v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Genuist" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Savin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455904v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Savin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313010v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Moeeze Hassan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patryk Dec" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127811v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Page" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610969v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bertin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773219v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531803v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/LAI6YU" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546091v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531795v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gottfried Jacquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822986v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio de Abreu Correa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Camata" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Coutinho" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565088v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Aubry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Germaneau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Kirschenmann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476126v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290296v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Voldoire" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250590v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2023-118352" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290266v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardieu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680639v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Clouteau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677307v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Gill" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddegedara Lalith" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiki Ogawa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideyuki O-Tani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Ichimura" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3498851.3498937" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680642v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lopez-Caballero" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680636v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irmela Zentner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142977v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Colvez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395379v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korres Michail" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142978v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494730v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851742v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Marc Cushing" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851739v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Oral" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851734v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851736v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Pitilakis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586963v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano de Carvalho Paludo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angkeara Svay" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.09.232" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546804v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Paolucci" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02455818v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.108.157" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534286v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-2443" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534919v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-14438" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680605v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479967v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425617v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benady" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afsal Pulikkathodi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999654v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhammed Achhab" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R El Mesri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736879v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394325634.ch5" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271367v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.16656.88321" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484203v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458448v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheida Nozari" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Fresca" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Iovine" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044913v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009556v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016980v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Perrone" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106246v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225602v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227345v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699402v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252336v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363413v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363414v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860115v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737071v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Javelaud" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dommanget" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s P&#233;rez-Herreros" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450043v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01626230v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLC051" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gattif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7174-4048" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/219813604" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485963v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gabrielidis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Gatti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vialle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109930" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560812v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pawelkiewicz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Clouteau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav Kokoouline" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adrien Ayouz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms14030025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549512v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Candemil Kanashiro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Dami&#227;o Sousa-Neto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdent.2026.106400" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984097v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Exneyder A Montoya-Araque" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Montoya-Noguera" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lopez&#8208;caballero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2025.109370" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011076v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Allaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Miorelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.111893" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565099v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lehmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.113813" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513514v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vemula Sreenath" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jehel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JH000974" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157692v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Pelegrin Candemil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Salmon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Oliveira" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.128907" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381365v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bertin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116718" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699436v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-16-3949-2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699431v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Greni&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2024.2393883" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436247v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Alves dos Santos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara T.C. Silva-Sousa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joen.2024.01.014" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703457v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Granados" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gatti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Miorelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Robert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clouteau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2024.103234" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424424v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michail Korres" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Alves Fernandes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zentner Irmela" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13632469.2021.2009061" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764394v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alejandro Castro Cruz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hollender" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias El Haber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac346" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252260v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Rosafalco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Colombera" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mariani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Corigliano" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2023.108141" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593533v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Touhami" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lopez-Caballero" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cottereau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cio de Abreu Corr&#234;a" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences12030112" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769716v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Fares" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Foerster" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111954" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476116v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.1029160" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325660v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castro-Cruz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2021.106947" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216032v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-021-04766-x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149443v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113421" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624887v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Paolucci" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10518-017-0255-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02458681v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gatti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Infantino" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Smerzini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali G&#252;ney &#214;zcebe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120170293" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691235v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggy027" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859717v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Alves Fernandes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2018.08.028" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02458682v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotirios Argyroudis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigorios Tsinidis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriazis Pitilakis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2017.04.016" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550867v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreenath Vemula" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14455/ISEC.2026.13(2).RAD-02" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120431v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Genuist" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Savin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455904v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Savin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811058v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Vialle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77731-8_16" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963654v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30056.17923" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313010v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Moeeze Hassan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patryk Dec" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127811v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Page" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531795v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gottfried Jacquet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546091v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773219v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Exneyder Montoya-Araque" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531803v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/LAI6YU" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610969v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bertin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822986v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio de Abreu Correa" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Camata" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Coutinho" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565088v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Aubry" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Germaneau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Kirschenmann" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290296v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Voldoire" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250590v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/QNDE2023-118352" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290266v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardieu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476126v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677307v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Gill" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddegedara Lalith" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiki Ogawa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideyuki O-Tani" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Ichimura" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3498851.3498937" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680639v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Clouteau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680642v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lopez-Caballero" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680636v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irmela Zentner" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142977v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Colvez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395379v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korres Michail" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142978v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494730v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851742v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Marc Cushing" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851739v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elif Oral" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851734v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851736v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Pitilakis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586963v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano de Carvalho Paludo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angkeara Svay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.09.232" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546804v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Paolucci" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02455818v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.108.157" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534919v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-14438" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534286v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-2443" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680605v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479967v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999654v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhammed Achhab" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R El Mesri" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425617v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benady" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afsal Pulikkathodi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736879v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394325634.ch5" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271367v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.16656.88321" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484203v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458448v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheida Nozari" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Fresca" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Iovine" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044913v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009556v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016980v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Perrone" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106246v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225602v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227345v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699402v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252336v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363413v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363414v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860115v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737071v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Javelaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dommanget" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s P&#233;rez-Herreros" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450043v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01626230v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLC051" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>