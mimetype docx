--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -115,9881 +115,9881 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La dame qui aveinne demandoit pour Morel sa provande a avoir - Édité d'après le ms. BnF fr. 25545</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre et les deus ribaus - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chevalier a la robe vermeille - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nonete 1 de Jean de Condé - Édité et traduit d'après le ms. de Rome, Bibl. Casanatense, 1598</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05214354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chevalier qui fist les cons parler 2 - Édité et traduit d'après le ms. Harley 2253</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chevalier qui recovra l'amor de sa dame - édité et traduit d'après le ms. de Bern Burgerbibliothek 354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois meschines - Édition, traduction et notes d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le clerc qui fu repus derriere l'escrin - Jean de Condé - Édition, traduction et notes d'après le ms. BnF fr. 1446</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame escoillee - Édition et notes d'après le manuscrit BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame qui se venja du chevalier - Édité et traduit d'après le ms. Berlin Staatsbibliothek 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre et Alison - Édité d'après le ms. BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les braies au cordelier - Édité d'après le ms. BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pucele qui voloit voler - Édition, traduction et notes d'après le manuscrit Bern, Burgerbibliothek, Cod. 354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame escoillee - Édition et notes d'après le ms. BnF fr. 1593</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le preudome qui rescolt son compere de noier - Édition, traduction et notes d'après le manuscrit BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pescheor de Pont seur Saine - Édition, traduction et notes d'après le manuscrit Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le moigne - Édition, traduction et notes d'après le manuscrit BnF Rothschild 2800</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois dames qui troverent l'anel 1 - Édition, traduction et notes d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le jugement des cons - Édition, traduction et notes d'après le manuscrit BnF 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre qui ot mere a force - Édition, traduction et notes d'après le manuscrit Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La plaine bourse de sens - Édition et notes d'après le ms. Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berangier au long cul 2 - édité et traduit d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La veuve - Édition et notes d'après le manuscrit BnF fr. 2168</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sorisete des estopes - Édition, traduction et notes d'après le manuscrit Bern, Burgerbibliothek, Cod. 354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Trachsler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lai d'Aristote - Henri de Valenciennes - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fevre de Creeil - Édition, traduction et notes d'après le manuscrit BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La plaine bourse de sens - Édition, traduction et notes d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sentier batu&amp;quot; de Jean de Condé - Édition, traduction et notes d'après le manuscrit Arsenal 3524</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Gingras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La plantez - Édition, traduction et notes d'après le manuscrit de Bern, Burgerbibliothek, Cod. 354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre pelé (dans les Miracles de Gautier de Coinci) - Édité d'après le ms. BnF fr. 2163</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mantel mautaillié - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vieille truande - Édition, traduction et notes d'après le manuscrit BnF fr. 375</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou maunier de Aleus - Édité d'après le ms. BnF fr. 1553</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le foteor - Édité d'après le ms. BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chevaler a la corbayle - Édité et traduit d'après le ms. Harley 2253</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le roman de un chivaler e de sa dame e de un clerk - Édité d'après le ms. Cambridge, Corpus Christi Coll., 50</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La demoisele qui ne poot oïr parler de foutre 3 (La pucele qui abevra le poulain) - Édité et traduit d'après le ms. BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'oustillement au vilain - Édité d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05215986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richeut - Édité d'après le ms. de Bern Burgerbibliothek 354</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus changeors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La coille noire - Édition, traduction et notes d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Trachsler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aloul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Durand Dockx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui donna son ame au deable - Édité d'après le ms. Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Manuscripta Hamiltoniana 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tresces&amp;quot; (version 1) de Garin - Édition, traduction et notes d'après le manuscrit BnF fr. 12581</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'espervier - Édition, traduction et notes d'après le manuscrit BnF NAF 1104</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pliçon - Édition, traduction et notes d'après le manuscrit de Rome, Bibl. Casanatense, 1598</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bataille des vins d'Henri d'Andeli - Édité et traduit d'après le ms. BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gonbaut - Édité et traduit d'après le ms. de la BM de Troyes 1511</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05214309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le vilain qui donna son ame au deable - Édité d'après le ms. Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Manuscripta Hamiltoniana 257</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de « Yan Greub, Olivier Collet, La variation régionale de l’ancien français. Manuel pratique, 2024 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus Angloys et l'anel - Paris BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">La bataille des vins d'Henri d'Andeli - Édité et traduit d'après le ms. BnF fr. 837</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame escoillee - Nottingham, University Library, mi lm 6 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Le pliçon - Édition, traduction et notes d'après le manuscrit de Rome, Bibl. Casanatense, 1598</w:t>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/html/FABLIAUX-V0-3/synEdi/index.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Sohais - Nottingham University Library, Department of manuscripts, WLC/LM/6 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L'espervier - Édition, traduction et notes d'après le manuscrit BnF NAF 1104</w:t>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tresses 1 - Garin - Bnf fr. 12581 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">Les tresces&amp;quot; (version 1) de Garin - Édition, traduction et notes d'après le manuscrit BnF fr. 12581</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu « Une didactique qui reste encore à dessiner » (sur l’ouvrage d’Hélène Raux, La bande dessinée en classe de français, Rennes, Presses universitaires de Rennes, coll. &amp;quot;Paideia&amp;quot;, DL 2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauteron et Marion - Berlin Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chevalier qui fist les cons parler 1 - Guerin - BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les quatre souhais saint Martin - Bern Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">Les trois dames qui troverent l'anel 1 - Édition, traduction et notes d'après le ms. BnF fr. 837</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le roi et le ribaud - Renart le Contrefait - BnF fr. 1630 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, https://txm-bfm.huma-num.fr/txm/</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus escuiers de Bregoigne - Paris BnF fr. 1630 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Le jugement des cons - Édition, traduction et notes d'après le manuscrit BnF 837</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La femme qui fist pendre son mari mort - Marie de France - Paris BnF fr. 1593 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le debat du cul et du con - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'oue au chapelain - Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cons - Gautier Le Leu ? - BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celui qui bota la pierre 1 - Bern Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La damoisele qui ne pooit oïr parler de foutre 1 - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre qui dit la Passion - Bnf fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui conquist paradis par plait - Nottingham University Library, Department of manuscripts, WLC/LM/6 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain qui n'ert pas de son ostel sire - BM de Lyon ms. 5495 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pet au vilain - Rutebeuf - BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mellin Mellot - Renart le Contrefait - BnF fr. 1630 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sot chevalier - Gautier Le Leu - Paris BnF fr. 837 - Édition numérique et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fol vilain - Gautier Le Leu - Nottingham, Univ. Library, Middleton L.M. 6 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-Rendu de La mort Garin le Loherain, éditée d’après la rédaction I (Dijon 528) avec les variantes de N (Arsenal 3143) par Jean-Charles Herbin &amp; Cécile Constance. Librairie Droz, Genève 2023 (Textes Littéraires Français, 662)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La male honte 1 - Guillaume - BnF fr. 2173 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le maignien qui foti la dame - Berne Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vieille qui oint la palme au chevalier - BnF fr. 2173 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sot chevalier - Gautier Le Leu - Nottingham University Library, Department of manuscripts, WLC/LM/6 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les putains et les lecheors - Nottingham, University Library, Department of manuscripts, WLC/LM/6 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'epee 1 - Fables Pierre Aufors - BnF fr. 12581- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cele qui se fist foutre sur la fosse de son mari - Berne, Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus vilains de Gautier Le Leu - Nottingham University Library mi lm 6 - édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La veuve - Gautier Le Leu - Nottingham University Library, Department of manuscripts, WLC/LM/6 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre ki abevete - BnF fr. 12603 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porcelet - Berne Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La male honte 2 - Huon de Cambrai - Berne Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre et le mouton - Haisiau - Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlot le juif qui chia dans la pel dou lievre - Rutebeuf - BnF fr. 1635 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deus chevaus de Jean Bodel - Paris BnF fr. 837 - édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le preudome qui rescolt son compere de noier - BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frere Denise - Rutebeuf - BnF fr. 1635 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieu et le pescour - Gautier Le Leu - Nottingham, University Library, Mi LM 6- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connebert - Gautier Le Leu - Bern bugerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le marcheant et son asne - Renart le Contrefait - BnF fr. 1630 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04915271v1</w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve">Le prestre qui ot mere a force - Édition, traduction et notes d'après le manuscrit Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257</w:t>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame chastiee - Paris BnF 1630 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">La plaine bourse de sens - Édition et notes d'après le ms. Berlin, Staatsbibliothek und Preussischer Kulturbesitz, Hamilton 257</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04665091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'annel qui faisoit les vis grans et roides par Haisiau - BnF fr. 1593 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">Berangier au long cul 2 - édité et traduit d'après le ms. BnF fr. 837</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/AnelRoides_BnF-1593</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le linceul version 1 - Fables Pierre Aufort - BnF fr. 12581 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">La veuve - Édition et notes d'après le manuscrit BnF fr. 2168</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Testament de l'asne - Rutebeuf - Paris BnF fr. 1635 - Édition, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Saineresse - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berangier au long cul 1 - Bern burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les quatre prestres - Haisiau - Berlin Staatsbibliothek Ms. Hamilton 257- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre teint - Édition, traduction et notes d'après Berlin Deutsche Staatsbibliothek Hamilton 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/PrestreTeint_Berlin-257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dame qui fist trois tors entor le moustier - Rutebeuf - Paris BnF fr. 837 - Édition, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La damoisele a la grue 1 - Bern burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pertris - Paris BnF fr. 837 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain mire - Berlin Staatsbibliothek Ms. Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre qui fu mis au lardier (Baillet le savetier) - Paris BnF fr. 12483 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/PrestreLardier_BnF-12483</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre crucefié - édition, traduction et notes d'après Paris BnF fr. 837</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Borgoise d'Orliens - Berlin Staatsbibliothek Ms. Hamilton 257- Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brifaut - Bern Burgerbibliothek 354 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boivin de Provins - Paris BnF 837- Édition numérique, traduction et notice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Pinche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gombert et les deus clers - Jean Bodel - Berlin Staatsbibliothek Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, http://catalog.bfm-corpus.org/fabliaux/Gombert2ClersBodel_Berlin-257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auberée - Berlin Staatsbibliothek Ms. Hamilton 257 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Tresces 2 - Édition, traduction et notes d'après Paris BnF fr. 19152</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Pinche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prestre et le leu - édition, traduction et notes d'après Berlin Deutsche Staatsbibliothek Hamilton 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">La sorisete des estopes - Édition, traduction et notes d'après le manuscrit Bern, Burgerbibliothek, Cod. 354</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu « Persistance du domaine médiéval au siècle de Louis XIV » (sur l’ouvrage de Sébastien Douchet, Une réception du Moyen Âge au XVIIe siècle. Lectures et usages des textes médiévaux par les Gallaup de Chasteuil (1575-1719)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Trois dames qui troverent un vit - Paris BnF fr. 1593- Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...59 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Le lai d'Aristote - Henri de Valenciennes - Édité d'après le ms. BnF fr. 837</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le laid chevalier - Renart le Contrefait - Paris BnF fr. 1630 - Édition numérique, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La crote - Paris BnF fr. 1593 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Pinche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Segretain Moine 2 - Édition, traduction et notes d'après Berlin Deutsche Staatsbibliothek Hamilton 257</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guillot-Barbance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vilain asnier - Paris BnF fr. 19152 - Édition numérique, traduction et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pierreville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05215237v1</w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve">La dame qui se venja du chevalier - Édité et traduit d'après le ms. Berlin Staatsbibliothek 257</w:t>
+                <w:t xml:space="preserve">Baptiste Laïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'annel qui faisoit les vis grans et roides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...55 lines deleted...]
-                <w:t xml:space="preserve">Le prestre et Alison - Édité d'après le ms. BnF fr. 19152</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Lavrentiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'epee 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pierreville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...312 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Laïd</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5909 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, https://txm-bfm.huma-num.fr/txm/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...351 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...2009 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu « Le Recueil ouvert - Projet Épopée, volume 2021, ‘L'intelligence dans l'épopée médiévale européenne’, sous la direction de Ph. Haugeard »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
@@ -10326,275 +10326,275 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de « Jean-Marie Ardouin, Aiol. Chanson de geste (XIIe-XIIIe siècles), trad., d’après l’éd. du ms. unique BnF fr. 25516 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu « Littérature médiévale sans frontières » (sur l’ouvrage de Sofia Lodén et Vanessa Obry (dir.), L'expérience des frontières et les littératures de l'Europe médiévale)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Grüber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu « L’or épique du Rhin » (sur l’ouvrage de Danielle Buschinger, L’épopée dans les pays de langue allemande)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu « Onomastique et plaisir de la lecture » (sur l’ouvrage d’Adeline Latimier-Ionoff, Lire le nom propre dans le roman médiéval)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053467v1</w:t>
-              </w:r>
-[...122 lines deleted...]
-                <w:t xml:space="preserve">hal-05053471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu « Idéologie(s) de la chanson de geste » (sur l’ouvrage de Dominique Boutet, L’art épique)</w:t>
               </w:r>
@@ -11645,51 +11645,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrestomathie des nouveaux manuels de français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Durand Dockx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Grüber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12341,51 +12341,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214309v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pierreville" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Gr&#252;ber" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216421v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213634v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915560v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915795v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste La&#239;d" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914609v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915271v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915568v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914786v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213641v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915806v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot-Barbance" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915784v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Trachsler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215237v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213677v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215967v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215239v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915774v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915108v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915577v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915549v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915542v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215964v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215247v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215241v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213661v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213665v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214354v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915134v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914655v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915009v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915240v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915558v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915777v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gingras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215994v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215952v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914805v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915812v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215958v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215252v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213654v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215986v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216338v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213681v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215242v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914544v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915020v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Durand Dockx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fritz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675746v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Eug&#232;ne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676589v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665097v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655237v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675784v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665091v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Lavrentiev" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655238v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655171v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665094v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676581v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676677v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676674v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675855v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675785v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675736v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053484v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665093v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676617v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676655v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053486v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675754v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655231v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655100v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676603v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665098v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665103v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665096v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675854v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655085v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053487v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676598v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676639v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676668v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675775v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675779v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655157v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675740v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655090v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676662v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675860v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675858v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655225v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655086v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675782v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675861v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280454v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212820v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212856v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914518v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914470v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212899v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328315v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212859v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279667v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279652v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212794v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280450v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Lavrentiev" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279602v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655161v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280459v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212843v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675768v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212900v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330081v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212901v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212904v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328234v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212873v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280461v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279677v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675765v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212808v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bellon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053483v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053481v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053478v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053476v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053475v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053473v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053472v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053470v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053467v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053469v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053471v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053468v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053466v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053465v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053464v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053454v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04885810v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053453v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053449v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053443v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053441v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Herbin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053436v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090513v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Camps" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godfried Croenen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996995v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053445v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053462v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053437v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03243597v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crm.15573" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916027v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01958177v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018VALE0014" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215247v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pierreville" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Gr&#252;ber" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215964v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215241v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214354v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213665v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213661v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914655v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915009v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot-Barbance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915134v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213677v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215967v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215239v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915774v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915108v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915577v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste La&#239;d" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915549v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915542v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914609v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915271v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915568v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914786v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213641v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915806v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Trachsler" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215237v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915240v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914805v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915777v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gingras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915558v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215994v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215952v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915812v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215958v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215252v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213654v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215242v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213681v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215986v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216338v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914544v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915020v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914674v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Durand Dockx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fritz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216421v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915795v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915198v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915560v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053487v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655085v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Eug&#232;ne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665093v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676617v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676655v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053486v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675754v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655231v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655100v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676603v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665098v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665103v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665096v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675854v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655238v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655171v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665094v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676581v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676677v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676674v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675855v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675785v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675736v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053484v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675779v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675775v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676668v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676639v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676598v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675740v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Lavrentiev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655090v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676662v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675860v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675858v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675782v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655225v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655086v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676589v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675746v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665097v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655237v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675784v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665091v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655161v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675768v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280459v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Lavrentiev" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212843v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212900v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212794v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280450v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279602v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212899v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328315v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212859v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279667v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279652v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212901v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330081v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212904v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328234v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212873v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280461v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279677v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053483v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212808v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bellon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675765v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212820v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280454v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212856v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914518v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914470v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053481v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053478v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053476v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053475v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053473v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053472v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053471v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053469v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053470v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053467v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053468v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053466v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053465v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053464v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053454v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04885810v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053453v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053449v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053443v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053441v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Herbin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053436v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090513v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Camps" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godfried Croenen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996995v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053445v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053462v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05053437v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03243597v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crm.15573" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916027v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01958177v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018VALE0014" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>