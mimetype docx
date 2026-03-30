--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -640,429 +640,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03696031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Setting the basis of best practices and standards for curation and annotation of logical models in biology—highlights of the [BC]2 2019 CoLoMoTo/SysMod Workshop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabolic features of cancer cells impact immunosurveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Niarakis</w:t>
+                <w:t xml:space="preserve">Pan Juncheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Kuiper</w:t>
+                <w:t xml:space="preserve">Michele Mondini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marek Ostaszewski</w:t>
+                <w:t xml:space="preserve">Nizar Labaied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rahuman Malik Sheriff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cristina Casals-Casas</w:t>
+                <w:t xml:space="preserve">Mauro Loi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bib/bbaa046⟩</w:t>
+              <w:t xml:space="preserve">Journal for Immunotherapy of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (6), pp.e002362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jitc-2021-002362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02549796v1</w:t>
+                <w:t xml:space="preserve">hal-03272265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WebMaBoSS: A Web Interface for Simulating Boolean Models Stochastically</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Noël</w:t>
+                <w:t xml:space="preserve">Setting the basis of best practices and standards for curation and annotation of logical models in biology—highlights of the [BC]2 2019 CoLoMoTo/SysMod Workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Niarakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Ruscone</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Viara</w:t>
+                <w:t xml:space="preserve">Martin Kuiper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrei Zinovyev</w:t>
+                <w:t xml:space="preserve">Marek Ostaszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahuman Malik Sheriff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Casals-Casas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmolb.2021.754444⟩</w:t>
+              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (2), pp.1848--1859. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbaa046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03479335v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic features of cancer cells impact immunosurveillance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michele Mondini</w:t>
+                <w:t xml:space="preserve">WebMaBoSS: A Web Interface for Simulating Boolean Models Stochastically</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nizar Labaied</w:t>
+                <w:t xml:space="preserve">Marco Ruscone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Stoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Viara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Loi</w:t>
+                <w:t xml:space="preserve">Andrei Zinovyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal for Immunotherapy of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (6), pp.e002362. </w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jitc-2021-002362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmolb.2021.754444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03272265v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03479335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradoxical implication of BAX/BAK in the persistence of tetraploid cells</w:t>
               </w:r>
@@ -1176,779 +1176,779 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoimmunity affecting the biliary tract fuels the immunosurveillance of cholangiocarcinoma</w:t>
+                <w:t xml:space="preserve">A TLR3 Ligand Reestablishes Chemotherapeutic Responses in the Context of FPR1 Deficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Paillet</w:t>
+                <w:t xml:space="preserve">Julie Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céleste Plantureux</w:t>
+                <w:t xml:space="preserve">Peng Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Lévesque</w:t>
+                <w:t xml:space="preserve">Liwei Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Le Naour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gautier Stoll</w:t>
+                <w:t xml:space="preserve">Sandy Adjemian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsofia Sztupinszki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/jem.20200853⟩</w:t>
+              <w:t xml:space="preserve">Cancer Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (2), pp.408-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/2159-8290.cd-20-0465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03378827v1</w:t>
+                <w:t xml:space="preserve">hal-03682026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A TLR3 Ligand Reestablishes Chemotherapeutic Responses in the Context of FPR1 Deficiency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Autoimmunity affecting the biliary tract fuels the immunosurveillance of cholangiocarcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céleste Plantureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lévesque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Zsofia Sztupinszki</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Discovery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (2), pp.408-423. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 218 (10), pp.1-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1158/2159-8290.cd-20-0465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/jem.20200853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03682026v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03378827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical Boolean Modeling of Immunogenic Cell Death</w:t>
+                <w:t xml:space="preserve">The abundance of the long intergenic non-coding RNA 01087 differentiates between luminal and triple-negative breast cancers and predicts patient outcome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Checcoli</w:t>
+                <w:t xml:space="preserve">Fatima Domenica Elisa de Palma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Valentina del Monaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jonathan Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Barillot</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margerie Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria D’argenio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2020.590479⟩</w:t>
+              <w:t xml:space="preserve">Pharmacological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 161, pp.105249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phrs.2020.105249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03050475v1</w:t>
+                <w:t xml:space="preserve">hal-03351350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunoprophylactic and immunotherapeutic control of hormone receptor-positive breast cancer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamical Boolean Modeling of Immunogenic Cell Death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Perez-Lanzón</w:t>
+                <w:t xml:space="preserve">Andrea Checcoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristina Iribarren</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Humeau</w:t>
+                <w:t xml:space="preserve">Aurelien Naldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17644-0⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.590479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2020.590479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03994636v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The abundance of the long intergenic non-coding RNA 01087 differentiates between luminal and triple-negative breast cancers and predicts patient outcome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Immunoprophylactic and immunotherapeutic control of hormone receptor-positive breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aitziber Buqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Domenica Elisa de Palma</w:t>
+                <w:t xml:space="preserve">Norma Bloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina del Monaco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Pol</w:t>
+                <w:t xml:space="preserve">Maria Perez-Lanzón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margerie Kremer</w:t>
+                <w:t xml:space="preserve">Kristina Iribarren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria D’argenio</w:t>
+                <w:t xml:space="preserve">Juliette Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacological Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 161, pp.105249. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.3819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.phrs.2020.105249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17644-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351350v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03994636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Publisher Correction: Immunoprophylactic and immunotherapeutic control of hormone receptor-positive breast cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitziber Buqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norma Bloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Perez-Lanzón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristina Iribarren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (1), pp.4787. </w:t>
@@ -1980,338 +1980,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03994694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AIF-regulated oxidative phosphorylation supports lung cancer development</w:t>
+                <w:t xml:space="preserve">A synergistic triad of chemotherapy, immune checkpoint inhibitors, and caloric restriction mimetics eradicates tumors in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuan Rao</w:t>
+                <w:t xml:space="preserve">Sarah Levesque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Mondragón</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gautier Stoll</w:t>
+                <w:t xml:space="preserve">Federico Pietrocola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margerie Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41422-019-0181-4⟩</w:t>
+              <w:t xml:space="preserve">OncoImmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (11), pp.e1657375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/2162402X.2019.1657375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02355955v1</w:t>
+                <w:t xml:space="preserve">hal-02297833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synergistic triad of chemotherapy, immune checkpoint inhibitors, and caloric restriction mimetics eradicates tumors in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AIF-regulated oxidative phosphorylation supports lung cancer development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuan Rao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Mondragón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Levesque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Le Naour</w:t>
+                <w:t xml:space="preserve">Blanka Pranjic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Pietrocola</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Margerie Kremer</w:t>
+                <w:t xml:space="preserve">Toshikatsu Hanada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OncoImmunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (11), pp.e1657375. </w:t>
+              <w:t xml:space="preserve">Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (7), pp.579-591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/2162402X.2019.1657375⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41422-019-0181-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297833v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic enzymes expressed by cancer cells impact the immune infiltrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margerie Kremer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normal Bloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2516,295 +2516,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02461559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of Mutations to Control Pathways Enabling Tumour Cell Invasion with the CoLoMoTo Interactive Notebook (Tutorial)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The CoLoMoTo Interactive Notebook: Accessible and Reproducible Computational Analyses for Qualitative Biological Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Naldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Céline Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Thieffry</w:t>
+                <w:t xml:space="preserve">Pedro Monteiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9, pp.787. </w:t>
+              <w:t xml:space="preserve">, 2018, 9, pp.n°680:1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/319780⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01809081v1</w:t>
+                <w:t xml:space="preserve">hal-01794294v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The CoLoMoTo Interactive Notebook: Accessible and Reproducible Computational Analyses for Qualitative Biological Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of Mutations to Control Pathways Enabling Tumour Cell Invasion with the CoLoMoTo Interactive Notebook (Tutorial)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Naldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Monteiro</w:t>
+                <w:t xml:space="preserve">Denis Thieffry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9, pp.n°680:1-13. </w:t>
+              <w:t xml:space="preserve">, 2018, 9, pp.787. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00680⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/319780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01794294v2</w:t>
+                <w:t xml:space="preserve">hal-01809081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of autophagy inducers in epithelial cells carrying the ΔF508 mutation of the cystic fibrosis transmembrane conductance regulator CFTR</w:t>
               </w:r>
@@ -3218,51 +3218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuting Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen R Mattarollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Adjemian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heng Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4184,51 +4184,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carito Guziolowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Zinovyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4439,51 +4439,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ux&#237;a Nogueira-Recalde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Lambertucci" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mont&#233;gut" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moti&#241;o" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Chen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-025-01474-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04688446v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moriceau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Joseph" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mailliet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijing Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.adl0715" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875040v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Alvarez-Valadez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Sauvat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diharce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leduc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Stoll" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2024.2440842" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03696031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Naldi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2022.800152" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02549796v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Niarakis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kuiper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Ostaszewski" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahuman Malik Sheriff" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Casals-Casas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbaa046" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03479335v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ruscone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Zinovyev" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2021.754444" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03272265v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Juncheng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mondini" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Labaied" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Loi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jitc-2021-002362" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03424980v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayin Deng" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a G Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martins" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-021-04321-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378827v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Paillet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Plantureux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#233;vesque" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Naour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20200853" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682026v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwei Zhao" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Adjemian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsofia Sztupinszki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.cd-20-0465" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03050475v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Checcoli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pol" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Naldi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.590479" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994636v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitziber Buqu&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Bloy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Perez-Lanz&#243;n" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Iribarren" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Humeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17644-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351350v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Domenica Elisa de Palma" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina del Monaco" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margerie Kremer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria D&#8217;argenio" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2020.105249" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994694v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18719-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355955v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuan Rao" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mondrag&#243;n" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanka Pranjic" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshikatsu Hanada" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41422-019-0181-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02297833v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Levesque" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Pietrocola" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2019.1657375" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461563v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normal Bloy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Castedo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2019.1571389" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461559v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquelot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamazaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Roberti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Duong" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Andrews" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41422-019-0224-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809081v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hernandez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thieffry" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/319780" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794294v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Monteiro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00680" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01757232v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoyi Zhang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Bravo San Pedro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Sica" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-017-0235-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994406v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ivagn&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Messaoudene" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Routy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fluckiger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2017.1386826" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01366791v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Verlingue" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dugourd" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Calzone" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.12504" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047410v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Ma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen R Mattarollo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Yang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aymeric" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-13-1265" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438745v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Surdez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tirode" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Laud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt678" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00820930v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rovera" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-7-18" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00762304v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-6-116" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116921v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Pauwels" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurianne Lescure" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine del Nery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0042715" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538134v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carito Guziolowski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blachon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Baumuratova" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Radulescu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBB.2010.71" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00984711v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delyon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delattre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-4-146" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429801v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ux&#237;a Nogueira-Recalde" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Lambertucci" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mont&#233;gut" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moti&#241;o" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Chen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-025-01474-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04688446v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Moriceau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Joseph" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mailliet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijing Li" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.adl0715" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875040v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Alvarez-Valadez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Sauvat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diharce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leduc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Stoll" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2024.2440842" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03696031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Naldi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Viara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2022.800152" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03272265v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Juncheng" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mondini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Labaied" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Loi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jitc-2021-002362" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02549796v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Niarakis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kuiper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Ostaszewski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahuman Malik Sheriff" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Casals-Casas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbaa046" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03479335v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ruscone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Zinovyev" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2021.754444" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03424980v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayin Deng" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a G Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martins" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-021-04321-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682026v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Naour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwei Zhao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Adjemian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsofia Sztupinszki" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.cd-20-0465" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378827v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Paillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;leste Plantureux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah L&#233;vesque" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20200853" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351350v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Domenica Elisa de Palma" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina del Monaco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margerie Kremer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria D&#8217;argenio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2020.105249" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03050475v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Checcoli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Naldi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.590479" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994636v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitziber Buqu&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Bloy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Perez-Lanz&#243;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Iribarren" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Humeau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17644-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994694v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18719-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02297833v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Levesque" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Pietrocola" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2019.1657375" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355955v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuan Rao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mondrag&#243;n" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanka Pranjic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshikatsu Hanada" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41422-019-0181-4" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461563v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normal Bloy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Castedo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2019.1571389" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461559v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacquelot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamazaki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Roberti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Duong" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Andrews" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41422-019-0224-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794294v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hernandez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Levy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Monteiro" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00680" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809081v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thieffry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/319780" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01757232v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoyi Zhang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Bravo San Pedro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Sica" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-017-0235-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994406v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ivagn&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Messaoudene" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Routy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fluckiger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2017.1386826" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01366791v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Verlingue" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dugourd" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Calzone" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.12504" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047410v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Ma" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen R Mattarollo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Yang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aymeric" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-13-1265" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438745v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Surdez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tirode" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Laud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt678" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00820930v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rovera" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-7-18" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00762304v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-6-116" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116921v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Pauwels" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurianne Lescure" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine del Nery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0042715" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538134v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carito Guziolowski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blachon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Baumuratova" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Radulescu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBB.2010.71" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00984711v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delyon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delattre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-4-146" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00429801v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>