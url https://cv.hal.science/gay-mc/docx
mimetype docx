--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -618,109 +618,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04236565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la représentation de la maladie sur l’observance thérapeutique : orientations pour une intervention en éducation thérapeutique du patient</w:t>
+                <w:t xml:space="preserve">Processus adaptatifs et comportements de santé : influence de la représentation de la drépanocy-tose sur l’observance et l’adhésion thérapeutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e congrès : « Pratiques et interventions en psychologie de la santé. »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
+              <w:t xml:space="preserve">58e Congrès national : « Psychologie, Santé et Société. »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236573v1</w:t>
+                <w:t xml:space="preserve">hal-04236568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Sickle cell disease representation on compliance: orientation for health intervention</w:t>
               </w:r>
@@ -782,109 +782,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04236572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus adaptatifs et comportements de santé : influence de la représentation de la drépanocy-tose sur l’observance et l’adhésion thérapeutiques</w:t>
+                <w:t xml:space="preserve">Influence de la représentation de la maladie sur l’observance thérapeutique : orientations pour une intervention en éducation thérapeutique du patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58e Congrès national : « Psychologie, Santé et Société. »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Reims, France</w:t>
+              <w:t xml:space="preserve">10e congrès : « Pratiques et interventions en psychologie de la santé. »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236568v1</w:t>
+                <w:t xml:space="preserve">hal-04236573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sickle cell disease representation as determinants of Medicine-taking behaviour</w:t>
               </w:r>
@@ -1600,315 +1600,328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05194342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer la santé psychologique d’une population adolescente scolarisée dans un territoire labellisé « Cité éducative »</w:t>
+                <w:t xml:space="preserve">Trouble oppositionnel avec Provocation : le vécu et la santé mentale des parents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Rozier</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Francophone de la Psychologie de la Santé - AFPSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">50ème congrès de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04023977v1</w:t>
+                <w:t xml:space="preserve">hal-04023983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouble oppositionnel avec Provocation : le vécu et la santé mentale des parents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluer la santé psychologique d’une population adolescente scolarisée dans un territoire labellisé « Cité éducative »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Oudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50ème congrès de Thérapie Comportementale et Cognitive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Association Francophone de la Psychologie de la Santé - AFPSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023983v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment favoriser la prise de décision favorable à la santé : apports de l’entretien motivationnel.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Claire Gay</w:t>
+                <w:t xml:space="preserve">Caractéristiques du Trouble Oppositionnel avec provocation et axes de remédiations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Montevil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e Journées Neurologiques de Langue Française (JNLF).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Neurologie., 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236225v1</w:t>
+                <w:t xml:space="preserve">hal-03792832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment favoriser la prise de décision favorable à la santé : apports de l’entretien motivationnel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1924,152 +1937,139 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21e Journée Neurologique de Langue Française (JNLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Neurologie, 2021, Paris (virtual congress), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractéristiques du Trouble Oppositionnel avec provocation et axes de remédiations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M.-C. Gay</w:t>
+                <w:t xml:space="preserve">Comment favoriser la prise de décision favorable à la santé : apports de l’entretien motivationnel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Encéphale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">21e Journées Neurologiques de Langue Française (JNLF).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Neurologie., 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03792832v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le traitement des émotions chez les personnes atteintes de Sclérose en Plaques</w:t>
               </w:r>
@@ -2118,221 +2118,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychosocial factors influencing compliance in sickle cell disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
+                <w:t xml:space="preserve">Effectivness of a psychological treatment against Fatigue: stability of the results at a 12 month Follow-up.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Cassedanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th annual Canadian Haemoglobinopathy Conference – Montréal (Canada)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Canadian Society of Haematology, 2020, Montreal ( Virtual ON LINE ), France</w:t>
+              <w:t xml:space="preserve">Congress of the European Academy of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Academy of Neurology, 2020, Paris (Virtual), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04231627v1</w:t>
+                <w:t xml:space="preserve">hal-04231675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectivness of a psychological treatment against Fatigue: stability of the results at a 12 month Follow-up.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Cassedanne</w:t>
+                <w:t xml:space="preserve">Psychosocial factors influencing compliance in sickle cell disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress of the European Academy of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Academy of Neurology, 2020, Paris (Virtual), France</w:t>
+              <w:t xml:space="preserve">7th annual Canadian Haemoglobinopathy Conference – Montréal (Canada)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canadian Society of Haematology, 2020, Montreal ( Virtual ON LINE ), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231675v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effectivness of a psychological treatment against Fatigue: stability of the results at a 12 month Follow-up,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cassedanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2534,51 +2534,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FACETS +: first results in a French sample of the addition of boosting sessions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cassedanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3022,177 +3022,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04768522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term effectiveness of a cognitive behavioural therapy (CBT) in the management of fatigue in patients with relapsing remitting multiple sclerosis (RRMS): a multicentre, randomised, open-label, controlled trial versus standard care</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effectiveness of Schema Therapy on Anxiety, Depression, Fatigue, Quality of Life, and Sleep in Patients with Multiple Sclerosis: A Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azam Mansourzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vahid Shaygannejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omid Mirmosayyeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alireza Afshari-Safavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jnnp-2023-331537⟩</w:t>
+              <w:t xml:space="preserve">Middle East Journal of Rehabilitation and Health Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5812/mejrh-132571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228510v1</w:t>
+                <w:t xml:space="preserve">hal-04768523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adherence in adults with sickle cell disease: using illness perception to understand the low adherence rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3208,187 +3204,191 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">revue européeene de psychologie appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of Schema Therapy on Anxiety, Depression, Fatigue, Quality of Life, and Sleep in Patients with Multiple Sclerosis: A Randomized Controlled Trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Azam Mansourzadeh</w:t>
+                <w:t xml:space="preserve">Long-term effectiveness of a cognitive behavioural therapy (CBT) in the management of fatigue in patients with relapsing remitting multiple sclerosis (RRMS): a multicentre, randomised, open-label, controlled trial versus standard care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claire Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Cassedanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vahid Shaygannejad</w:t>
+                <w:t xml:space="preserve">Frederic Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omid Mirmosayyeb</w:t>
+                <w:t xml:space="preserve">Isabelle Vaugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alireza Afshari-Safavi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sarah Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Middle East Journal of Rehabilitation and Health Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, jnnp-2023-331537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5812/mejrh-132571⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jnnp-2023-331537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04768523v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04228510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychometric characteristics of the Revised Illness Perception Questionnaire (IPQ-R) in adults with sickle cell disease</w:t>
               </w:r>
@@ -3736,274 +3736,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depression in adults with sickle cell disease: a systematic review of the methodological issues in assessing prevalence of depression</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Galactéros</w:t>
+                <w:t xml:space="preserve">Impact of a Psychosocial Intervention on Social Interactions between People with Dementia: An Observational Study in a Nursing Home</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Mabire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Charras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrra Vernooij-Dassen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40359-021-00543-4⟩</w:t>
+              <w:t xml:space="preserve">Activities, Adaptation and Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (1), pp.73-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01924788.2021.1966574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03312727v1</w:t>
+                <w:t xml:space="preserve">hal-04768529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a Psychosocial Intervention on Social Interactions between People with Dementia: An Observational Study in a Nursing Home</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Bernard Mabire</w:t>
+                <w:t xml:space="preserve">Depression in adults with sickle cell disease: a systematic review of the methodological issues in assessing prevalence of depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Oudin Doglioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chabasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galactéros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Gay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Myrra Vernooij-Dassen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activities, Adaptation and Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01924788.2021.1966574⟩</w:t>
+              <w:t xml:space="preserve">BMC Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), pp.54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40359-021-00543-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04768529v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03312727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Health of People With Multiple Sclerosis From a Multicenter Randomized Controlled Study in Parallel Groups: Preliminary Results on the Efficacy of a Mindfulness Intervention and Intention Implementation Associated With a Physical Activity Program</w:t>
               </w:r>
@@ -4519,161 +4519,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digitizing a Face-to-Face Group Fatigue Management Program: Exploring the Views of People With Multiple Sclerosis and Health Care Professionals Via Consultation Groups and Interviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Thomas</w:t>
+                <w:t xml:space="preserve">Cross-cultural validation of a French version of the Emotional Processing Scale (EPS-25)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andy Pulman</w:t>
+                <w:t xml:space="preserve">R. Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Thomas</w:t>
+                <w:t xml:space="preserve">P. Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Collard</w:t>
+                <w:t xml:space="preserve">P. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nan Jiang</w:t>
+                <w:t xml:space="preserve">O. Heinzlef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Formative Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 3 (2), pp.e10951. </w:t>
+              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69 (3), pp.91-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/10951⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.erap.2019.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228519v1</w:t>
+                <w:t xml:space="preserve">hal-04228515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations de la drépanocytose comme déterminants de l’observance thérapeutique</w:t>
               </w:r>
@@ -4783,161 +4783,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03484380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-cultural validation of a French version of the Emotional Processing Scale (EPS-25)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.-C. Gay</w:t>
+                <w:t xml:space="preserve">Digitizing a Face-to-Face Group Fatigue Management Program: Exploring the Views of People With Multiple Sclerosis and Health Care Professionals Via Consultation Groups and Interviews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Baker</w:t>
+                <w:t xml:space="preserve">Andy Pulman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Vrignaud</w:t>
+                <w:t xml:space="preserve">Peter Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Thomas</w:t>
+                <w:t xml:space="preserve">Sarah Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Heinzlef</w:t>
+                <w:t xml:space="preserve">Nan Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 69 (3), pp.91-99. </w:t>
+              <w:t xml:space="preserve">JMIR Formative Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (2), pp.e10951. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.erap.2019.05.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/10951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228515v1</w:t>
+                <w:t xml:space="preserve">hal-04228519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations de la drépanocytose comme déterminants de l’observance thérapeutique</w:t>
               </w:r>
@@ -5102,51 +5102,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.erap.2019.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332868v1</w:t>
@@ -5157,130 +5157,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-cultural validation of a French version of the Emotional Processing Scale (EPS-25)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Haag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 69 (3), pp.91-99. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.erap.2019.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168503v1</w:t>
@@ -5419,537 +5419,537 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress perçu et santé physique des doctorants dans les universités françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Haag</w:t>
+                <w:t xml:space="preserve">Troubles psychiatriques au cours de la sclérose en plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Cassedanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Shankland</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natacha Berle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Heinzlef</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Lettre du Neurologue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Vol. XXII (n° 7)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02424380v1</w:t>
+                <w:t xml:space="preserve">hal-04231614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troubles psychiatriques au cours de la sclérose en plaques</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stress perçu et santé physique des doctorants dans les universités françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Haag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Shankland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Osin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">É. Boujut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Cazalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre du Neurologue</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (1), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prps.2017.04.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231614v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anxiety, emotional processing and depression in people with multiple sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of Active Psychosocial Stimulation on Social Interactions of People with Dementia Living in a Nursing Home: A Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Mabire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter Thomas</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Garitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun-Hee Jeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12883-017-0803-8⟩</w:t>
+              <w:t xml:space="preserve">International Psychogeriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1--2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1041610217002046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01566615v1</w:t>
+                <w:t xml:space="preserve">hal-01754728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Active Psychosocial Stimulation on Social Interactions of People with Dementia Living in a Nursing Home: A Comparative Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anxiety, emotional processing and depression in people with multiple sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yun-Hee Jeon</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Psychogeriatrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1041610217002046⟩</w:t>
+              <w:t xml:space="preserve">BMC Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Demyelinating diseases, 17 (43), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12883-017-0803-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01754728v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiety, emotional processing and depression in patients with multiple sclerosis</w:t>
               </w:r>
@@ -5987,51 +5987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bungener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vrignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, pp.43</w:t>
@@ -7159,64 +7159,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sclérose en plaques : des difficultés diagnostiques aux interventions psychosociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Berle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Cassedanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Lagadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7569,51 +7569,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417025v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Dubail" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Einloft Brunnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412111v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236550v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Oudin Doglioni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claire Gay" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236554v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236558v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236565v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236573v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236572v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236568v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236576v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410551v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bruckert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heinzlef" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jeannin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236581v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236579v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479376v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479382v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194342v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023977v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rozier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Deborde" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oudin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Gay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023983v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236225v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231669v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792832v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montevil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230046v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231627v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231675v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cassedanne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231646v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230094v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berel H&#233;lo&#239;se" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230056v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berle Natacha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231666v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230116v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230069v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassedanne Fanny" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozier Emilie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768522v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Couette" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fort&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chabasseur" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galact&#233;ros" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2023.100940" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228510v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Barbot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vaugier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thomas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2023-331537" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231585v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768523v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azam Mansourzadeh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Shaygannejad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omid Mirmosayyeb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Afshari-Safavi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5812/mejrh-132571" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228479v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pham-Hung D&#8217;alexandry D&#8217;orengiani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21642850.2021.2016411" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04212666v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bouvet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Feldman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Skandrani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vanwalleghem" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psm.223.0019" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228473v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Mabire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Charras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrra Vernooij-Dassen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01924788.2021.1966574" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03312727v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-021-00543-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768529v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03872589v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Torkhani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dematte" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Csillik" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.767784" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02870105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montreuil" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derrey-Bunel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Scrima" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savoye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00703" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228465v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228519v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Pulman" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thomas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Collard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Jiang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/10951" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484380v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Oudin-Doglioni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lehougre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Arlet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.10.024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228515v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baker" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vrignaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thomas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heinzlef" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2019.05.002" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228446v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Haag" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168503v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haag" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228456v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vrignaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garitte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun-Hee Jeon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1041610217002046" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424380v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shankland" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Osin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Boujut" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Cazalis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2017.04.005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231614v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Berle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566615v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bungener" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-017-0803-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01754728v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03225262v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Montreuil" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Montel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bungener" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01550590v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Bruce" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delwyn Catley" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen J Goggin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566658v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1041610215002483" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566690v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Garbay" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Claxton-Oldfield" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049909114536978" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478477v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566748v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566760v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Elb&#232;ze-Rimasson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.03.015" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4BZJ6S8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610659v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferreira" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Regnier-Aeberhard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bricaire" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2007.09.005" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230027v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230014v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229986v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/F8Q9Y" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03005873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Lagadec" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478742v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417025v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Dubail" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Einloft Brunnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412111v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236550v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Oudin Doglioni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claire Gay" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236554v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236558v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236565v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236568v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236572v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236573v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236576v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410551v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bruckert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heinzlef" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jeannin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236581v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236579v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479376v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479382v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194342v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023983v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Deborde" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Gay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023977v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rozier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Oudin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792832v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montevil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231669v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236225v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230046v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231675v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cassedanne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231627v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231646v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230094v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berel H&#233;lo&#239;se" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230056v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berle Natacha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231666v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230116v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230069v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassedanne Fanny" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozier Emilie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768522v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Couette" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fort&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chabasseur" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galact&#233;ros" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2023.100940" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768523v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azam Mansourzadeh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Shaygannejad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omid Mirmosayyeb" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Afshari-Safavi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5812/mejrh-132571" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231585v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228510v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Barbot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vaugier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thomas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2023-331537" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228479v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pham-Hung D&#8217;alexandry D&#8217;orengiani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21642850.2021.2016411" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04212666v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bouvet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Feldman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Skandrani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vanwalleghem" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psm.223.0019" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228473v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Mabire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Charras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrra Vernooij-Dassen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01924788.2021.1966574" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768529v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03312727v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-021-00543-4" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03872589v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eya Torkhani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dematte" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Slawinski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Csillik" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.767784" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02870105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montreuil" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derrey-Bunel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Scrima" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savoye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00703" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228465v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228515v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baker" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vrignaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thomas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heinzlef" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2019.05.002" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484380v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Oudin-Doglioni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lehougre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Arlet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.10.024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228519v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Pulman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thomas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Collard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Jiang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/10951" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228446v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Haag" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168503v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haag" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228456v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vrignaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garitte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun-Hee Jeon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1041610217002046" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231614v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Berle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424380v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shankland" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Osin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Boujut" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Cazalis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2017.04.005" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01754728v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566615v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bungener" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12883-017-0803-8" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03225262v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Montreuil" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Montel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bungener" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01550590v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Bruce" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delwyn Catley" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen J Goggin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566658v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1041610215002483" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566690v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Garbay" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Claxton-Oldfield" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049909114536978" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478477v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566748v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566760v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Elb&#232;ze-Rimasson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.03.015" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q4BZJ6S8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610659v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferreira" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Regnier-Aeberhard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bricaire" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2007.09.005" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230027v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230014v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229986v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/F8Q9Y" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03005873v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Lagadec" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478742v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>