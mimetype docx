--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,805 +66,930 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical estimation of iron isotope fractionation during cloud processing of aerosols</w:t>
+                <w:t xml:space="preserve">Modeling of Iron Isotope Fractionation During Aerosol Cloud Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+                <w:t xml:space="preserve">Hisham Khalifeh Al Rawas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cecilia Pech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Carmen Ciotonea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Deboudt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maya Marinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop LEFE/CHAT on theoretical physical chemistry and atmospheric chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Marseille, France</w:t>
+              <w:t xml:space="preserve">Cross Disciplinary Project (CDP) AREA (Aerosol at the heaRt of the Earth Atmosphere system) Scientific Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Villeneuve d’Ascq (Lille), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05170026v1</w:t>
+                <w:t xml:space="preserve">hal-05564197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-pathlength spectroscopy in Atmospheric Simulation Chamber, from near-infrared to terahertz</w:t>
+                <w:t xml:space="preserve">Theoretical estimation of iron isotope fractionation during cloud processing of aerosols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Decker</w:t>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Ciotonea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hisham Khalifeh Al Rawas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Fertein</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Houzel</w:t>
+                <w:t xml:space="preserve">Maya Marinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GDR NanoTeraMIR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Metz (virtuel), France</w:t>
+              <w:t xml:space="preserve">Workshop LEFE/CHAT on theoretical physical chemistry and atmospheric chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04513181v1</w:t>
+                <w:t xml:space="preserve">hal-05170026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution study of the v2 and v5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-pathlength spectroscopy in Atmospheric Simulation Chamber, from near-infrared to terahertz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fertein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+                <w:t xml:space="preserve">Pierre Kulinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+                <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th International Colloquium of High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Journées du GDR NanoTeraMIR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Metz (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535387v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the rovibrational SCl2 stretching bands of thionyle chloride</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">High resolution study of the v2 and v5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th THz Days (GdR TeraNanoMir)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">The 25th International Colloquium of High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535390v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the rovibrational SCl2 stretching bands of thionyle chloride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Leo Meerts</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th SOLEIL Users’ Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Palaiseau (Ecole Polytechnique), France</w:t>
+              <w:t xml:space="preserve">9th THz Days (GdR TeraNanoMir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535397v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the rovibrational SCl2 stretching bands of thionyle chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Leo Meerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pirali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 12th SOLEIL Users’ Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Palaiseau (Ecole Polytechnique), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Villeneuse d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -874,2373 +999,2373 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A biogenic organic molecule involved in the formation of secondary organic aerosols: Microwave and millimeter-wave spectroscopy of 3-methylcatechol backed by quantum chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiujuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colwyn Bracquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 1308, pp.138048. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molstruc.2024.138048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into the chemical composition and formation mechanisms of secondary organic aerosols produced in the ozonolysis of limonene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence JACOB</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Genevray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Clety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Aerosol Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 173, pp.106214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jaerosci.2023.106214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04107949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MULTICHARME: A modified Chernin-type multi-pass cell designed for IR and THz long-path absorption measurements in the CHARME atmospheric simulation chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fertein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kulinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Measurement Techniques Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (5), pp.1201-1215. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/amt-2021-399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Millimeter-Wave Spectroscopy of Methylfuran Isomers: Local vs. Global Treatments of the Internal Rotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sathapana Chawananon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 27 (11), pp.3591. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27113591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory study of iron isotope fractionation during dissolution of mineral dust and industrial ash in simulated cloud water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena C Maters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel S Mulholland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Mattielli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 299, pp.134472. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.134472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramolecular H-Bond Dynamics of Catechol Investigated by THz High-Resolution Spectroscopy of Its Low-Frequency Modes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
+                <w:t xml:space="preserve">In-cloud processing as a possible source of isotopically light iron from anthropogenic aerosols: New insights from a laboratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Santos Mulholland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atef Jabri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
+                <w:t xml:space="preserve">Nadine Mattielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Deboudt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 259, pp.118505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118505⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules26123645⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03261642v1</w:t>
+                <w:t xml:space="preserve">hal-03693948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-cloud processing as a possible source of isotopically light iron from anthropogenic aerosols: New insights from a laboratory study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molien generating functions and integrity bases for the action of the ${{\mathrm {SO(3)}}}$ and ${{\mathrm {O(3)}}}$ groups on a set of vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cassam-Chenaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Patras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118505⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (10), pp.2294-2326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10910-021-01277-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03693948v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molien generating functions and integrity bases for the action of the ${{\mathrm {SO(3)}}}$ and ${{\mathrm {O(3)}}}$ groups on a set of vectors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Intramolecular H-Bond Dynamics of Catechol Investigated by THz High-Resolution Spectroscopy of Its Low-Frequency Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Jabri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10910-021-01277-9⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (12), pp.3645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26123645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290980v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molien generating functions and integrity bases for the action of the SO(3) and O(3) groups on a set of vectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cassam-Chenaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Patras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 59, pp.2294-2326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01222972v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Study of Energy Band Rearrangement in Isolated Molecules by Means of the Dirac Oscillator Approximation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshihiro Iwai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Zhilinskii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regular and Chaotic Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 25 (5), pp.424-452. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1134/S1560354720050032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the Observed Electric Field and Molecular Relaxation Times for Millimeter-Wave Chirped Pulse Instrumentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Infrared, Millimeter and Terahertz Waves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 41 (8), pp.1009-1021. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10762-020-00716-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02932920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conformational landscape and inertial defect of methoxyphenol isomers studied by mm-wave spectroscopy and quantum chemistry calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 150, pp.104303. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5089426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecules probed with a slow chirped-pulse excitation: Analytical model of the free-induction-decay signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 100 (4), pp.043407. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.100.043407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02322177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full Conformational Landscape of 3‐Methoxyphenol Revealed by Room Temperature mm‐wave Rotational Spectroscopy Supported by Quantum Chemical Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (13), pp.1572-1578. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cphc.201800148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution study of the ν2 and ν5 rovibrational fundamental bands of thionyl chloride: Interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topological phase transition in a molecular Hamiltonian with symmetry and pseudo-symmetry, studied through quantum, semi-quantum and classical models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshihiro Iwai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Zhilinskii</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4996655⟩</w:t>
+              <w:t xml:space="preserve">SIGMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13, pp.054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3842/SIGMA.2017.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04218554v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01582457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological phase transition in a molecular Hamiltonian with symmetry and pseudo-symmetry, studied through quantum, semi-quantum and classical models</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High resolution study of the ν2 and ν5 rovibrational fundamental bands of thionyl chloride: Interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Leo Meerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGMA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3842/SIGMA.2017.054⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 147 (5), pp.054303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4996655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01582457v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Fast Algorithm for the Construction of Integrity Bases Associated to Symmetry-Adapted Polynomial Representations. Application to Tetrahedral XY4 Molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cassam-Chenaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Patras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 53 (1), pp.58-85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10910-014-0410-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00879715v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The action of the special orthogonal group on planar vectors: integrity bases via a generalization of the symbolic interpretation of Molien functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Patras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Zhilinskii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 48 (3), pp.035201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1751-8113/48/3/035201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01158118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ro-vibrational excitation of the SO molecule by collision with the He atom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Spielfiedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Feautrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 458 (1), pp.331-337. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361:20065713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3250,1543 +3375,1543 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution terahertz spectroscopy of atmospheric compounds</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Quantum chemical investigation of intramolecular hydrogen bonds in oxygenated aromatic molecules: influence of ring size, donor/acceptor groups and substituants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Pech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robin Bocquet</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Małgorzata Olejniczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Plénières du GDR EMIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PhLAM (Université de Lille); LPCA (Université du Littoral Côte d'Opale), Jun 2022, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">75th International Symposium on Molecular Spectroscopy (ISMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Champaign, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535361v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03599584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum chemical investigation of intramolecular hydrogen bonds in oxygenated aromatic molecules: influence of ring size, donor/acceptor groups and substituants</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">High-resolution terahertz spectroscopy of atmospheric compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Hindle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Małgorzata Olejniczak</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th International Symposium on Molecular Spectroscopy (ISMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Champaign, United States</w:t>
+              <w:t xml:space="preserve">Journées Plénières du GDR EMIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PhLAM (Université de Lille); LPCA (Université du Littoral Côte d'Opale), Jun 2022, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03599584v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum chemical investigation of intramolecular hydrogen bonds in oxygenated aromatic molecules: influence of ring size, donor/acceptor groups and substituants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Małgorzata Olejniczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées plénières 2022 du GDR EMIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PhLAM (Université de Lille); LPCA (Université du Littoral Côte d’Opale), Jun 2022, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03695101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecules probed with a slow chirped-pulse excitation: analytical model of the free-indiction-decay signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Hickson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 International Symposium on Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Urbana Champaign, United States. pp.1-1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15278/isms.2021.TE06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIGH-RESOLUTION GAS PHASE THz SPECTROSCOPY OF THE CATECHOL LOW FREQUENCY MODES INVOLVING AN INTRAMOLECULAR HYDROGEN BOND</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Urbana Champaign, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04441668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conformational analysis of methoxyphenol isomers using high-resolution spectroscopy and quantum chemistry calculations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Asselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XIX Symposium on High Resolution Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nizhny Novgorod, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02397271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational spectroscopy of nitrotoluene isomers towards the detection of explosive taggants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JSM-Créteil 2019 - Journées de Spectroscopie Moléculaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02397159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational spectroscopy of nitrotoluene isomers towards the detection of explosive taggants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 26th Colloquium on High Resolution Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Carnot de Bourgogne (ICB), Aug 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02397281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride : interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thematic doctoral school METAMORPHOSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Louvain -la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelisation of a gas phase polarization induced by a 200 GHz chirped pulse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference “Terahertz and Microwave Radiation: Generation, Detection and Applications” (TERA-2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Budker Institute of Nuclear Physics (Novosibirsk); Moscow State University; Institute of Applied Physics (Nizhny Novgorod), Oct 2018, Nizhny Novgorod, Russia. 2p. / 06001, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201819506001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04524030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride : interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy - 73rd Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Urbana-champaign, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the nu5 and nu2 bands of SOCl2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Leo Meerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Conference on High Resolution Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4796,188 +4921,188 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelisation of a gas phase polarization induced by a 200 GHz chirped pulse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference “Terahertz and Microwave Radiation: Generation, Detection and Applications” (TERA-2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Nizhny Novgorod, Russia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 195, EDP Sciences, 2p. / 06001, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/201819506001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId119"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5124,51 +5249,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170026v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dhont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ciotonea" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fontanari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Khalifeh Al Rawas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Marinova" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04513181v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fertein" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bruckhuisen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kulinski" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houzel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535387v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roucou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Martin-Drumel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Thorwirth" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535390v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535397v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Leo Meerts" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pirali" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04523948v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiujuan Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colwyn Bracquart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04107949v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence JACOB" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Genevray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Clety" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coeur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106214" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04097350v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-2021-399" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688186v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathapana Chawananon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kleiner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27113591" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693937v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena C Maters" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S Mulholland" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Flament" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen de Jong" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mattielli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.134472" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261642v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Jabri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Bayoudh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26123645" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Santos Mulholland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deboudt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118505" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290980v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cassam-Chena&#239;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Patras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10910-021-01277-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222972v5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290695v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Iwai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Zhilinskii" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1560354720050032" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932920v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hindle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10762-020-00716-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173780v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bocquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089426" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322177v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.100.043407" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04220467v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201800148" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04218554v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996655" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582457v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2017.054" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-00879715v3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10910-014-0410-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158118v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/48/3/035201" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046376v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Spielfiedel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feautrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065713" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535361v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599584v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pech" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Olejniczak" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695101v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vallet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04523619v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hickson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15278/isms.2021.TE06" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441668v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397271v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asselin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397159v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goubet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kleiner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bteich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397281v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535401v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04524030v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201819506001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535331v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535357v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04218568v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564197v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Khalifeh Al Rawas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ciotonea" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deboudt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fontanari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170026v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dhont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Marinova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04513181v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fertein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bruckhuisen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kulinski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houzel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535387v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roucou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Martin-Drumel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Thorwirth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535390v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535397v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Leo Meerts" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pirali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535394v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04523948v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiujuan Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roca" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colwyn Bracquart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04107949v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence JACOB" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Genevray" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Clety" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coeur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2023.106214" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04097350v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-2021-399" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688186v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathapana Chawananon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kleiner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27113591" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693937v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena C Maters" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S Mulholland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Flament" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen de Jong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mattielli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.134472" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693948v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Santos Mulholland" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118505" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290980v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cassam-Chena&#239;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Patras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10910-021-01277-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261642v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Jabri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Bayoudh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26123645" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222972v5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04290695v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Iwai" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Zhilinskii" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1560354720050032" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932920v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hindle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10762-020-00716-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173780v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bocquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089426" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322177v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.100.043407" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04220467v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201800148" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582457v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2017.054" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04218554v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996655" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-00879715v3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10910-014-0410-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158118v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/48/3/035201" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046376v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Spielfiedel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Feautrier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20065713" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599584v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Olejniczak" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535361v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695101v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vallet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04523619v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hickson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15278/isms.2021.TE06" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441668v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397271v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asselin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397159v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goubet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kleiner" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bteich" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397281v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535401v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04524030v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201819506001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535331v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535357v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04218568v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>