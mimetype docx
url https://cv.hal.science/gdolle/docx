--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -259,278 +259,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VSMOD: A Vessel Segmentation and MODelization plugin for 3D Slicer</w:t>
+                <w:t xml:space="preserve">Accurate Cerebral Venous Blood Flow Simulations Compared to Real Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane des Ligneris</w:t>
+                <w:t xml:space="preserve">Pierre Mollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Husak</w:t>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azéline Aillet</w:t>
+                <w:t xml:space="preserve">Olivier Balédent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dollé</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphanie Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21105/joss.08563⟩</w:t>
+              <w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mmnp/2025002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05312036v1</w:t>
+                <w:t xml:space="preserve">hal-04555008v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate Cerebral Venous Blood Flow Simulations Compared to Real Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">VSMOD: A Vessel Segmentation and MODelization plugin for 3D Slicer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane des Ligneris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mollo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Gabriel Husak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azéline Aillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Salmon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carole Frindel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20, pp.11. </w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (114), pp.8563. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/mmnp/2025002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21105/joss.08563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04555008v2</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05312036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The R-Vessel-X Project</w:t>
               </w:r>
@@ -663,51 +663,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SLAM – A thin-client for interoperable annotation and biomedical signal handling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Alloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -784,51 +784,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilabel SegSRGAN — A framework for parcellation and morphometry of preterm brain in MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -970,51 +970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cazorla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Tor-Díez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 120, pp.103755. </w:t>
@@ -1078,51 +1078,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Prud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Belhachmi Sci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Torregrossa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1303,51 +1303,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical modeling and numerical simulation of a bioreactor landfill using Feel++</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Duran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1495,51 +1495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bednarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Givernaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1607,51 +1607,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-label neonatal EEG segmentation enriched with semi-synthetic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bednarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1741,77 +1741,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemodynamic Modeling of Cerebral Aneurysms: Coupling 4D Flow MRI and Finite Element Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Passat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Portefaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1862,51 +1862,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic segmentation of neonatal electroencephalography for assisted interpretation: a multi label approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Givernaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1968,347 +1968,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the Child’s Lower Urinary Tract</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+                <w:t xml:space="preserve">Comparaison d'une séquence IRM de flux 4D et de la simulation numérique pour l'étude hémodynamique des anévrismes intracrâniens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laurence Poli Mérol</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Passat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Portefaix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numerical Mathematics and Advanced Applications (ENUMATH)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès de la Société de Mathématiques Appliquées et Industrielles (SMAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société des Mathématiques Appliquées et Industrielles, 2025, Carcans Maubuisson, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04744364v1</w:t>
+                <w:t xml:space="preserve">hal-05097600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison d'une séquence IRM de flux 4D et de la simulation numérique pour l'étude hémodynamique des anévrismes intracrâniens</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Modeling of the Child’s Lower Urinary Tract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Portefaix</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laurence Poli Mérol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société de Mathématiques Appliquées et Industrielles (SMAI)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Numerical Mathematics and Advanced Applications (ENUMATH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lisbon, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-86169-7_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097600v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two dimensional modeling of children's lower urinary tract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lisa Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2350,90 +2350,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerebral Venous Blood Flow Model Enhanced with Flow-MRI Data Assimilation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Balédent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference Computational and Mathematical Biomedical Engineering (CMBE) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Milan, Italy. pp.300-303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2510,51 +2510,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cazorla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Tor-Díez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Extraction et Gestion des Connaissances - Atelier Apprentissage Profond : Théorie et Applications (APTA@EGC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Bruxelles, Belgique</w:t>
@@ -2596,77 +2596,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical modeling of diffusive optical tomography in the neonatal head</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Lohrengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Oumri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Wallois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2704,51 +2704,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SiViBiR++ project: Simulation of a Virtual Bioreactor Landfill using Feel++</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Duran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2883,102 +2883,102 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Morain-Nicolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Givernaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Mar 2026, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05470237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -3059,51 +3059,51 @@
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulysse Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Mar 2026, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05469863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -3120,51 +3120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-label neonatal EEG segmentation enriched with semi-synthetic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Givernaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3232,103 +3232,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation numérique du système urinaire inférieur de l'enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lisa Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Messelod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de Chirurgie Pédiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Caen, France</w:t>
@@ -3357,51 +3357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SegSRGAN multilabel – Parcellisation et morphométrie cérébrale des nouveau-nés prématurés en IRM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3601,234 +3601,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SegSRGAN multilabel – Parcellisation et morphométrie cérébrale des nouveau-nés prématurés en IRM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation du système urinaire inférieur de l’enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Messelod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dollé</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Quentin Delannoy</w:t>
+                <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Chirurgie Pédiatrique (SFCP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04406703v2</w:t>
+                <w:t xml:space="preserve">hal-04740542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du système urinaire inférieur de l’enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lisa Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Messelod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Rémoise des Jeunes Chercheurs en Santé (JRJCS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Reims, France</w:t>
@@ -3851,359 +3851,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04740533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du système urinaire inférieur de l’enfant</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">SegSRGAN multilabel – Parcellisation et morphométrie cérébrale des nouveau-nés prématurés en IRM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Salmon</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Loron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Alloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Kraus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Chirurgie Pédiatrique (SFCP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740542v1</w:t>
+                <w:t xml:space="preserve">hal-04406703v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation d'électroencéphalogrammes néonataux pour l'apprentissage supervisé</w:t>
+                <w:t xml:space="preserve">Annotation d’électroencéphalogrammes (EEG) néonataux pour l’apprentissage supervisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Alloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bednarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique autour de l’IA (JSIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03929211v1</w:t>
+                <w:t xml:space="preserve">hal-03981343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du système urinaire inférieur de l'enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lisa Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Rémoise des Jeunes Chercheurs en Santé (JRJCS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
@@ -4226,152 +4226,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04241981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation d’électroencéphalogrammes (EEG) néonataux pour l’apprentissage supervisé</w:t>
+                <w:t xml:space="preserve">Annotation d'électroencéphalogrammes néonataux pour l'apprentissage supervisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Alloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bednarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique autour de l’IA (JSIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">Colloque Français d'Intelligence Artificielle en Imagerie Biomédicale (IABM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03981343v1</w:t>
+                <w:t xml:space="preserve">hal-03929211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude volumétrique des régions cérébrales de nouveau-nés prématurés</w:t>
               </w:r>
@@ -4396,51 +4396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4482,103 +4482,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du système urinaire inférieur de l'enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Boudaoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lisa Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Chirurgie Pédiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Poitiers, France</w:t>
@@ -4607,90 +4607,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of the child's lower urinary system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Poli-Merol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4767,51 +4767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Regnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4905,51 +4905,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Prud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMFL Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Arles, France</w:t>
@@ -4991,51 +4991,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffuse Optical Tomography For Tumour Detection Diffuse Optical Tomography For Tumour Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Belhachmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Prud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5118,51 +5118,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffuse optical tomography and fluorescence for tumour detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dollé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Medical Imaging. Université de Strasbourg, 2018. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018STRAD029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5279,51 +5279,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="35DD8687"/>
+    <w:nsid w:val="3526C4B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5510,51 +5510,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gdolle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5844-2536" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236648047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/dolle_g_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/144156251793807991199" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/O-1667-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312036v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane des Ligneris" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Husak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;line Aillet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doll&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Frindel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.08563" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555008v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mollo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bal&#233;dent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Salmon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2025002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884983v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Affane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Lamy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lienemann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Peron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2025.100876" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576724v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Kraus" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Alloux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Loron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bednarek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2024.101795" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576760v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Delannoy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0312822" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189136v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Hieu Pham" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cazorla" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Tor-D&#237;ez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2020.103755" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301423v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prud'Homme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Belhachmi Sci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Torregrossa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4208/jms.v52n3.19.07" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694694v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Follain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nael Osmani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Azevedo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Allio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mercier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2018.02.015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258643v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Duran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Feyeux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fr&#233;nod" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Giacomini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201655083" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244127v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Beck" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Givernaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kamgnia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863223v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Loron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI60581.2025.10980955" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425857v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Fontaine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Portefaix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137778v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744364v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Grandjean" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boudaoud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Poli M&#233;rol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-86169-7_14" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097600v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271097v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jolly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104522v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387754v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499691v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Lohrengel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Oumri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Wallois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222253v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Duran" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470237v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Morain-Nicolier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469863v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailiang Chen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odyss&#233;e Merveille" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Micard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Zhu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Puel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896982v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137825v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Messelod" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097223v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114988v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fontaine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowen Liang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#234;nnis Jos&#233; da Silva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Ben Zemzem" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanalderwiert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406703v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740533v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740542v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929211v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241981v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981343v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981333v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Regnault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247137v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350535v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dolle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Poli-Merol" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929225v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939392v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Trophime" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Grandclement" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082527v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Belhachmi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01875748v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018STRAD029" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gdolle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5844-2536" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236648047" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/dolle_g_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/144156251793807991199" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/O-1667-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555008v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mollo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doll&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bal&#233;dent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Salmon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2025002" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312036v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane des Ligneris" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Husak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Az&#233;line Aillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Frindel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.08563" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884983v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Affane" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetoui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Lamy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lienemann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Peron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2025.100876" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576724v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Kraus" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Alloux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Loron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bednarek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2024.101795" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576760v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Delannoy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0312822" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189136v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi-Hieu Pham" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cazorla" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Tor-D&#237;ez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2020.103755" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301423v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prud'Homme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Belhachmi Sci" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Torregrossa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4208/jms.v52n3.19.07" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694694v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Follain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nael Osmani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Azevedo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Allio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mercier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2018.02.015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258643v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Duran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Feyeux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fr&#233;nod" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Giacomini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201655083" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244127v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Beck" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Givernaud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kamgnia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863223v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Loron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI60581.2025.10980955" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425857v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Fontaine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Portefaix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137778v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097600v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744364v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Grandjean" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boudaoud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Poli M&#233;rol" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-86169-7_14" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271097v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jolly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104522v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387754v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499691v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Lohrengel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Oumri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Wallois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222253v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Duran" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470237v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Morain-Nicolier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469863v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bailiang Chen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odyss&#233;e Merveille" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Micard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Zhu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Puel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896982v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137825v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Messelod" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097223v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114988v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fontaine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowen Liang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#234;nnis Jos&#233; da Silva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Ben Zemzem" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanalderwiert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740542v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740533v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406703v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981343v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241981v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929211v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981333v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Regnault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247137v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350535v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dolle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Poli-Merol" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929225v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939392v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Trophime" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Grandclement" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082527v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Belhachmi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01875748v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018STRAD029" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>