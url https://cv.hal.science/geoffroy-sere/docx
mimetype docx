--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Geoffroy Sere </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing soil health at former thermal power plant sites through a functional approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Herbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 26 (2), pp.27. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-026-04233-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial mapping of soil type and land cover influence on ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 43, pp.e01008. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2025.e01008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergistic Roles of Plant–Microbe Interactions and Soil Aggregate Dynamics in the Phytostabilization of Ion-Adsorption Rare Earth Tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengping Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihua Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (30), pp.12046-12056. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.5c03646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Depth dependence of soil organic carbon additional storage capacity in different soil types by the 2050 target for carbon neutrality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (1), pp.149-174. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/soil-11-149-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of soil health indicators for modelling soil functions to promote smart urban planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 924, pp.171347. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Destisol: A decision‐support tool to assess the ecosystem services provided by urban soils for better urban planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwenn Lothode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Tribotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (5), pp.e13557. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.13557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A meta‐analysis of carbon content and stocks in Technosols and identification of the main governing factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73 (1), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.13141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03385690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fostering the use of soil invertebrate traits to restore ecosystem functioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Beaumelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Barantal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chauvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 424, pp.116019. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 ASTRAL - Acteurs et Services écosystémiques des Territoires RurAux Lorrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mignolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Carbonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chauchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.29-44. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques fournis par les sols de micro-fermes urbaines : Méthodologie et retours d'expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vieublé-Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (1), pp.31-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Roof of Greenery, but a Sky of Unexplored Relations—Meta-Analysis of Factors and Properties That Affect Green Roof Hydrological and Thermal Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mithun Hanumesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (18), pp.10017. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su131810017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte les services écosystémiques rendus par les sols urbains : Un levier pour optimiser les stratégies d’aménagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lothodé M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chérel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27, pp.361-376</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using constructed soils for green infrastructure – challenges and limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter M. Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Perl Egendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6 (2), pp.413-434. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/soil-6-413-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early colonisation of constructed technosols by macro-invertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Hedde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Nahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (8), pp.3193-3203. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-018-2142-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02019968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of reclamation effort on the recovery of ecosystem functions of a tropical degraded serpentinite dump site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celestino Quintela Sabaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Masfaraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukaibin Sumail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony van Der Ent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geochemical Exploration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 200, pp.139-151. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gexplo.2019.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of soil in urban planning documents—a French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (8), pp.3235-3244. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-018-2028-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle impacts of soil construction, an innovative approach to reclaim brownfields and produce nonedible biomass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 211, pp.36 - 43. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.11.152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storage of carbon in constructed technosols: in situ monitoring over a decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 337, pp.641 - 648. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2018.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micropedology to reveal pedogenetic processes in Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spanish Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (2), pp.149-163. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3232/SJSS.2018.V8.N2.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical properties of structural soils containing waste materials to achieve urban greening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deniz Yilmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Legret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.442 - 455. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-016-1524-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ long-term modeling of phenanthrene dynamics in an aged contaminated soil using the VSOIL platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Brimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 619-620, pp.239-248. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.11.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01727153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services provided by heavy metal-contaminated soils in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kengbo Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qing Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenjun Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.380-390. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-016-1547-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01773140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid Changes in Soil Nematodes in the First Years after Technosol Construction for the Remediation of an Industrial Wasteland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Villenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Chemistry / Agrokhimiya</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 51 (10), pp.1266-1273. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1064229318100149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01959662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green roof ageing or Isolatic Technosol’s pedogenesis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Galzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.418-425. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-016-1513-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des documents de planification et d’urbanisme aux politiques publiques dédiées : la prise en compte des jardins collectifs dans sept agglomérations françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an operational methodology to optimize ecosystem services provided by urban soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape and Urban Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 176, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.landurbplan.2018.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des sols à la production de services écosystémiques en milieu urbain - une revue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement Urbain / Urban Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1050486ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How lysimetric monitoring of Technosols can contribute to understand the temporal dynamics of the soil porosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tifafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 296, pp.60-68. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.02.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pedogenesis of technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 262, pp.199-212. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2015.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction de sols végétalisés à partir de déchets afin de préserver la ressource naturelle «sol »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Grosbellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Yilmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45, pp.73-81. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.4622655320234775E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle ressource Sol dans les villes pour quels services et quels aménagements ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.4622645463078948E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lysimeter monitoring as assessment of the potential for revegetation to manage former iron industry settling ponds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 526, pp.29-40. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sol en contexte de sites pollués. 1. Connaissance et remédiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Colombano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.56-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sols de l’environnement urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin BGS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35, pp.49-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sol en contexte de sites pollués. 2. Préserver et restaurer les fonctions du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Colombano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.61-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du fonctionnement thermo-hydrique in situ d'une toiture végétalisée extensive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5, pp.62-69. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2013044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictability of the Evolution of the Soil Structure using Water Flow Modeling for a Constructed Technosol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Magnenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vadose Zone Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2136/vzj2011.0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early pedogenic evolution of constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10, pp.1246-1254. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-010-0206-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil construction: A step for ecological reclamation of derelict lands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8 (2), pp.130-136. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1065/jss2008.03.277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de valorisation de déchets et sous-produits en construction de sol pour la réhabilitation de sites dégradé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement, Ingénierie &amp; Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, N°50 - Avril-Mai-Juin 2008, pp.13-17. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/dechets-sciences-techniques.1454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal dynamics of urban soil health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Clesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Libessart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRN, Oct 2025, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Rapiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Barrier-Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional diagnosis of industrial soils: from a cognitive model to in situ implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santoni Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-1966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TEMPORAL DYNAMICS OF URBAN SOIL HEALTH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Clesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Libessart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Symposium CIRSET – LIA Ecoland : Sustainable management of strategic metals: from extraction to sobriety and the preservation of biodiversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSE, Oct 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic fonctionnel des sols industriels : de la sélection d'un minimum d'indicateurs à leurs applications &amp;lt;i&amp;gt;in situ&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Herbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/><w:vertAlign w:val="superscript"/></w:rPr><w:t xml:space="preserve">e</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Rencontres Nationales de la Recherche sur les Sites et Sols Polluées (RNR SSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Paris, France. pp.8-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From research to practice: the genesis of a guide to help reduce urban soils sealing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Beaujouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Broggini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Noël Consales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th conference of SUITMA (Soils of Urban, Industrial, Traffic, Mining and Military Areas)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of soil health indicators for modelling soil functions to promote smart urban planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th Sino-French International Workshop on Contaminated Soil Remediation: Innovative Strategies Solving Global Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Guangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desceller les sols pour les rendre multifonctionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vieillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwenn Lothodé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes journées d’Étude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsealing of urban soils: scientific knowledge is essential for optimizing practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Beaujouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Conference on Soils of Urban, Industrial, Traffic and Mining Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Santiago De Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional assessment of soil type and land occupation influence on ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. pp.EGU23-8020, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping spatial and vertical repartitions of soil carbon stocks, additional storage potential and storage dynamics at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna (AUSTRIA), Austria. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-11518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sols des microfermes urbaines au sein de l’économie circulaire : utilisation de produits résiduaires organiques et stocks de carbone des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16emes Journées d'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFES, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon sequestration in soils: what can be expected from anthropized soils? scientific issues and research challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Côme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Sino-French International Workshop on Contaminated Soil Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineralization of organic artefacts: implication for carbon early dynamics in Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Conference on Soils of Urban, Industrial, Traffic and Mining Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Berlin (online), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil ecosystem services and prospective as drivers for regional land planning: an interdisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Feraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022 : Energy and ecological transition conference.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping carbon stocks and storage capacity for different soil types and land uses over full soil profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022 : Energy and ecological transition conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-quantitative evaluation and mapping of bundles of soil ecosystem services in agricultural and forested lands at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping bundles of soil ecosystem services in agricultural and forested lands at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Galy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DeepSurf Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ion-adsorption rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shichen Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Sino-French International Workshop on Contaminated Soil Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of the last two decades experiences of technosols construction for urban greening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2021 virtual congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03671212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedogenic evolution of soils of urban, industrial, traffic, mining and military areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séré Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schwartz Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Confederation of Soil Science Societies, Aug 2021, Genève (virtual), Switzerland. pp.72-74, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/978-2-88966-998-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbone organique dans les Technosols : quelles teneurs, quels facteurs d’influence et quels potentiels pour le stockage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le stockage de carbone, une solution pour la transition écologique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiel de refonctionnalisation de terres traitées par oxydation chimique in situ : retour d’expérience du projet BIOXYVAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noële Enjelvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaylord Machinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sirguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quatrièmes Rencontres nationales de la Recherche sur les sites et sols pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Only half the urban soils are Anthrosols or Technosols? - case studies in three French metropolitan areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of Technosols to carbon sequestration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Based Solutions (NBS) to improve biodiversity in anthropized environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to transfer knowledge on ecosystem functioning: from nature observation to implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sirguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leglize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Based Solutions (NBS) to improve biodiversity in anthropized environments symposium - Joint symposium: BUILDs &amp; Ecoland International Joined Lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services provided by Technosols constructed for agricultural purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Kohli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Michelot-Antalik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of ecosystem services provided by a large range of urban soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil and root development during the phytostabilization of ion-adsorption REE mine tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ionic rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Buyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Campanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Yan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei-Na Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earths elements cycling in reclaimed ion-adsorption mine tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geochemical Society, Aug 2018, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stockage de carbone dans les Technosols construits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème séminaire organisé par le Réseau Matières Organiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and modelling of carbon stocks in the upper horizon of cultivated constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Kohli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Blaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chalot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil development in ion-adsorbed rare earth elements mine tailings to assess the sustainability of the reclamation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’une méthodologie pour l’étude des matières organiques des sols de sites délaissés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis de Junet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Maunoury-Danger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Biache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leglize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Congrès du Réseau Matières Organiques « La matière organique dans tous ses états »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential ecosystem services provided by constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Perl Egendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 33rd International Conference on Solid Waste Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Widener University - Graduate Enrollment, Mar 2018, Annapolis, United States. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.11591.19360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction and evaluation of technosols using mineral residues, compost, and biochar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.A. Gutierrez-Fernando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Muñoz-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Siebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Diemunsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification des sols d’anciens sites miniers de métaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Echevarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel-Pierre Faucon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From waste to fertile Technosol - The circular approach of the french research SITERRE project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress Sustainable Urban Agricultures: Vector for the Ecological Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Toulouse, France. pp.Session 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02512100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to enhance multidisciplinary work between urban planners and soil scientists?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stas Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From waste to fertile technosol - The circular approach of the French research prject SITERRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Sere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Urban Agricultures : Vector for the Ecological Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, TOULOUSE, France. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying soil development in ion-adsorbed REE mine tailings as tool to assess the sustainability of revegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a tool for the diagnostic of urban soils quality and evaluation of the potential ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stas Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction de Technosols à partir de déchets industriels toxiques pour la production de biomasse non alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sirguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Kanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Agromine - Faculté des Sciences Zahlé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Zahlé, Liban</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storage of carbon in constructed Technosols: in situ monitoring and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of hydraulics properties of technosoil constructed with waste material using Beerkan infiltration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deniz Yilmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Emmanuel Peyneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2017 European Geosciences Union General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of the soil in regional and local planning documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential ecosystem services provided by constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Perl Egendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. "Urban soils Symposium, Soil our ressource and our future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, New York, United States. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.13268.30085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosol micropedology : how micrometric interfaces reveal pedogenetic processes in man-made soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Begin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Soil Micromorphology 15ICSM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling ecosystem services (es) in soils of urban, industrial, traffic, mining, and military areas (suitmas)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosol construction with by-products and wastes: pedogenesis and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Boigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUMMER SCHOOL ON CONTAMINATED SEDIMENTS: CHARACTERIZATION AND REMEDIATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, delft, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosols of Mining and Quarrying Areas: Toward Multifunctionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Biennial SGA Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to integrate SUITMA potentials into urban planning to optimize ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Fayolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How lysimetric facility can contribute to monitor Technosols dynamics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Tifafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence de l’effet de la végétation sur l’hydrodynamique d’une gamme de Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Ragot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du Groupe Francophone Humidimétrie et Transfert en Milieux Poreux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Marne la Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER project: production chain of biomass for industrial purposes from former sites and materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appoline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConSoil 2015: 13th International UFZ-Deltares Conference on Sustainable Use and Management of Soil, Sediment and Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorver project: production chain of biomass for industrial purposes from former sites and materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Blaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appoline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Bioremediation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aptitude de Technosols construits à l’aide de déchets à remplir des fonctions de filtre et d’échange.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Damas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du GFHN 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Marne la Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green roof aging or Isolatic Technosol’s pedogenesis? Impact on hydrologic performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Galzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rouseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas (SUITMA), Mexico MEX, September 20-25, 2015.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green roof aging or Isolatic Technosol’s pedogenesis? Impact on hydrologic performances.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Galzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas (SUITMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la pédogenèse : application aux Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées d'Etude des Sols (JES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER, filière de production de biomasse végétale à usage industriel à partir de sites et matériaux délaissés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appoline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journées sites et sol pollués de l’ADEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early colonisation of a constructed Technosol by soil organisms after industrial site reclamation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Beguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Charissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie-Denise Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Corbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference of the Working Group on Soils in Urban, Industrial, Traffic, Mining and Military Areas (SUITMA) of International Union of Soil Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. 151 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale approach of the structure evolution of constructed technosols during early pedogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise F. Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress Eurosoil 2012 - Soil Science for the Benefit of Mankind and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guideline for the development of an integrated and dynamic model of soil-plant system evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress of the European Soil Science Societies Eurosoil 2012: soil science for the benefit of mankind and environment.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early colonization of a constructed Technosol by soil organisms after industrial site rehabilitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Charissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie-Denise Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Corbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Colloquium on Soil Zoology (ICSZ )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La refonctionnalisation écologique des sols par la revégétalisation : une autre manière d’utiliser le végétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotechnologies appliquées aux sites pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Paris, France. 115 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le génie pédologique au service d’une refonctionnalisation écologique d’espaces urbains dégradés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise F. Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres du Végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BioTechnoSol project: Biological dynamics and functioning of a constructed Technosol at the field scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Charissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Cluzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Hedde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of hydric functioning patterns during the early pedogenesis of a Constructed Technosol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Conference and Exploratory Workshop on Soil Architecture and Physico-chemical Functions “CESAR”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Tjele, Denmark. 426 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement du génie pédologique : requalification de sites dégradés par construction de sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Rencontres Nationales de la Recherche sur les Sites et Sols Pollués. Pollutions locales et diffuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constructed soils pedogenesis: from laboratory to large scale in situ lysimetric study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Lysimeter Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confrontation of experimental modelling of constructed soils pedogenesis with in situ data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas. SUITMA 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional diagnostic of industrial soils: from the selection of indicators to their applications in situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Derycke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConSoil 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Liège (Belgique), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05397186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing soil health at former thermal power plant sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santoni Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Herbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th conference of SUITMA (Soils of Urban, Industrial, Traffic, Mining and Military Areas)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Pise (Italia), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la capacité de stockage additionnel de carbone organique dans les sols à horizon 2050 à l'échelle d'un petit territoire, en fonction du type de sol et de la profondeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ResMO 2024 "Matières Organiques, Environnement et Société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Bourgogne Auxois Morvan - Semur-en-Auxois (Côte d'Or), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05195556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomorrows soil quality indicators to promote vegetation within urban development and planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile LE GUERN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConSoil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04123897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk assessment of soil-plant transfer of pollutants in urban agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Genies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dumat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference of biochemistry of Trace Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Wuppertal, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which soil quality indicators to promote vegetation within urban development and planning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the carbon storage capacity of full soil profiles over 50 years for different soil types and land uses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of organic artefacts to carbon sequestration in Technosols.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, Switzerland. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of organic artefacts to carbon sequestration in Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel SIReNa 2020 - La thèse vue sous un autre angle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosol's contribution to carbon sequestration: a meta analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food security and climate change: 4 per 1000 initiative new tangible global challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation of ecosystem services delivered by urban micro-farms: the research project SEMOIRS [2018-2020]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earth elements dynamics in reclaimed mine tailings: Experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yetao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France. , 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ long-term modeling of phenanthrene dynamics in an aged contaminated soil using the “VSOIL” platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Brimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Conference on Sustainable Use and Management of Soil, Sediment and Water Resources (AquaConSoil)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the storage of organic carbon in constructed technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Austin, United States. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique du carbone organique dans des sols construits à partir de délaissés industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Louvain-la-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services écosystémiques rendus par les SUITMAS (Soils of Urban, Industrial, Traffic, Mining and Military Areas)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium on Ecosystem services: their contributions and relevance in urban environments Tours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte des services écosystémiques rendus par les sols dans les projets d’aménagement urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium on Ecosystem services: their contributions and relevance in urban environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER project: production chain of biomass for industrial purposes from former sites and materials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConsoil 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Copenhague, Denmark. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micropedology to understand Technosol functioning: technogenic susbtrates on thin sections.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Begin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wetting-drying cycles on the aggregation of Technosols constructed with urban wastes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Rokia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micropedology to understand Technosol functioning: technogenic substrate structures on thin sections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Begin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">. 8th international congress, SUITMA 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical fertility of structural soils constructed with waste materials for urban greening.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ylmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Legret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, 8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas (SUITMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growing edible vegetables on Technosols, Firts results of the Agrotechnosol Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Laurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Masfaraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Guilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Sino-French Workshop on Soil Pollution and Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Nancy, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du vieillissement d’une toiture végétalisée sur ses performances hydrauliques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du GFHN 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Angers, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la fonction de support de végétation d’un Technosol construit pour réhabiliter une friche industrielle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Rencontres nationales de la Recherche sur les sites et sols pollués de l’ADEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydropédologie d’une gamme de sols au sein d’un gradient d’anthropisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Tifafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. Journées Scientifiques du GFHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Angers, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER project: production chain of biomass for industrial purposes from former sites and materials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contaminated Site Management in Europe (CSME) &amp; Sustainable Approaches to Remediation of Contaminated Land in Europe (SARCLE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Brussels, Belgium. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soils in urban environments: characteristics, services and problems of their investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSP Congrès Annuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Changins, Switzerland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et perspectives de l’encadrement réglementaire des pratiques de construction de sol pour réhabiliter des sites dégradés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gossiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Rencontres nationales de la Recherche sur les sites et sols pollués de l’ADEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Pedogenesis in the Anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Jeju, South Korea. 2014, 20th World congress of soil science. In Commemoration of the 90th Anniversary of the IUSS. Soils Embrace Life and Universe. June 8 -13, 2014 Jeju, Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pedogenesis in the anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 7. International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. Polish Society of Soil Science, 151 p., 2013, Soils of Urban, Industrial, Traffic, Mining and Military Areas: SUITMA 7, Toruń, 16-20 September 2013 : Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1-D modelling of hydrodynamic and water retention performance of a green roof.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Green Infrastructure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nantes, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil construction with technogenic materials to recycle phosphorus for plant growth in cities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Rokia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nehls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Wessolek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of the Working Group on Soils in Urban, Industrial, Traffic, Mining and Military Areas (SUITMA) of International Union of Soil Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicators for the optimization of soil construction processes for green landscaping.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Rokia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Legret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 7. International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a high capacity retention structure to improve extensive green roof rainwater discharge.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nuttens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Green Infrastructure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nantes, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image analysis of soil thin sections to predict the evolution of a constructed Technosol’s structure: quantification of descriptors of porosity and aggregation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouhou-Salifou Jangorzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Casel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil micromorphology: a journey from soils genesis to new interdisciplinary advancements. Eurosoil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biological activity on soil structure by the combined analysis of soil thin sections and 0-20 µm soil fraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Villemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bégin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution du fonctionnement hydrique dans un sol construit à l’aide de matières premières secondaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journées d'étude sur les milieux poreux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nancy, France. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confrontation of experimental & in situ pedogenesis of a constructed Technosol: minerals weathering and leaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotrons and Lysimeters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Nancy, France. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of Technosols for green roofs and vertical green system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Flores-Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Abel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Chávez-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Soils in the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.473-487, 2023, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-822974-3.00273-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sols, terrains et bâtiments de l’agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Nougarèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.57-72, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedogenic processes in soils of urban, industrial, traffic, mining and military areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soils within Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catena-Schweizerbart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-76, 2017, GeoEcology essay, 978-3-510-65411-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedological engineering for brownfield reclamation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soils within cities : global approaches to their sustainable management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schweizerbart Science Pub., pp.152-158, 2017, 978-3-510-65411-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using wastes for fertile urban soil construction – The French Research Project SITERRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soils within Cities - Global approaches to their sustainable management - composition, properties, and functions of soils of the urban environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catena Soil Sciences</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-510-65411-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques rendus par les micro-fermes urbaines et leurs sols - Bilan du projet de recherche semoirs [2018-2021]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE; Agroparistech; Université de lorraine; Aix-Marseille Université; Institut d'aménagement et d'urbanisme de la région d'Ile-de-France (IAURIF). 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pari Scientifique Numérisol 2011-2012 - rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Moitrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moitrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BD : Pourquoi mettre des fermes dans les villes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ughetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux connaître la pédogenèse et le fonctionnement des Technosols pour optimiser les services écosystémiques rendus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Université de Lorraine, 34 cours Léopold, 54000 Nancy, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01785605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créer des sols fertiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florimond Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Chenon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LE MONITEUR, 2016, 978-2-281-14096-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de traitement d’un sol dégradé et de construction d’un sol artificiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: 07 57036. 2007, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnement et évolution pédogénétiques de Technosols issus d'un procédé de construction de sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de la Terre. Institut National Polytechnique de Lorraine, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2007INPL033N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01752950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId450"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Geoffroy Sere </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing soil health at former thermal power plant sites through a functional approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Herbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 26 (2), pp.27. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-026-04233-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05528339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial mapping of soil type and land cover influence on ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 43, pp.e01008. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2025.e01008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Depth dependence of soil organic carbon additional storage capacity in different soil types by the 2050 target for carbon neutrality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (1), pp.149-174. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/soil-11-149-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synergistic Roles of Plant–Microbe Interactions and Soil Aggregate Dynamics in the Phytostabilization of Ion-Adsorption Rare Earth Tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengping Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihua Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (30), pp.12046-12056. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.5c03646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of soil health indicators for modelling soil functions to promote smart urban planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 924, pp.171347. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.171347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04508578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Destisol: A decision‐support tool to assess the ecosystem services provided by urban soils for better urban planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwenn Lothode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Tribotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (5), pp.e13557. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.13557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fostering the use of soil invertebrate traits to restore ecosystem functioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Beaumelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Barantal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chauvat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 424, pp.116019. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A meta‐analysis of carbon content and stocks in Technosols and identification of the main governing factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73 (1), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.13141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03385690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 ASTRAL - Acteurs et Services écosystémiques des Territoires RurAux Lorrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Mignolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Barataud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Carbonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chauchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.29-44. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03829175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques fournis par les sols de micro-fermes urbaines : Méthodologie et retours d'expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vieublé-Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (1), pp.31-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Roof of Greenery, but a Sky of Unexplored Relations—Meta-Analysis of Factors and Properties That Affect Green Roof Hydrological and Thermal Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mithun Hanumesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (18), pp.10017. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su131810017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte les services écosystémiques rendus par les sols urbains : Un levier pour optimiser les stratégies d’aménagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lothodé M.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chérel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Étude et Gestion des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27, pp.361-376</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using constructed soils for green infrastructure – challenges and limitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter M. Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Perl Egendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6 (2), pp.413-434. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/soil-6-413-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02933594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early colonisation of constructed technosols by macro-invertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Hedde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Nahmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (8), pp.3193-3203. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-018-2142-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02019968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of soil in urban planning documents—a French case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (8), pp.3235-3244. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-018-2028-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of reclamation effort on the recovery of ecosystem functions of a tropical degraded serpentinite dump site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celestino Quintela Sabaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Masfaraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sukaibin Sumail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony van Der Ent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geochemical Exploration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 200, pp.139-151. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gexplo.2019.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle impacts of soil construction, an innovative approach to reclaim brownfields and produce nonedible biomass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rodrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 211, pp.36 - 43. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.11.152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storage of carbon in constructed technosols: in situ monitoring over a decade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 337, pp.641 - 648. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2018.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micropedology to reveal pedogenetic processes in Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spanish Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (2), pp.149-163. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3232/SJSS.2018.V8.N2.02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical properties of structural soils containing waste materials to achieve urban greening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deniz Yilmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Legret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.442 - 455. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-016-1524-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ long-term modeling of phenanthrene dynamics in an aged contaminated soil using the VSOIL platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Brimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 619-620, pp.239-248. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.11.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01727153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services provided by heavy metal-contaminated soils in China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kengbo Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qing Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenjun Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.380-390. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-016-1547-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01773140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des documents de planification et d’urbanisme aux politiques publiques dédiées : la prise en compte des jardins collectifs dans sept agglomérations françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hors-série 31, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.21487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid Changes in Soil Nematodes in the First Years after Technosol Construction for the Remediation of an Industrial Wasteland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Villenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Chemistry / Agrokhimiya</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 51 (10), pp.1266-1273. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1064229318100149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01959662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green roof ageing or Isolatic Technosol’s pedogenesis?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Galzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.418-425. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-016-1513-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01520147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an operational methodology to optimize ecosystem services provided by urban soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape and Urban Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 176, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.landurbplan.2018.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02008732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution des sols à la production de services écosystémiques en milieu urbain - une revue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement Urbain / Urban Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1050486ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How lysimetric monitoring of Technosols can contribute to understand the temporal dynamics of the soil porosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tifafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 296, pp.60-68. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.02.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pedogenesis of technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 262, pp.199-212. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2015.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01234389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction de sols végétalisés à partir de déchets afin de préserver la ressource naturelle «sol »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Grosbellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Yilmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45, pp.73-81. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.4622655320234775E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01455997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle ressource Sol dans les villes pour quels services et quels aménagements ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45, pp.1-11. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.4622645463078948E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01282566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lysimeter monitoring as assessment of the potential for revegetation to manage former iron industry settling ponds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 526, pp.29-40. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.04.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01266252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sol en contexte de sites pollués. 1. Connaissance et remédiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Colombano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.56-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sols de l’environnement urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin BGS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 35, pp.49-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sol en contexte de sites pollués. 2. Préserver et restaurer les fonctions du sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéfan Colombano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18, pp.61-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du fonctionnement thermo-hydrique in situ d'une toiture végétalisée extensive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5, pp.62-69. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2013044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictability of the Evolution of the Soil Structure using Water Flow Modeling for a Constructed Technosol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Magnenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vadose Zone Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2136/vzj2011.0069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early pedogenic evolution of constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10, pp.1246-1254. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11368-010-0206-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil construction: A step for ecological reclamation of derelict lands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Soils and Sediments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8 (2), pp.130-136. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1065/jss2008.03.277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de valorisation de déchets et sous-produits en construction de sol pour la réhabilitation de sites dégradé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement, Ingénierie &amp; Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, N°50 - Avril-Mai-Juin 2008, pp.13-17. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/dechets-sciences-techniques.1454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03174291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal dynamics of urban soil health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Clesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Libessart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRN, Oct 2025, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Rapiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Barrier-Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TEMPORAL DYNAMICS OF URBAN SOIL HEALTH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Clesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Libessart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Symposium CIRSET – LIA Ecoland : Sustainable management of strategic metals: from extraction to sobriety and the preservation of biodiversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LSE, Oct 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic fonctionnel des sols industriels : de la sélection d'un minimum d'indicateurs à leurs applications &amp;lt;i&amp;gt;in situ&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Herbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/><w:vertAlign w:val="superscript"/></w:rPr><w:t xml:space="preserve">e</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Rencontres Nationales de la Recherche sur les Sites et Sols Polluées (RNR SSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Paris, France. pp.8-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional diagnosis of industrial soils: from a cognitive model to in situ implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santoni Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu24-1966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From research to practice: the genesis of a guide to help reduce urban soils sealing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Beaujouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Broggini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Noël Consales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th conference of SUITMA (Soils of Urban, Industrial, Traffic, Mining and Military Areas)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection of soil health indicators for modelling soil functions to promote smart urban planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th Sino-French International Workshop on Contaminated Soil Remediation: Innovative Strategies Solving Global Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Guangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desceller les sols pour les rendre multifonctionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vieillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwenn Lothodé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes journées d’Étude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsealing of urban soils: scientific knowledge is essential for optimizing practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Beaujouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Conference on Soils of Urban, Industrial, Traffic and Mining Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Santiago De Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional assessment of soil type and land occupation influence on ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2023, Vienna, Austria. pp.EGU23-8020, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping spatial and vertical repartitions of soil carbon stocks, additional storage potential and storage dynamics at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna (AUSTRIA), Austria. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-11518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sols des microfermes urbaines au sein de l’économie circulaire : utilisation de produits résiduaires organiques et stocks de carbone des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16emes Journées d'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFES, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon sequestration in soils: what can be expected from anthropized soils? scientific issues and research challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hostyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Côme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Sino-French International Workshop on Contaminated Soil Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineralization of organic artefacts: implication for carbon early dynamics in Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Conference on Soils of Urban, Industrial, Traffic and Mining Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Berlin (online), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil ecosystem services and prospective as drivers for regional land planning: an interdisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Feraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022 : Energy and ecological transition conference.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping carbon stocks and storage capacity for different soil types and land uses over full soil profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEEPSURF 2022 : Energy and ecological transition conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-quantitative evaluation and mapping of bundles of soil ecosystem services in agricultural and forested lands at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping bundles of soil ecosystem services in agricultural and forested lands at the regional scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Galy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DeepSurf Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ion-adsorption rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shichen Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Sino-French International Workshop on Contaminated Soil Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of the last two decades experiences of technosols construction for urban greening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Blouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2021 virtual congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03671212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedogenic evolution of soils of urban, industrial, traffic, mining and military areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séré Geoffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schwartz Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Confederation of Soil Science Societies, Aug 2021, Genève (virtual), Switzerland. pp.72-74, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/978-2-88966-998-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbone organique dans les Technosols : quelles teneurs, quels facteurs d’influence et quels potentiels pour le stockage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le stockage de carbone, une solution pour la transition écologique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiel de refonctionnalisation de terres traitées par oxydation chimique in situ : retour d’expérience du projet BIOXYVAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noële Enjelvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaylord Machinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sirguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quatrièmes Rencontres nationales de la Recherche sur les sites et sols pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to transfer knowledge on ecosystem functioning: from nature observation to implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sirguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leglize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Based Solutions (NBS) to improve biodiversity in anthropized environments symposium - Joint symposium: BUILDs &amp; Ecoland International Joined Lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecosystem services provided by Technosols constructed for agricultural purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Kohli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Michelot-Antalik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of ecosystem services provided by a large range of urban soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of Technosols to carbon sequestration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Based Solutions (NBS) to improve biodiversity in anthropized environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Only half the urban soils are Anthrosols or Technosols? - case studies in three French metropolitan areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil and root development during the phytostabilization of ion-adsorption REE mine tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ionic rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Buyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Campanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Yan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei-Na Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stockage de carbone dans les Technosols construits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème séminaire organisé par le Réseau Matières Organiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earths elements cycling in reclaimed ion-adsorption mine tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geochemical Society, Aug 2018, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and modelling of carbon stocks in the upper horizon of cultivated constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Kohli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Blaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Chalot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential ecosystem services provided by constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Perl Egendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 33rd International Conference on Solid Waste Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Widener University - Graduate Enrollment, Mar 2018, Annapolis, United States. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.11591.19360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction and evaluation of technosols using mineral residues, compost, and biochar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.A. Gutierrez-Fernando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Muñoz-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Siebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Diemunsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil development in ion-adsorbed rare earth elements mine tailings to assess the sustainability of the reclamation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d’une méthodologie pour l’étude des matières organiques des sols de sites délaissés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis de Junet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Hamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Maunoury-Danger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Biache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leglize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Congrès du Réseau Matières Organiques « La matière organique dans tous ses états »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Trégastel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification des sols d’anciens sites miniers de métaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Echevarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel-Pierre Faucon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From waste to fertile Technosol - The circular approach of the french research SITERRE project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress Sustainable Urban Agricultures: Vector for the Ecological Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Toulouse, France. pp.Session 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02512100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to enhance multidisciplinary work between urban planners and soil scientists?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stas Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From waste to fertile technosol - The circular approach of the French research prject SITERRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Sere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Urban Agricultures : Vector for the Ecological Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, TOULOUSE, France. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying soil development in ion-adsorbed REE mine tailings as tool to assess the sustainability of revegetation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a tool for the diagnostic of urban soils quality and evaluation of the potential ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Warot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stas Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storage of carbon in constructed Technosols: in situ monitoring and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of hydraulics properties of technosoil constructed with waste material using Beerkan infiltration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deniz Yilmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Emmanuel Peyneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2017 European Geosciences Union General Assembly 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction de Technosols à partir de déchets industriels toxiques pour la production de biomasse non alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Sirguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Kanso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Agromine - Faculté des Sciences Zahlé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Zahlé, Liban</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consideration of the soil in regional and local planning documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 9</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential ecosystem services provided by constructed Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Groffman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Perl Egendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Vergnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. "Urban soils Symposium, Soil our ressource and our future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, New York, United States. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.13268.30085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosol micropedology : how micrometric interfaces reveal pedogenetic processes in man-made soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Begin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Soil Micromorphology 15ICSM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling ecosystem services (es) in soils of urban, industrial, traffic, mining, and military areas (suitmas)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosol construction with by-products and wastes: pedogenesis and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Boigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Bureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Langlois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUMMER SCHOOL ON CONTAMINATED SEDIMENTS: CHARACTERIZATION AND REMEDIATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, delft, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosols of Mining and Quarrying Areas: Toward Multifunctionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Biennial SGA Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How lysimetric facility can contribute to monitor Technosols dynamics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Tifafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to integrate SUITMA potentials into urban planning to optimize ecosystem services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Fayolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence de l’effet de la végétation sur l’hydrodynamique d’une gamme de Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Marx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Ragot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du Groupe Francophone Humidimétrie et Transfert en Milieux Poreux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Marne la Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER project: production chain of biomass for industrial purposes from former sites and materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appoline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConSoil 2015: 13th International UFZ-Deltares Conference on Sustainable Use and Management of Soil, Sediment and Water Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aptitude de Technosols construits à l’aide de déchets à remplir des fonctions de filtre et d’échange.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Damas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du GFHN 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Marne la Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorver project: production chain of biomass for industrial purposes from former sites and materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Blaudez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appoline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Bioremediation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green roof aging or Isolatic Technosol’s pedogenesis? Impact on hydrologic performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Galzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rouseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas (SUITMA), Mexico MEX, September 20-25, 2015.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green roof aging or Isolatic Technosol’s pedogenesis? Impact on hydrologic performances.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Galzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustave Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas (SUITMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la pédogenèse : application aux Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées d'Etude des Sols (JES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER, filière de production de biomasse végétale à usage industriel à partir de sites et matériaux délaissés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appoline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journées sites et sol pollués de l’ADEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early colonisation of a constructed Technosol by soil organisms after industrial site reclamation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Beguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Charissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie-Denise Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Corbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Conference of the Working Group on Soils in Urban, Industrial, Traffic, Mining and Military Areas (SUITMA) of International Union of Soil Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. 151 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale approach of the structure evolution of constructed technosols during early pedogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise F. Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress Eurosoil 2012 - Soil Science for the Benefit of Mankind and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A guideline for the development of an integrated and dynamic model of soil-plant system evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress of the European Soil Science Societies Eurosoil 2012: soil science for the benefit of mankind and environment.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early colonization of a constructed Technosol by soil organisms after industrial site rehabilitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Charissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie-Denise Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Corbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. International Colloquium on Soil Zoology (ICSZ )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La refonctionnalisation écologique des sols par la revégétalisation : une autre manière d’utiliser le végétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotechnologies appliquées aux sites pollués</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Paris, France. 115 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le génie pédologique au service d’une refonctionnalisation écologique d’espaces urbains dégradés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise F. Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres du Végétal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BioTechnoSol project: Biological dynamics and functioning of a constructed Technosol at the field scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Charissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Cluzeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Hedde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of hydric functioning patterns during the early pedogenesis of a Constructed Technosol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. International Conference and Exploratory Workshop on Soil Architecture and Physico-chemical Functions “CESAR”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Tjele, Denmark. 426 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement du génie pédologique : requalification de sites dégradés par construction de sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Rencontres Nationales de la Recherche sur les Sites et Sols Pollués. Pollutions locales et diffuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constructed soils pedogenesis: from laboratory to large scale in situ lysimetric study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Lysimeter Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confrontation of experimental modelling of constructed soils pedogenesis with in situ data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas. SUITMA 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional diagnostic of industrial soils: from the selection of indicators to their applications in situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Derycke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConSoil 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Liège (Belgique), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05397186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing soil health at former thermal power plant sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Dalquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Harris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Legay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santoni Laure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascaline Herbelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th conference of SUITMA (Soils of Urban, Industrial, Traffic, Mining and Military Areas)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Pise (Italia), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la capacité de stockage additionnel de carbone organique dans les sols à horizon 2050 à l'échelle d'un petit territoire, en fonction du type de sol et de la profondeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint-André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Olivier Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ResMO 2024 "Matières Organiques, Environnement et Société"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Bourgogne Auxois Morvan - Semur-en-Auxois (Côte d'Or), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05195556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomorrows soil quality indicators to promote vegetation within urban development and planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile LE GUERN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConSoil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04123897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk assessment of soil-plant transfer of pollutants in urban agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Genies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dumat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference of biochemistry of Trace Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Wuppertal, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which soil quality indicators to promote vegetation within urban development and planning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Bispo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Ducommun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Santiago de Compostela, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the carbon storage capacity of full soil profiles over 50 years for different soil types and land uses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Chirol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Saint‐andré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of organic artefacts to carbon sequestration in Technosols.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, Switzerland. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of organic artefacts to carbon sequestration in Technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel SIReNa 2020 - La thèse vue sous un autre angle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technosol's contribution to carbon sequestration: a meta analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Allory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food security and climate change: 4 per 1000 initiative new tangible global challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evaluation of ecosystem services delivered by urban micro-farms: the research project SEMOIRS [2018-2020]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Giacche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Séoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earth elements dynamics in reclaimed mine tailings: Experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yetao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France. , 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ long-term modeling of phenanthrene dynamics in an aged contaminated soil using the “VSOIL” platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Brimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. International Conference on Sustainable Use and Management of Soil, Sediment and Water Resources (AquaConSoil)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the storage of organic carbon in constructed technosols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Austin, United States. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique du carbone organique dans des sols construits à partir de délaissés industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Dagois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Louvain-la-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services écosystémiques rendus par les SUITMAS (Soils of Urban, Industrial, Traffic, Mining and Military Areas)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium on Ecosystem services: their contributions and relevance in urban environments Tours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte des services écosystémiques rendus par les sols dans les projets d’aménagement urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Blanchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Stas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Consalès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International symposium on Ecosystem services: their contributions and relevance in urban environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Tours, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER project: production chain of biomass for industrial purposes from former sites and materials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AquaConsoil 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Copenhague, Denmark. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micropedology to understand Technosol functioning: technogenic susbtrates on thin sections.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Begin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wetting-drying cycles on the aggregation of Technosols constructed with urban wastes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Rokia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micropedology to understand Technosol functioning: technogenic substrate structures on thin sections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Begin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">. 8th international congress, SUITMA 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical fertility of structural soils constructed with waste materials for urban greening.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ylmaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Legret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">, 8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas (SUITMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growing edible vegetables on Technosols, Firts results of the Agrotechnosol Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Laurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Masfaraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Guilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Sino-French Workshop on Soil Pollution and Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Nancy, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du vieillissement d’une toiture végétalisée sur ses performances hydrauliques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques du GFHN 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Angers, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution de la fonction de support de végétation d’un Technosol construit pour réhabiliter une friche industrielle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Chenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Rencontres nationales de la Recherche sur les sites et sols pollués de l’ADEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydropédologie d’une gamme de sols au sein d’un gradient d’anthropisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Tifafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. Journées Scientifiques du GFHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Angers, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORVER project: production chain of biomass for industrial purposes from former sites and materials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Simonnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Baldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Béguiristain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contaminated Site Management in Europe (CSME) &amp; Sustainable Approaches to Remediation of Contaminated Land in Europe (SARCLE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Brussels, Belgium. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soils in urban environments: characteristics, services and problems of their investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apolline Auclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSP Congrès Annuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Changins, Switzerland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et perspectives de l’encadrement réglementaire des pratiques de construction de sol pour réhabiliter des sites dégradés.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gossiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Rencontres nationales de la Recherche sur les sites et sols pollués de l’ADEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Pedogenesis in the Anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. World Congress of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Jeju, South Korea. 2014, 20th World congress of soil science. In Commemoration of the 90th Anniversary of the IUSS. Soils Embrace Life and Universe. June 8 -13, 2014 Jeju, Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling pedogenesis in the anthropocene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme J. Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 7. International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. Polish Society of Soil Science, 151 p., 2013, Soils of Urban, Industrial, Traffic, Mining and Military Areas: SUITMA 7, Toruń, 16-20 September 2013 : Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1-D modelling of hydrodynamic and water retention performance of a green roof.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Green Infrastructure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nantes, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil construction with technogenic materials to recycle phosphorus for plant growth in cities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Rokia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nehls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Wessolek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of the Working Group on Soils in Urban, Industrial, Traffic, Mining and Military Areas (SUITMA) of International Union of Soil Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicators for the optimization of soil construction processes for green landscaping.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Rokia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maha Deeb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Legret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SUITMA 7. International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torun, Poland. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a high capacity retention structure to improve extensive green roof rainwater discharge.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryad Bouzouidja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nuttens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Green Infrastructure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nantes, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image analysis of soil thin sections to predict the evolution of a constructed Technosol’s structure: quantification of descriptors of porosity and aggregation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouhou-Salifou Jangorzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Casel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil micromorphology: a journey from soils genesis to new interdisciplinary advancements. Eurosoil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of biological activity on soil structure by the combined analysis of soil thin sections and 0-20 µm soil fraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Villemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bégin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution du fonctionnement hydrique dans un sol construit à l’aide de matières premières secondaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journées d'étude sur les milieux poreux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nancy, France. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confrontation of experimental & in situ pedogenesis of a constructed Technosol: minerals weathering and leaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ouvrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Pey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecotrons and Lysimeters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Nancy, France. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction of Technosols for green roofs and vertical green system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Flores-Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Abel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Chávez-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of Soils in the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.473-487, 2023, </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-822974-3.00273-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sols, terrains et bâtiments de l’agriculture urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Nougarèdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry, Christine; Giacchè, Giulia; Maxime, Françoise; Soulard, Christophe-Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les agricultures urbaines en France : comprendre les dynamiques, accompagner les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quae, pp.57-72, 2022, Savoir-faire, 978-2-7592-3563-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedogenic processes in soils of urban, industrial, traffic, mining and military areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soils within Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catena-Schweizerbart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-76, 2017, GeoEcology essay, 978-3-510-65411-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedological engineering for brownfield reclamation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cortet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Guimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soils within cities : global approaches to their sustainable management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schweizerbart Science Pub., pp.152-158, 2017, 978-3-510-65411-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using wastes for fertile urban soil construction – The French Research Project SITERRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vidal Beaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soils within Cities - Global approaches to their sustainable management - composition, properties, and functions of soils of the urban environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catena Soil Sciences</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-510-65411-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des services écosystémiques rendus par les micro-fermes urbaines et leurs sols - Bilan du projet de recherche semoirs [2018-2021]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Vieublé Gonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE; Agroparistech; Université de lorraine; Aix-Marseille Université; Institut d'aménagement et d'urbanisme de la région d'Ile-de-France (IAURIF). 2022, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pari Scientifique Numérisol 2011-2012 - rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Moitrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Moitrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BD : Pourquoi mettre des fermes dans les villes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Grard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Ughetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Sophie Haudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux connaître la pédogenèse et le fonctionnement des Technosols pour optimiser les services écosystémiques rendus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Université de Lorraine, 34 cours Léopold, 54000 Nancy, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01785605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créer des sols fertiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bataillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benbrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florimond Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Cannavo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Chenon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LE MONITEUR, 2016, 978-2-281-14096-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de traitement d’un sol dégradé et de construction d’un sol artificiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy G. Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Renat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Schwartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: 07 57036. 2007, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnement et évolution pédogénétiques de Technosols issus d'un procédé de construction de sol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de la Terre. Institut National Polytechnique de Lorraine, 2007. Français. </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2007INPL033N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01752950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId451"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05528339v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dalquier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Harris" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Santoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Herbelin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-026-04233-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266479v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Chirol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Olivier Redon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2025.e01008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05360279v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengping Zhou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meina Guo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenshen Liu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Watteau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihua Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c03646" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05074028v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-11-149-2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04508578v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Layet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ducommun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171347" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04804531v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Lothode" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blanchart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tribotte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13557" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385690v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Allory" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ouvrard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13141" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706128v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumelle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cortet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829175v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bradel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carbonnel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chauchard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art04" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665514v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358941v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mithun Hanumesh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su131810017" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03254385v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothod&#233; M." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ch&#233;rel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Warot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02933594v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Deeb" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M. Groffman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Perl Egendorf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-6-413-2020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019968v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Nahmani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2142-9" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154566v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celestino Quintela Sabaris" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Masfaraud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukaibin Sumail" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony van Der Ent" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2019.02.004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991510v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2028-x" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01933951v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rodrigues" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine G&#233;rard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guimont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.11.152" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01934274v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rees" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Dagois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Watteau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2018.10.009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173903v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Huot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3232/SJSS.2018.V8.N2.02" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01818941v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Yilmaz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy G. S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1524-0" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727153v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Brimo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garnier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.11.089" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773140v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kengbo Ding" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Wu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Wei" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Yang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1547-6" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959662v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Villenave" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jimenez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1064229318100149" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520147v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bouzouidja" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Rousseau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Galzin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1513-3" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087614v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Cordier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21487" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008732v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Cherel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Stas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2018.03.019" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959918v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1050486ar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173887v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tifafi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouzouidja" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legu&#233;dois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.02.027" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234389v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2015.08.008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5S2HLMSQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455997v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grosbellet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Yilmaz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622655320234775E12" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282566v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622645463078948E12" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266252v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Charbonnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Simonnot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Morel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.04.025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZF5Q5C4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01344656v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bataillard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rouvreau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176775v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01344671v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173872v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Claverie" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2013044" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173862v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Magnenet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pey" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2011.0069" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486271v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Renat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-010-0206-6" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7B0FMVC8-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486365v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sauvage" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1065/jss2008.03.277" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XLMV8P2V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174291v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.1454" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318039v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Clesse" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Libessart" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130882v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santoni Laure" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-1966" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318055v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130981v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05360400v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaujouan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Broggini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bulot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Consales" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797406v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233996v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vieillard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Lothod&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233442v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290378v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8020" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311202v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-11518" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537612v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05224481v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hostyn" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie C&#244;me" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233607v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321098v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Feraux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint&#8208;andr&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321085v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311224v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657002v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olivier Redon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint Andre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Galy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533714v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shichen Zhu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671212v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Groffman" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533680v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;r&#233; Geoffroy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schwartz Christophe" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-88966-998-1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972249v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972266v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;le Enjelvin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaylord Machinet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sirguey" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960332v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972230v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02960467v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leglize" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960299v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kohli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960336v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960325v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Chang" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Watteau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453507v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buyse" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Campanella" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Yan Chen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei-Na Guo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473680v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Janot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Tao Tang" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958865v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960342v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Blaudez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960356v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976239v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Junet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hamon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maunoury-Danger" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Biache" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01753391v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Walsh" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11591.19360" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960350v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Gutierrez-Fernando" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mu&#241;oz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Siebe" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Diemunsch" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192506v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Echevarria" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512100v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bechet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960375v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stas Marie" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761503v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schartz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Sere" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960370v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960367v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02960573v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kanso" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958827v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510196v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Emmanuel Peyneau" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960373v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786404v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13268.30085" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958797v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Begin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744233v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594736v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boign&#233;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bureau" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Langlois" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740900v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Morel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740406v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Fayolle" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rodriguez" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739258v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Tifafi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740106v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mourot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ragot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263798v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Appoline Auclerc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Baldo" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;guiristain" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263799v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743397v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Damas" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473176v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rouseau" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741695v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189991v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263806v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748977v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Beguiristain" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Charissou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie-Denise Chenot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Corbel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745305v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Watteau" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Schwartz" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000693v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Cortet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189709v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749653v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laurent" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749907v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192421v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752422v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757991v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752056v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751441v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397186v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Derycke" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387398v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195556v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123897v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile LE GUERN" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233988v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laurent" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Genies" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116801v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311235v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229837v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972223v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972197v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030675v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473679v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yetao Tang" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624904v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801742v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958711v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580710v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486443v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486484v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740810v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486444v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rokia" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744103v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486445v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ylmaz" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Legret" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486430v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurette" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Claverie" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Guilloux" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486448v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486447v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chenot" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743890v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486481v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486440v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486446v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gossiaux" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189992v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744527v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486452v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486449v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nehls" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Wessolek" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486450v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486451v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nuttens" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744551v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhou-Salifou Jangorzo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Casel" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486388v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Villemin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude B&#233;gin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486396v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486400v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132790v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Flores-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Abel" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ch&#225;vez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-822974-3.00273-1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170806v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perrin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Nougar&#232;des" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595163v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schweizerbart.de/publications/detail/isbn/9783510654116/Soils_within_Cities__noch_nicht_ersch" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02352957v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01818108v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schweizerbart.de/publications/detail/isbn/9783510654116" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624235v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796670v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moitrier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03575321v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ughetti" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01785605v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451161v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbrahim" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florimond Brun" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chenon" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823745v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752950v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPL033N" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05528339v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dalquier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Harris" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Santoni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Herbelin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-026-04233-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266479v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Chirol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Olivier Redon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2025.e01008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05074028v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-11-149-2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05360279v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengping Zhou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meina Guo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenshen Liu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Watteau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihua Zhang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c03646" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04508578v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Layet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ducommun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171347" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04804531v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Lothode" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blanchart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tribotte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13557" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706128v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cortet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116019" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385690v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Allory" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ouvrard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13141" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829175v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bradel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carbonnel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chauchard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art04" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665514v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358941v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mithun Hanumesh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su131810017" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03254385v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothod&#233; M." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ch&#233;rel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Warot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02933594v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Deeb" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter M. Groffman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Perl Egendorf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-6-413-2020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019968v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Nahmani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2142-9" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991510v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-018-2028-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154566v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celestino Quintela Sabaris" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Masfaraud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukaibin Sumail" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony van Der Ent" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2019.02.004" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01933951v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rodrigues" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine G&#233;rard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guimont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.11.152" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01934274v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rees" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Dagois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Watteau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2018.10.009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173903v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Huot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3232/SJSS.2018.V8.N2.02" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01818941v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Yilmaz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cannavo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy G. S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1524-0" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727153v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Brimo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garnier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.11.089" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773140v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kengbo Ding" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qing Wu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Wei" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Yang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1547-6" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087614v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Cordier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.21487" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959662v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Villenave" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jimenez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1064229318100149" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01520147v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bouzouidja" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Rousseau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Galzin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1513-3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008732v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Cherel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Stas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2018.03.019" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959918v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1050486ar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173887v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tifafi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bouzouidja" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legu&#233;dois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.02.027" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4PZM9JCH-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234389v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2015.08.008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5S2HLMSQ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455997v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grosbellet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Yilmaz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622655320234775E12" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282566v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622645463078948E12" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266252v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Charbonnier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Simonnot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Morel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.04.025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZF5Q5C4-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01344656v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bataillard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rouvreau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176775v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01344671v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173872v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Claverie" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2013044" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173862v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Magnenet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pey" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2011.0069" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486271v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Renat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-010-0206-6" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7B0FMVC8-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486365v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sauvage" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1065/jss2008.03.277" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XLMV8P2V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174291v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.1454" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318039v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Clesse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Libessart" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318055v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130981v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130882v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santoni Laure" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-1966" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05360400v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaujouan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Broggini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bulot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Consales" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797406v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233996v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vieillard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Lothod&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233442v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290378v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8020" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311202v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-11518" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04537612v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05224481v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hostyn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie C&#244;me" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233607v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321098v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Feraux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint&#8208;andr&#233;" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321085v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311224v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657002v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olivier Redon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint Andre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Galy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533714v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shichen Zhu" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671212v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Groffman" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533680v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;r&#233; Geoffroy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schwartz Christophe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-88966-998-1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972249v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972266v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;le Enjelvin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaylord Machinet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sirguey" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02960467v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leglize" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960299v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kohli" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Michelot-Antalik" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960336v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972230v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960332v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960325v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Chang" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Watteau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453507v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buyse" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Campanella" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Yan Chen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei-Na Guo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958865v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473680v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Janot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Tao Tang" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960342v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Blaudez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01753391v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Walsh" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11591.19360" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960350v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Gutierrez-Fernando" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mu&#241;oz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Siebe" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Diemunsch" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960356v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976239v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de Junet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hamon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maunoury-Danger" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Biache" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192506v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Echevarria" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512100v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bechet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960375v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stas Marie" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761503v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schartz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Sere" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960370v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960367v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958827v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510196v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Emmanuel Peyneau" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02960573v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kanso" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960373v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786404v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13268.30085" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958797v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Begin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744233v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594736v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boign&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bureau" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Langlois" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740900v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Morel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739258v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Tifafi" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740406v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Fayolle" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rodriguez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740106v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mourot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Marx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ragot" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263798v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Appoline Auclerc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Baldo" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;guiristain" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743397v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Damas" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263799v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473176v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rouseau" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741695v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189991v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263806v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748977v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Beguiristain" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Charissou" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie-Denise Chenot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Corbel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745305v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Watteau" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Schwartz" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000693v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Cortet" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189709v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749653v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laurent" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749907v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192421v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752422v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757991v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752056v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751441v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397186v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Derycke" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387398v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195556v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123897v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile LE GUERN" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233988v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laurent" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Genies" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116801v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311235v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229837v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972223v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02972197v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030675v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473679v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yetao Tang" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624904v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801742v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958711v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580710v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486443v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486484v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740810v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486444v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rokia" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744103v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486445v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ylmaz" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Legret" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486430v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurette" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Claverie" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Guilloux" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486448v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486447v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chenot" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743890v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486481v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486440v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486446v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gossiaux" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189992v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744527v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486452v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486449v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nehls" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Wessolek" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486450v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486451v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nuttens" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744551v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhou-Salifou Jangorzo" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Casel" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486388v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Villemin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude B&#233;gin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486396v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486400v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132790v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Flores-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Abel" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ch&#225;vez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-822974-3.00273-1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170806v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perrin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Nougar&#232;des" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595163v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schweizerbart.de/publications/detail/isbn/9783510654116/Soils_within_Cities__noch_nicht_ersch" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02352957v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01818108v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schweizerbart.de/publications/detail/isbn/9783510654116" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624235v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796670v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moitrier" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Balesdent" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03575321v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ughetti" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01785605v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451161v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbrahim" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florimond Brun" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chenon" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823745v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752950v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007INPL033N" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>