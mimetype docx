--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -351,408 +351,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravitational effects on Faraday instability in a viscoelastic liquid</w:t>
+                <w:t xml:space="preserve">Thwarting Marangoni instability in a viscoelastic liquid film via parametric forcing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I.B. Ignatius</w:t>
+                <w:t xml:space="preserve">I. Ignatius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dinesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg F. Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Narayanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1011, pp.A28. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (4), pp.044001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2025.328⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.10.044001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410639v1</w:t>
+                <w:t xml:space="preserve">hal-05410650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thwarting Marangoni instability in a viscoelastic liquid film via parametric forcing</w:t>
+                <w:t xml:space="preserve">A new upward-convective short-wave instability mode in gas-sheared falling liquid films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Ignatius</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">R. Narayanan</w:t>
+                <w:t xml:space="preserve">Misa Ishimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mergui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ruyer-Quil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Friedrich Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.10.044001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1024, pp.A30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2025.10889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410650v1</w:t>
+                <w:t xml:space="preserve">hal-05410623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new upward-convective short-wave instability mode in gas-sheared falling liquid films</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gravitational effects on Faraday instability in a viscoelastic liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georg Friedrich Dietze</w:t>
+                <w:t xml:space="preserve">I.B. Ignatius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dinesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg F. Dietze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Narayanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1024, pp.A30. </w:t>
+              <w:t xml:space="preserve">, 2025, 1011, pp.A28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2025.10889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2025.328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05410623v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05410639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of parametric forcing on Marangoni instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.B. Ignatius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dinesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1031,308 +1031,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas-sheared falling liquid films beyond the absolute instability limit</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Capillary-driven horseshoe vortex forming around a micro-pillar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ozawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Shimamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.F. Dietze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.N. Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2023.670⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 642, pp.227-234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2023.03.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04304395v1</w:t>
+                <w:t xml:space="preserve">hal-04187943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capillary-driven horseshoe vortex forming around a micro-pillar</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gas-sheared falling liquid films beyond the absolute instability limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Misa Ishimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mergui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ruyer-Quil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg F. Dietze</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 642, pp.227-234. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 971, pp.A37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2023.03.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2023.670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04187943v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear wave attenuation in strongly-confined falling liquid films sheared by a laminar counter-current gas flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1561,51 +1561,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superconfined falling liquid films: linear versus nonlinear dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1659,438 +1659,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03236774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pumping effect of heterogeneous meniscus formed around spherical particle</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solitary waves on superconfined falling liquid films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Lavalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mergui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg F. Dietze</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2019.12.005⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, pp.032001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.032001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03045107v1</w:t>
+                <w:t xml:space="preserve">hal-02527784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Falling liquid films in narrow tubes: occlusion scenarios</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pumping effect of heterogeneous meniscus formed around spherical particle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayate Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetsuya Ogawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motochika Inoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takuma Hori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizhong Mu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jfm.2020.267⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 562, pp.133-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2019.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03044949v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solitary waves on superconfined falling liquid films</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Georg F. Dietze</w:t>
+                <w:t xml:space="preserve">Falling liquid films in narrow tubes: occlusion scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Dietze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lavalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ruyer-Quil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5, pp.032001. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 894, pp.A17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.032001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2020.267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02527784v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03044949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of Meniscus Pump by Multiple Particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayate Nakamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Delafosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2258,51 +2258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2557,51 +2557,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Films in narrow tubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg F. Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ruyer-Quil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 762, pp.68-109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2635,51 +2635,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional flow structures in laminar falling liquid films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Rohlfs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2908,51 +2908,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavy liquid films in interaction with a confined laminar gas flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg F. Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ruyer-Quil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 722, pp.348-393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3620,51 +3620,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bischof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Martin Bücker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhold Kneer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4018,51 +4018,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convective-absolute and dripping-jetting transitions in core-annular flow within fuel cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Rykner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bruneton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4277,51 +4277,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4372,51 +4372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falling liquid films in interaction with a confined counter-current gas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4424,51 +4424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4519,51 +4519,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4608,269 +4608,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02187302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the stability of inclined liquid films with confined counter-current gas</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yiqin Li</w:t>
+                <w:t xml:space="preserve">Influence of confinement on the linear stability of a falling liquid film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">G. Dietze</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lavalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the APS Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Atlanta, United States</w:t>
+              <w:t xml:space="preserve">9th Conference of the International Marangoni Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Guilin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020919v1</w:t>
+                <w:t xml:space="preserve">hal-02409436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of confinement on the linear stability of a falling liquid film</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Li</w:t>
+                <w:t xml:space="preserve">On the stability of inclined liquid films with confined counter-current gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Lavalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiqin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Georg Dietze</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Conference of the International Marangoni Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Guilin, China</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the APS Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409436v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suppression of the Kapitza instability in falling liquid films by confining the gas phase</w:t>
               </w:r>
@@ -4908,51 +4908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Fluid Mechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4971,256 +4971,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02020918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instability of thin liquid films in strongly confined channels</w:t>
+                <w:t xml:space="preserve">Wave dynamics in counter-current gas-liquid flows for distillation process applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Dietze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Ruissellement et films cisaillés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Aussois, France</w:t>
+              <w:t xml:space="preserve">International workshop on trends in numerical and physical modeling for industrial multiphase flows</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123449v1</w:t>
+                <w:t xml:space="preserve">hal-01905656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave dynamics in counter-current gas-liquid flows for distillation process applications</w:t>
+                <w:t xml:space="preserve">Instability of thin liquid films in strongly confined channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiqin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on trends in numerical and physical modeling for industrial multiphase flows</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Cachan, France</w:t>
+              <w:t xml:space="preserve">GDR Ruissellement et films cisaillés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905656v1</w:t>
+                <w:t xml:space="preserve">hal-02123449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instability of thin liquid films in strongly confined channels</w:t>
               </w:r>
@@ -5232,77 +5232,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Lavalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiqing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Mergui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the APS Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Denver, CO, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5327,51 +5327,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séparation de l'écoulement dans la région capillaire d'un film liquide et laminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dietze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhold Kneer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5593,51 +5593,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FC9F2F61"/>
+    <w:nsid w:val="BADE0F1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5824,51 +5824,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/georg-dietze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1495-5505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235833045" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-2172-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532528v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Sherafatpour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ipatova" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duchesne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H N Yoshikawa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mariot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm01109d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410639v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.B. Ignatius" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dinesh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg F. Dietze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Narayanan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.328" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410650v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ignatius" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.10.044001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misa Ishimura" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mergui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ruyer-Quil" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Friedrich Dietze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10889" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801194v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.58" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673009v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corenthin Leroy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.9.084301" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737193v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.607" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.670" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187943v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ozawa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nakamura" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shimamura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Dietze" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Yoshikawa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.03.039" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865136v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Lavalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqin Li" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grenier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.967" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjishnu Choudhury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Filoche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Ribe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.682" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236774v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.417" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045107v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayate Nakamura" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Ogawa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motochika Inoue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Hori" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizhong Mu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2019.12.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044949v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Dietze" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lavalle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruyer-Quil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.267" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527784v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.032001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045111v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Delafosse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori Yoshikawa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzam Zoueshtiagh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b03713" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322230v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.851" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.902" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437848v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Picardo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.724" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437851v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.736" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437853v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.648" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013737v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rohlfs" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. N&#228;hrich" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kneer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Scheid" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2013.679" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437872v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman Haustein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Gany" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezra Elias" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhold Kneer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4023746" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437856v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2013.98" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437873v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilko Rohlfs" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2013-01786-2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437876v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2012.02.003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NDBP52C-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437875v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Yu. Tsvelodub" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-012-1342-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DTFVJQB4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437877v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5098/hmt.v2.3.3001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437866v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Al-Sibai" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112009008155" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-D9BRW1F8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bardow" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bischof" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Martin B&#252;cker" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.12.029" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JCMXKXS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437867v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leefken" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112007009378" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-2RNMKLZL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437870v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav Lel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Stadler" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faruk Al-Sibai" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02915754" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429144v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rykner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bruneton" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Saikali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathieu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455495v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil M. Ribe" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187303v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409578v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mergui" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grenier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187302v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020919v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dietze" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409436v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020918v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123449v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905656v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905651v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqing Li" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422916v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04437816v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/georg-dietze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1495-5505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235833045" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-2172-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532528v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Sherafatpour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ipatova" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Duchesne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H N Yoshikawa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mariot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm01109d" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410650v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ignatius" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dinesh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg F. Dietze" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Narayanan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.10.044001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410623v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misa Ishimura" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mergui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ruyer-Quil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Friedrich Dietze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10889" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410639v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.B. Ignatius" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.328" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801194v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.58" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673009v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corenthin Leroy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevfluids.9.084301" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737193v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.607" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187943v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ozawa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nakamura" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shimamura" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Dietze" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Yoshikawa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.03.039" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304395v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.670" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865136v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Lavalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqin Li" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grenier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.967" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjishnu Choudhury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Filoche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Ribe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2023.682" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236774v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2021.417" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527784v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.032001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045107v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayate Nakamura" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Ogawa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motochika Inoue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Hori" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizhong Mu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2019.12.005" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044949v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Dietze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lavalle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ruyer-Quil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.267" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045111v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Delafosse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori Yoshikawa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzam Zoueshtiagh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b03713" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322230v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.851" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.902" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437848v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Picardo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.724" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437851v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.736" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437853v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.648" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013737v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rohlfs" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. N&#228;hrich" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kneer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Scheid" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2013.679" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437872v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman Haustein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Gany" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezra Elias" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhold Kneer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4023746" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437856v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2013.98" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437873v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilko Rohlfs" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2013-01786-2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437876v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2012.02.003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NDBP52C-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437875v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Yu. Tsvelodub" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-012-1342-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DTFVJQB4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437877v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5098/hmt.v2.3.3001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437866v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Al-Sibai" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112009008155" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-D9BRW1F8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bardow" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bischof" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Martin B&#252;cker" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.12.029" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JCMXKXS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437867v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leefken" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112007009378" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-2RNMKLZL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437870v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viacheslav Lel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Stadler" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faruk Al-Sibai" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02915754" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429144v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rykner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bruneton" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Saikali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathieu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455495v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil M. Ribe" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187303v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409578v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mergui" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grenier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187302v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409436v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020919v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dietze" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020918v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905656v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123449v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905651v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqing Li" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422916v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04437816v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>