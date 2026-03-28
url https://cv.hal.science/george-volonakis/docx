--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -100,961 +100,961 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Screening and Discovery of Silver–Indium Halide Double Salts</w:t>
+                <w:t xml:space="preserve">Electron-phonon couplings in polymorphous crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christos Tyrpenou</w:t>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gopal Krishnamurthy Grandhi</w:t>
+                <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Vivo</w:t>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Volonakis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar RRL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 10 (1), pp.e202500941. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 113 (8), pp.L081104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/solr.202500941⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/n52n-g9nr⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05494477v1</w:t>
+                <w:t xml:space="preserve">hal-05528292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron-phonon couplings in polymorphous crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Roadmap for electronic structure, anharmonicity, and electron-phonon calculations in locally disordered inorganic and hybrid halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Zacharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feliciano Giustino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 113 (8), pp.L081104. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/n52n-g9nr⟩</w:t>
+              <w:t xml:space="preserve">, 2026, 113 (8), pp.085118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/67c2-yzjw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05528292v1</w:t>
+                <w:t xml:space="preserve">hal-05528302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roadmap for electronic structure, anharmonicity, and electron-phonon calculations in locally disordered inorganic and hybrid halide perovskites</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Computational Screening and Discovery of Silver–Indium Halide Double Salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Tyrpenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gopal Krishnamurthy Grandhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 113 (8), pp.085118. </w:t>
+              <w:t xml:space="preserve">Solar RRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 10 (1), pp.e202500941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/67c2-yzjw⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/solr.202500941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05528302v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05494477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 2D Double Perovskite Based on the Chiral Cystaminium Cation Exhibiting Multiple Switches in Quadratic Nonlinear Optical Response</w:t>
+                <w:t xml:space="preserve">Flexible and efficient semiempirical DFTB parameters for electronic structure prediction of 3D, 2D iodide perovskites and heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Maniadi</w:t>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mercier</w:t>
+                <w:t xml:space="preserve">Tammo van der Heide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Abhervé</w:t>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Gindre</w:t>
+                <w:t xml:space="preserve">Carlos Raúl Lien-Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Tailleur</w:t>
+                <w:t xml:space="preserve">Arnaud Fihey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (44), pp.40708-40718. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (2), pp.023803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c13444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.9.023803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05346674v1</w:t>
+                <w:t xml:space="preserve">hal-04963542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Dimensional to Layered Halide Perovskites: A Parameter-Free Hybrid Functional Method for Predicting Electronic Band Gaps</w:t>
+                <w:t xml:space="preserve">Design Principles for Narrow-Gap Hybrid Semiconductors: Insights from Viologen-Tin and Viologen-Lead Iodides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Buba Garba</w:t>
+                <w:t xml:space="preserve">Robert P Reynolds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Trombini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claudine Katan</w:t>
+                <w:t xml:space="preserve">Jessica H Persaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacky Even</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marios Zacharias</w:t>
+                <w:t xml:space="preserve">Andrew J Torma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia E Meza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.5c00158⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (28), pp.24573 - 24593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c05202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05049725v1</w:t>
+                <w:t xml:space="preserve">hal-05167303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible and efficient semiempirical DFTB parameters for electronic structure prediction of 3D, 2D iodide perovskites and heterostructures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 2D Double Perovskite Based on the Chiral Cystaminium Cation Exhibiting Multiple Switches in Quadratic Nonlinear Optical Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tammo van der Heide</w:t>
+                <w:t xml:space="preserve">Maria Maniadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Thébaud</w:t>
+                <w:t xml:space="preserve">Nicolas Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Raúl Lien-Medrano</w:t>
+                <w:t xml:space="preserve">Alexandre Abhervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Fihey</w:t>
+                <w:t xml:space="preserve">Denis Gindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Tailleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.9.023803⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (44), pp.40708-40718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c13444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963542v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Principles for Narrow-Gap Hybrid Semiconductors: Insights from Viologen-Tin and Viologen-Lead Iodides</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Three-Dimensional to Layered Halide Perovskites: A Parameter-Free Hybrid Functional Method for Predicting Electronic Band Gaps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica H Persaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">George Volonakis</w:t>
+                <w:t xml:space="preserve">Ibrahim Buba Garba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew J Torma</w:t>
+                <w:t xml:space="preserve">Lorenzo Trombini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia E Meza</w:t>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (28), pp.24573 - 24593. </w:t>
+              <w:t xml:space="preserve">ACS Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (5), pp.1922-1929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c05202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.5c00158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167303v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05049725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polaronic Mass Enhancement and Polaronic Excitons in Metal Halide Perovskites</w:t>
               </w:r>
@@ -1615,64 +1615,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua Leveillee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet-Anh Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRX Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 3 (2), pp.023012. </w:t>
@@ -1704,849 +1704,849 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anharmonic electron-phonon coupling in ultrasoft and locally disordered perovskites</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fine Structure of Excitons in Vacancy-Ordered Halide Double Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacky Even</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Computational Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9 (1), pp.153. </w:t>
+              <w:t xml:space="preserve">ACS Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (1), pp.52-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41524-023-01089-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.2c01010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186764v2</w:t>
+                <w:t xml:space="preserve">hal-03879741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine Structure of Excitons in Vacancy-Ordered Halide Double Perovskites</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chemical Behavior and Local Structure of the Ruddlesden−Popper and Dion−Jacobson Alloyed Pb/Sn Bromide 2D Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenia Vasileiadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parth Raval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Welton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.2c01010⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 145 (29), pp.15997-16014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.3c03997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03879741v1</w:t>
+                <w:t xml:space="preserve">hal-04162510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Behavior and Local Structure of the Ruddlesden−Popper and Dion−Jacobson Alloyed Pb/Sn Bromide 2D Perovskites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Welton</w:t>
+                <w:t xml:space="preserve">Surface and Optical Properties of Phase-Pure Silver Iodobismuthate Nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Matuhina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Krishnamurthy Grandhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashanti Bergonzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Grisorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.3c03997⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (36), pp.14764-14773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3NR02742B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162510v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface and Optical Properties of Phase-Pure Silver Iodobismuthate Nanocrystals</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anharmonic lattice dynamics via the special displacement method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (36), pp.14764-14773. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (3), pp.035155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3NR02742B⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.035155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189718v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anharmonic lattice dynamics via the special displacement method</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Novel 3D Cubic Topology in Hybrid Lead Halides with a Symmetric Aromatic Triammonium Exhibiting Water Stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenia Vasileiadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imra Tajuddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael de Siena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Klepov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.035155⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (14), pp.5267-5280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.3c00164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186818v1</w:t>
+                <w:t xml:space="preserve">hal-04172600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel 3D Cubic Topology in Hybrid Lead Halides with a Symmetric Aromatic Triammonium Exhibiting Water Stability</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anharmonic electron-phonon coupling in ultrasoft and locally disordered perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35 (14), pp.5267-5280. </w:t>
+              <w:t xml:space="preserve">npj Computational Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (1), pp.153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.3c00164⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41524-023-01089-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172600v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186764v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short Aromatic Diammonium Ions Modulate Distortions in 2D Lead Bromide Perovskites for Tunable White-Light Emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ping Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Welton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaotong Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2623,64 +2623,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of the High Specific Capacity in Sodium Manganese Hexacyanomanganate br</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Hurlbutt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feliciano Giustino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Pasta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2753,77 +2753,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pingping Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debdipto Acharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Zacharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APL Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (6), pp.060902. </w:t>
@@ -2874,90 +2874,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silver‐Bismuth Halide Double Salts for Lead‐free Photovoltaics: Insights From Symmetry‐Based Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cucco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pedesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar RRL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 6 (12), pp.2200718. </w:t>
@@ -3021,77 +3021,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaotong Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constantinos Stoumpos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 34 (14), pp.6541-6552. </w:t>
@@ -3155,64 +3155,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Schade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suhas Mahesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Zacharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Wenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3410,90 +3410,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quasiparticle Band Structure and Phonon-Induced Band Gap Renormalization of the Lead-Free Halide Double Perovskite Cs2InAgCl6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet-Anh Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyungjun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feliciano Giustino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 125 (39), pp.21689-21700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3540,77 +3540,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic Structure and Electron-Transport Properties of Three Metal Hexacyanoferrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Hurlbutt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feliciano Giustino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Pasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33 (17), pp.7067-7074. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3670,77 +3670,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cucco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Bouder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pedesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 119 (18), pp.181903. </w:t>
@@ -3791,64 +3791,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonon-Limited Mobility and Electron-Phonon Coupling in Lead-Free Halide Double Perovskites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua Leveillee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feliciano Giustino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (18), pp.4474-4482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3895,90 +3895,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrinsic quantum confinement in formamidinium lead triiodide perovskite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam D Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Borchert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher L Davies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feliciano Giustino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 19 (11), pp.1201-1206. </w:t>
@@ -3987,5835 +3987,5835 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41563-020-0774-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02930358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roadmap for electronic structure, anharmonicity, and electron-phonon calculations in locally disordered inorganic and hybrid halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Two-dimensional perovskites with maximum symmetry enable exciton diffusion length exceeding 2 micrometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jared Fletcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siedah Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electron-phonon couplings in locally disordered materials: The case of hybrid halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (40)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Accurate Predictions of Optoelectronic and Transport Properties of Metal Halide Perovskites: The Role of Intrinsic Disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DFTB Parametrization for Iodide and Bromide Perovskites and Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammo van der Heide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Raúl Lien-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fihey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vibrational structure and electron-phonon interactions in halide perovskite CsPbBr3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Zeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Létoublon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRS Spring meeting 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Seattle, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semi-Empirical DFTB Parameters for Bromide Perovskites: Electronic Structure Predictions in 3D, 2D, and Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammo van der Heide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Raúl Lien-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fihey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Pérovskites Halogénées (JPH 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, ERQUY, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semi-Empirical DFTB Parameters for Iodide and Bromide Perovskites: From 3D and 2D Materials to Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammo van der Heide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Raúl Lien-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fihey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-Throughput Unied Framework for Local Disorder, Anharmonicity, and Electron-Phonon Coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Materials design of halide perovskites and beyond: Opto-electronic properties, and charge carrier mobilities from first principles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Hybrid and Organic Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Valence, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.hopv.2024.154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flexible and Efficient Semi-Empirical DFTB methods for Electronic Structure Prediction of 3D, 2D Perovskites and Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammo van der Heide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos R Lien-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATSUS Spring 2024 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Barcelona, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.matsus.2024.144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intrinsic Limits of Charge Carrier Mobilities in Halide Perovskites: From 3D to Layered Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Leveillee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRS spring 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Seattle, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intrinsic Limits of Charge Carrier Mobilities in Halide Perovskites—From 3D to Layered Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Leveillee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Anh Ha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRS Fall 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Substitutional Engineering of Halide Double Salts: Material Design of Ag-In-I Ternary Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Tyrpenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Krishnamurthy Grandhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATSUS Spring 2025 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Sevilla, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.matsusspring.2025.114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extending tight-binding models from bulk to layered halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baker Shalak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Quarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATSUS Spring 2024 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Barcelona, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.matsus.2024.084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computational materials design for the next generation of energy perovskite-related materials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATSUS Spring 2025 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Sevilla, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.matsusspring.2025.505⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ab-Initio Computational Design of Halide Perovskites and Related Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emerging Light Emitting Materials 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, La Canea, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.emlem.2024.045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local Disorder and Electron-Anharmonic Phonon Coupling in Metal Halide Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MATSUS Spring 2024 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Barcelona, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.matsus.2024.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polymorphism in Halide Perovskites: Bridging the Gap Between Theory and Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emerging Light Emitting Materials 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, La Canea, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.emlem.2024.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flexible and Efficient Semi-Empirical DFTB methods for Electronic Structure Prediction of 3D, 2D Perovskites and Heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammo van der Heide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Lien-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">journées pérovskites halogénées JPH 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Aix les Bains, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of disorder and anharmonicity in the phonon dynamics and electronphononcoupling of halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS Fall Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Varsovie, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photovoltaic and excitonic properties of novel perovskite-like materials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">emrs spring meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halide perovskites beyond methylammonium lead iodide for more than optoelectronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Research Society Spring Meeting 2023 (MRS 2023 Spring Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, San Francisco, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anharmonic electron-phonon coupling in layered and bulk polymorphous perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Emerging Light Emitting Materials 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Peyia, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.emlem.2023.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04327528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of anharmonicity and polymorphism on electron-phonon coupling in halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">emrs spring meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interlayer Ordered Mixed-Spacer 2D Halide Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaotong Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Dong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinos Stoumpos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRS Fall 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Symmetry-informed tight-binding modeling of disordered hybrid perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Quarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Physical Society March Meeting 2023 (APS March Meeting 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Las Vegas, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04126245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and Optoelectronic Properties of 2D Multilayered Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRS Fall 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tight-binding modelling of layered halide perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Quarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8è Journées Pérovskites Halogénées 2023 (JPH 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Biarritz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04126285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Excitonic Properties of Vacancy Ordered Halide Double Perovskites: From Wannier to Frenkel excitons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12è Journées Nationales du PhotoVoltaïque (JNPV 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surfaces/interfaces in atomic-scale semiconductor devices: structural and electronic properties of Pb-free perovskites and charge transport materials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainable Metal-halide perovskites for photovoltaics, optoelectronics and photonics Conference (Sus-MHP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Valencia, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.sus-mhp.2022.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of surface termination on the structural and electronic properties at the Pb-free perovskite/charge transport material interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Emerging Light Emitting Materials (EMLEM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Limassol, Cyprus</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03949220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From bulk, to surface and interface properties of unusual semiconductors at the atomic scale to promising devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NANOTEXNOLOGY 2022 / 15th International Symposium on Flexible Organic Electronics (ISFOE22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Thessaloniki, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unveiling surface and interface properties of Pb-free perovskites from atomic scale simulation for thin-film device applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th International Conference on Nanostructured Materials (NANO 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Sevilla, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atomistic studies of surface and interface properties in lead-free halide perovskite semiconductor devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Materials Research Society - Fall Meeting 2022 (E-MRS 2022 Fall Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Warsaw, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent results on metal halide perovskites and their interfaces*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Quarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APS March Meeting 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Chicago, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuning the properties of multilayered perovskites and their interfaces for optoelectronic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Quarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junke Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OPTIQUE Nice 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of surface termination on electronic configurations at FASnI3/C60 interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nanoGe Fall Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Online, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.nfm.2021.070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electronic Structure and Stability of Cs2TiX6 and Cs2ZrX6 (X = Br, I) Vacancy Ordered Double Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Bouder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nanoGe Fall Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Online, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29363/nanoge.nfm.2021.196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudorfittes for solar-cell applications: Insights on their structures, electronic and optical properties from rst-principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cucco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Materials Research Society - Spring Meeting 2021 (E-MRS 2021 Spring Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03254267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards lead-free perovskite device architectures: interface simulations of tin-based heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pedesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Research Society Fall Meeting 2021 (MRS 2021 Fall Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physics of 2D perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Blancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siraj Sidhik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Semiconductors, perovskites and 2D materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interplay between structural and electronic properties at Pb-free perovskite/electron transport material interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pingping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubacar Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Kepenekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11è Journées Nationales du PhotoVoltaïque (JNPV 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03500333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron scattering experiment and simulation in halide perovskite CsPbBr3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xu Zeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Létoublon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Zacharias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Spring 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05219422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultimate 2D Perovskite-FA DJ 2D Perovskites with Maximum Symmetry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hao Zhang</w:t>
+                <w:t xml:space="preserve">Anharmonic Electron-Phonon Coupling in Polymorphous Perovskites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Zacharias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Volonakis</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Feliciano Giustino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Even</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326587v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anharmonic Electron-Phonon Coupling in Polymorphous Perovskites</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Ultimate 2D Perovskite-FA DJ 2D Perovskites with Maximum Symmetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jared Fletcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Volonakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Katan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326574v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ag-Bi-I rudorffites for solar-cell applications: Insights on their structures, electronic and optical properties from first-principles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cucco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pedesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Kepenekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11è Journées Nationales du PhotoVoltaïque (JNPV 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03500348v1</w:t>
-              </w:r>
-[...5268 lines deleted...]
-                <w:t xml:space="preserve">hal-03500052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId223"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9970,51 +9970,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494477v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Tyrpenou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopal Krishnamurthy Grandhi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vivo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Kepenekian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Volonakis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202500941" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528292v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Zacharias" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pedesseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Katan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feliciano Giustino" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/n52n-g9nr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528302v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/67c2-yzjw" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346674v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Maniadi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mercier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abherv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gindre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tailleur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c13444" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049725v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Buba Garba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Trombini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Even" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.5c00158" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963542v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junke Jiang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammo van der Heide" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Th&#233;baud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ra&#250;l Lien-Medrano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fihey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.023803" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167303v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P Reynolds" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica H Persaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Torma" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia E Meza" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c05202" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596394v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Baranowski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Nowok" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Galkowski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Dyksik" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Surrente" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.4c00905" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832834v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Schart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Torres-Cavanillas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Wheeler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hurlbutt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Manuel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c03856" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564542v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weicheng Shen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Azmy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Li" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamika Mishra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zois Syrgiannis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202400582" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867384v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokurala Krishnaiah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuntal Singh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanchi Monga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Tripathi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sougata Karmakar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202404547" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cucco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Leveillee" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Anh Ha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXEnergy.3.023012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186764v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-023-01089-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879741v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.2c01010" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162510v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Fu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Quintero" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Vasileiadou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parth Raval" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Welton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c03997" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189718v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Matuhina" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Krishnamurthy Grandhi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashanti Bergonzoni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Grisorio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR02742B" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186818v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.035155" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172600v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imra Tajuddin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael de Siena" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Klepov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c00164" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840368v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaotong Li" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c02471" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715047v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Pasta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c04167" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694654v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingping Jiang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debdipto Acharya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0095515" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829376v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202200718" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726767v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Dong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Stoumpos" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c01432" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schade" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhas Mahesh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wenger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.0c02524" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102201v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murali Gedda" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Yengel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Faber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Paulus" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A Kress" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202003137" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413902v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyungjun Lee" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c06542" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414059v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c02183" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431219v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bouder" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0070104" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247358v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c00841" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930358v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam D Wright" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Borchert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher L Davies" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-020-0774-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219422v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Zeli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326587v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Hou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Fletcher" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326574v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500348v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Kepenekian" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344840v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344778v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siedah Hall" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344829v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219414v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219391v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224005v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166016v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219381v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219411v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972691v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Lien-Medrano" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972708v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614263v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.hopv.2024.154" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505858v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos R Lien-Medrano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsus.2024.144" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972711v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025073v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsusspring.2025.114" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024664v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsusspring.2025.505" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505864v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baker Shalak" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Quarti" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsus.2024.084" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772660v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.emlem.2024.045" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505844v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsus.2024.055" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766867v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.emlem.2024.025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126285v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190475v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227110v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131096v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327528v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.emlem.2023.008" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326531v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190465v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126245v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326517v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609687v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Traore" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858234v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949749v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949767v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.sus-mhp.2022.002" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949220v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790823v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790792v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788870v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500333v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Traor&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500082v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.nfm.2021.070" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500075v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.nfm.2021.196" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254267v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469859v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500052v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Blancon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siraj Sidhik" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Li" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528292v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Zacharias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Volonakis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pedesseau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Katan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feliciano Giustino" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/n52n-g9nr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/67c2-yzjw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494477v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Tyrpenou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopal Krishnamurthy Grandhi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vivo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Kepenekian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202500941" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963542v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junke Jiang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammo van der Heide" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Th&#233;baud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ra&#250;l Lien-Medrano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fihey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.9.023803" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167303v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P Reynolds" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica H Persaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Torma" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia E Meza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c05202" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346674v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Maniadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mercier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abherv&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gindre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tailleur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c13444" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049725v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Buba Garba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Trombini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Even" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.5c00158" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596394v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Baranowski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Nowok" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Galkowski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Dyksik" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Surrente" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.4c00905" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832834v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Schart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Torres-Cavanillas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Wheeler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hurlbutt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Manuel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c03856" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564542v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weicheng Shen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Azmy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Li" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamika Mishra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zois Syrgiannis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202400582" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867384v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokurala Krishnaiah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuntal Singh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanchi Monga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Tripathi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sougata Karmakar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202404547" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cucco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Leveillee" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Anh Ha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXEnergy.3.023012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879741v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.2c01010" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162510v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Fu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Quintero" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Vasileiadou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parth Raval" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Welton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.3c03997" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189718v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Matuhina" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Krishnamurthy Grandhi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashanti Bergonzoni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Grisorio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR02742B" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186818v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.035155" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172600v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imra Tajuddin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael de Siena" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Klepov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c00164" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186764v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-023-01089-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840368v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaotong Li" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c02471" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715047v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Pasta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c04167" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694654v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingping Jiang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debdipto Acharya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0095515" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829376v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202200718" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726767v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Dong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Stoumpos" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c01432" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schade" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhas Mahesh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wenger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.0c02524" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102201v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murali Gedda" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Yengel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Faber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Paulus" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A Kress" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202003137" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413902v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyungjun Lee" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c06542" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414059v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c02183" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431219v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bouder" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0070104" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247358v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c00841" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930358v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam D Wright" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Borchert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher L Davies" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-020-0774-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344840v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344778v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Hou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Fletcher" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siedah Hall" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zhang" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344829v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219414v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219391v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224005v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Zeli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166016v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219381v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219411v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614263v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.hopv.2024.154" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505858v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos R Lien-Medrano" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsus.2024.144" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972708v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972711v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025073v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsusspring.2025.114" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505864v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baker Shalak" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Quarti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsus.2024.084" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024664v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsusspring.2025.505" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772660v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.emlem.2024.045" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505844v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.matsus.2024.055" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766867v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.emlem.2024.025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972691v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Lien-Medrano" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227110v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190475v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131096v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327528v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.emlem.2023.008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190465v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326531v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126245v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326517v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126285v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949749v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949767v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Traore" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.sus-mhp.2022.002" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949220v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790823v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790792v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788870v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609687v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858234v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500082v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.nfm.2021.070" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500075v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29363/nanoge.nfm.2021.196" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254267v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Kepenekian" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469859v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubacar Traor&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500052v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Blancon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siraj Sidhik" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Li" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500333v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219422v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326574v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326587v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500348v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>