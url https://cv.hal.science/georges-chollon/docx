--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2228,291 +2228,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boron carbonitride coatings synthesized by LPCVD, structure and properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular-Level Processing of Si-(B)-C Materials with Tailored Nano/Microstructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Puyoo</w:t>
+                <w:t xml:space="preserve">Charlotte Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Teyssandier</w:t>
+                <w:t xml:space="preserve">Emanoelle Diz Acosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René Pailler</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chrystelle Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Plaisantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2017.06.024⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (67), pp.17103 - 17117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201703674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326454v1</w:t>
+                <w:t xml:space="preserve">hal-01670301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular-Level Processing of Si-(B)-C Materials with Tailored Nano/Microstructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Schmidt</w:t>
+                <w:t xml:space="preserve">Boron carbonitride coatings synthesized by LPCVD, structure and properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Puyoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Durif</w:t>
+                <w:t xml:space="preserve">F. Teyssandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emanoelle Diz Acosta</w:t>
+                <w:t xml:space="preserve">René Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrystelle Salameh</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christine Labrugère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Chollon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 23 (67), pp.17103 - 17117. </w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122, pp.19-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201703674⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2017.06.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670301v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Chemistry and Engineering of Boron-Modified Polyorganosilazanes as New Processable and Functional SiBCN Precursors</w:t>
               </w:r>
@@ -2550,51 +2550,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhijeet Lale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 23 (38), pp.9076 - 9090. </w:t>
@@ -4470,261 +4470,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative structural and textural assessment of laminar pyrocarbons through Raman spectroscopy, electron diffraction and few other techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Vallerot</w:t>
+                <w:t xml:space="preserve">Structural and textural evolution of CVD-SiC to indentation, high temperature creep and irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Chollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Bourrat</w:t>
+                <w:t xml:space="preserve">J.M. Vallerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Mouchon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Chollon</w:t>
+                <w:t xml:space="preserve">D. Helary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jouannigot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2005.12.029⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27 (2-3), pp.1503-1511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2006.05.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00159174v1</w:t>
+                <w:t xml:space="preserve">cea-02354148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and textural evolution of CVD-SiC to indentation, high temperature creep and irradiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Chollon</w:t>
+                <w:t xml:space="preserve">Quantitative structural and textural assessment of laminar pyrocarbons through Raman spectroscopy, electron diffraction and few other techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Vallerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Vallerot</w:t>
+                <w:t xml:space="preserve">Xavier Bourrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Helary</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Jouannigot</w:t>
+                <w:t xml:space="preserve">Arnaud Mouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Chollon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2006.05.038⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 44 (9), pp.1833-1844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2005.12.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02354148v1</w:t>
+                <w:t xml:space="preserve">insu-00159174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deposition Process of Amorphous Boron Carbide from CH[sub 4]∕BCl[sub 3]∕H[sub 2] Precursor</w:t>
               </w:r>
@@ -4814,51 +4814,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Temperature Pyrocarbon : a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bourrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5238,51 +5238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Rebillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bourrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 24 (1), pp.33-44. </w:t>
@@ -7300,51 +7300,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123400v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Chollon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Plaisantin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Danet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lopez-Ferber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2025.113075" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Da Calva Mouillevois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Audren-Paul" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertrand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.144846" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Plaisantin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Berdoyes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laduye" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desenfant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.02.067" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fenetaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jacques" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129927" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838498v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rivi&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vignoles" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2022.139612" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987622v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.L. Vignoles" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jiec.2020.10.029" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188173v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Braun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean King" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hoglund" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Abbasi Gharacheh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Scott" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.035604" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03118844v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Wynn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Viard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Fonblanc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schmidt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100055" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03120175v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacques" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Allemand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2021.01.008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goillot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heisel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rochais" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.03.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943064v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.08.066" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326257v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nouvian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Arnaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Piquero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.02.031" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070189v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chollon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2019.01.191" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334052v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cossou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cou&#233;gnat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean W King" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyi Li" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2019.04.045" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971856v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carminati" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Buffeteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daugey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rebillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2018.08.020" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629904v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailesh Dhungana" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuong D Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley J Nordell" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony N. Caruso" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M Paquette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4974920" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629869v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dentzer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gadiou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2016.12.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326454v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Puyoo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teyssandier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pailler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Labrug&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.06.024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01670301v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Durif" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanoelle Diz Acosta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Salameh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201703674" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01670294v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijeet Lale" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700623" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629906v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patxi Drieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouannigot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.02.024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629903v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delettrez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Langlais" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.08.021" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717019v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Farbos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weisbecker" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.E. Fischer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre da Costa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lalanne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2014.08.087" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-659DXC5W-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817348v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pallier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chollon Georges" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weisbecker Patrick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teyssandier Francis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervais Christel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2012.07.087" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-29GM5KHD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468408v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Leyssale" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Truflandier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Thy Bui" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weisbecker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm400847t" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629908v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drieux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cavagnat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2013.06.046" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629902v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Placide" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.05.066" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326549v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2011.5030" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346930v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reinisch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Patel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Leyssale" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alotta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2011.5105" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410177v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard L. Vignoles" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaborieau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2008.04.065" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCNR9Z69-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410189v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reinisch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2008.04.086" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326609v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berjonneau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2007.05.038" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326615v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2007.06.098" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T13WPRXL-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326959v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vallerot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Helary" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2006.05.038" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326650v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2007.01.039" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00159174v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bourrat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mouchon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2005.12.029" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02354148v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vallerot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Helary" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouannigot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326968v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.2353566" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00092046v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard L. Vignoles" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083959v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Javier Montes de Oca - Valero" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Petitcorps" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Manaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J. Carrillo Romo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.1874152" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326982v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Naslain" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Prentice" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Shatwell" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. May" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2004.06.013" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327187v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gallet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Rebillat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guette" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0955-2219(03)00126-2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMDFWPRL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326327v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mocaer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pailler" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Filipuzzi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Naslain" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00354712" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-1PQ76W7J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627364v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Le Doze" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01702242v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01701781v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715976v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monthioux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950311v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Ros" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Germain" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399521v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christianne Mulat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Coindreau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326582v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3207571" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02881264v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ballestero" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cerneaux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753203v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lale" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01373926v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715949v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Farbos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979857v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118744109.ch10" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374117v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.destechpub.com/product/polymer-derived-ceramics/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03605469v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123400v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Chollon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Plaisantin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Danet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lopez-Ferber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2025.113075" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Da Calva Mouillevois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Audren-Paul" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertrand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2023.144846" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Plaisantin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Berdoyes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Laduye" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desenfant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.02.067" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fenetaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jacques" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2023.129927" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838498v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rivi&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vignoles" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2022.139612" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987622v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.L. Vignoles" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jiec.2020.10.029" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188173v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Braun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean King" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hoglund" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Abbasi Gharacheh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Scott" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.5.035604" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03118844v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Wynn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Viard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Fonblanc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schmidt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100055" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03120175v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacques" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Allemand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2021.01.008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goillot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heisel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rochais" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.03.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943064v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.08.066" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326257v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nouvian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Arnaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Piquero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.02.031" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070189v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chollon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2019.01.191" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334052v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cossou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cou&#233;gnat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean W King" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyi Li" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2019.04.045" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971856v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carminati" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Buffeteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daugey" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rebillat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2018.08.020" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629904v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailesh Dhungana" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuong D Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley J Nordell" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony N. Caruso" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle M Paquette" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4974920" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629869v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bertran" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dentzer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gadiou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouquet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2016.12.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01670301v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Durif" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanoelle Diz Acosta" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Salameh" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201703674" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326454v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Puyoo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teyssandier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pailler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Labrug&#232;re" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.06.024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01670294v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijeet Lale" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700623" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629906v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patxi Drieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouannigot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.02.024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629903v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delettrez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Langlais" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.08.021" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717019v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Farbos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weisbecker" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.E. Fischer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre da Costa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lalanne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2014.08.087" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-659DXC5W-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817348v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pallier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chollon Georges" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weisbecker Patrick" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teyssandier Francis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervais Christel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2012.07.087" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-29GM5KHD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468408v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Leyssale" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Truflandier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Thy Bui" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weisbecker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm400847t" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629908v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Drieux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cavagnat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2013.06.046" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629902v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Placide" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.05.066" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326549v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2011.5030" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346930v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reinisch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Patel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Leyssale" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alotta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2011.5105" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410177v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard L. Vignoles" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaborieau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2008.04.065" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCNR9Z69-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410189v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reinisch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2008.04.086" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326609v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berjonneau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2007.05.038" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326615v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2007.06.098" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T13WPRXL-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326959v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vallerot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Helary" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2006.05.038" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326650v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2007.01.039" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02354148v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vallerot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Helary" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouannigot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00159174v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bourrat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mouchon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2005.12.029" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326968v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.2353566" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00092046v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard L. Vignoles" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083959v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Javier Montes de Oca - Valero" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Petitcorps" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Manaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J. Carrillo Romo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.1874152" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326982v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Naslain" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvin Prentice" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Shatwell" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. May" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2004.06.013" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327187v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gallet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Rebillat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guette" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0955-2219(03)00126-2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMDFWPRL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326327v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mocaer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pailler" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Filipuzzi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Naslain" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00354712" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-1PQ76W7J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627364v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Le Doze" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01702242v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01701781v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715976v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monthioux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950311v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Ros" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Germain" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399521v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christianne Mulat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Coindreau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326582v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3207571" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02881264v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ballestero" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cerneaux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753203v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lale" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01373926v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715949v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Farbos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979857v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118744109.ch10" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374117v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.destechpub.com/product/polymer-derived-ceramics/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03605469v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>