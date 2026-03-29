--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -271,441 +271,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02467805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumbledown et The Falklands Play : un autre regard sur le conflit des Malouines</w:t>
+                <w:t xml:space="preserve">Le conflit des Malouines et les représentations fictionnelles de l'Histoire récente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.12</w:t>
+              <w:t xml:space="preserve">, 2014, pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00936638v1</w:t>
+                <w:t xml:space="preserve">halshs-00937159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le conflit des Malouines et les représentations fictionnelles de l'Histoire récente</w:t>
+                <w:t xml:space="preserve">Tumbledown et The Falklands Play : un autre regard sur le conflit des Malouines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.10</w:t>
+              <w:t xml:space="preserve">, 2014, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00937159v1</w:t>
+                <w:t xml:space="preserve">halshs-00936638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Blue Lamp (1950) et Dixon of Dock Green (1956-1976) ou l'appropriation du film noir par la fiction britannique des années 1950</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournier Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CinémAction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00937129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibliographical Essay on Docudrama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournier Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">InMedia : the French Journal of Media and Media Representations in the English-Speaking World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00937173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">British Docudrama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">InMedia : the French Journal of Media and Media Representations in the English-Speaking World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiction politique et télévision d'auteur : l'exemple britannique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ceisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00936665v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-00937129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Documenting Fiction</w:t>
               </w:r>
@@ -1481,441 +1481,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Fictional Treatment of Political Figures: Information or Propaganda?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournier Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visible Evidence XX. Docudrama, affect, and social mobilisation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Stockholm, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00937804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Space in the Fiction Films on Margaret Thatcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spaces of Television: Production, Site and Style</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Reading, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00937792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">The Fictional Treatment of Political Figures: Information or Propaganda?</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiction politique et télévision d'auteur : l'exemple britannique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Visible Evidence XX. Docudrama, affect, and social mobilisation.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">Qu'est-ce qu'une télévision de qualité ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00937869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Enjeux de la représentation du conflit des Malouines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Guerre des Malouines: Enjeux et représentations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00937894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Fictional Treatment of Sensitive Issues on French TV Channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NECS - Sonic Futures: Soundscapes and the Languages of Screen Media Screen Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00937875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Docudrama and the Revisiting of History</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NECS Conference: Screen, Media and Memory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00937872v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00937869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthropo-scène : la représentation des enjeux environnementaux à la télévision publique britannique</w:t>
               </w:r>
@@ -2617,151 +2617,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">War Documentaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournier Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">InMédia, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00937166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Media and Diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inmédia, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00937164v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-00937166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écriture documentaire anglo-saxonne : De la propagande à la contestation</w:t>
               </w:r>
@@ -3159,151 +3159,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du Film noir au néo-noir: Mythes et stéréotypes de l'Amérique (1941-2008)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournier Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00937175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les Représentations fictionnelles de l'information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournier Georges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00937174v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-00937175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3458,51 +3458,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467769v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Fournier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.1513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467805v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936638v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournier Georges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937159v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936665v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467735v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937173v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937129v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937172v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/inmedia.146" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937132v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.5641" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937140v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937142v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Glain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Marin-Lamellet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tranmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Wary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468058v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468067v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468040v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937792v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937804v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937894v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937875v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937872v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937869v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937897v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937882v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937891v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937906v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00938890v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00938873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937910v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937164v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937166v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937169v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01960824v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936606v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00939305v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936628v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937174v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937175v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467769v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Fournier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfcb.1513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467805v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937159v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournier Georges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936638v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937129v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937173v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467735v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936665v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937172v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/inmedia.146" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937132v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.5641" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937140v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937142v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Glain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Marin-Lamellet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tranmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Wary" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468058v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468067v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468040v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937792v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937869v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937894v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937875v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937872v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937897v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937882v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937891v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937906v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00938890v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00938873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937910v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937166v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937164v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937169v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-01960824v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936606v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00939305v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936628v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937175v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937174v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>