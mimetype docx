--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -168,1486 +168,1495 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Soltesz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, In press, pp.104239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.net.2026.104239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05496734v1</w:t>
+                <w:t xml:space="preserve">hal-05496734v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of neighbouring rods in cladding deformation and rupture opening size during loss of coolant accidents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cristina Dominguez</w:t>
+                <w:t xml:space="preserve">COAL Experiments Investigating the Reflooding of a 7 × 7 Rod Bundle During a Loss-of-Coolant Accident: Effect of a Partially Blocked Area with Ballooned Rods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Taurines</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Repetto</w:t>
+                <w:t xml:space="preserve">Quentin Grando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard van Lochem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155848⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Selected papers from the 20th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-20), 199 (10), pp.1563-1580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00295639.2024.2437934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05086681v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04879532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COAL Experiments Investigating the Reflooding of a 7 × 7 Rod Bundle During a Loss-of-Coolant Accident: Effect of a Partially Blocked Area with Ballooned Rods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of neighbouring rods in cladding deformation and rupture opening size during loss of coolant accidents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Dominguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Taurines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Richard van Lochem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00295639.2024.2437934⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 612, pp.155848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04879532v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05086681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIKTORIA experiments in the frame of R&amp;D project on sump filtration during a Loss Of Coolant Accident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trigeol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Soltész</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 428 (113563), pp.1-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2024.113563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04738309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COAL reflooding experiments during a loss of coolant Accident: Effect of the water flow rate, the pressure and the rod power with ballooned rods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Grando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. van Lochem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 429, pp.113641. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2024.113641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04751843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric effects on the flow redistribution in ballooned bundles evaluated by magnetic resonance velocimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V.S. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stemmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 125, pp.110383. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2021.110383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03162585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Velocity field and flow redistribution in a ballooned 7x7 fuel bundle measured by magnetic resonance velocimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stemmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 369, pp.110828. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2020.110828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02940079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early phase fuel degradation in Phébus FP: Initiating phenomena of degradation in fuel bundle tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. de Luze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Haste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barrachin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Repetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nuclear Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 61, pp.23-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anucene.2012.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03113377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quench front progression in a superheated porous medium: experimental analysis and model development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bachrata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Fichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Energy and Power Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7, pp.514-523</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late phase fuel degradation in the Phébus FP tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barrachin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. de Luze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Barrachin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">T. Haste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Repetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nuclear Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 61, pp.36-53. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anucene.2013.03.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses of the phébus FPT3 experiment using the severe accident codes ATHLET-CD, ICARE/CATHARE, and MELCOR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. De Luze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Drath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. K. Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Hollands</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 176 (3), pp.352--371. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13182/NT11-A13313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02962929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B4C oxidation modelling in severe accident codes: Applications to PHEBUS and QUENCH experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. de Luze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Trambauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Austregesilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Nuclear Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 52 (1), pp.37-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pnucene.2009.09.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02972637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIKTORIA experiments in the frame of R&amp;D project on sump filtration during a Loss Of Coolant Accident: effect of the type of filter, the mass of fiber and the presence of zinc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1676,1033 +1685,1029 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-21)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thermal-Hydraulics Division of the Korean Nuclear Society (KNS); American Nuclear Society, Aug 2025, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the progress made in safety assessment and severe accident management as part of the french Fukushima post-accident research programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Bentaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Meignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cantrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 11th European Review Meeting on Severe Accident Research (ERMSAR2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Königlich Technische Hochschule Stockholm (KTH), May 2024, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04858131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COAL experiments investigating the reflooding of a 7 X 7 rod bundle during a Loss Of coolant Accident: Effect of a partially blocked area with ballooned rods</w:t>
+                <w:t xml:space="preserve">COAL reflooding experiments during a Loss Of coolant Accident: Effect of the water flow rate and the residual power with ballooned rods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Grando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Fortman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. van Lochem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-20)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics, Operation and Safety (NUTHOS-14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canadian Nuclear Society (CNS), Aug 2024, Vancouver, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04200520v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coal experiments investigating the reflooding of a 7 x 7 rods bundle during a loss of coolant accident thermalhydraulics results</w:t>
+                <w:t xml:space="preserve">COAL experiments investigating the reflooding of a 7 X 7 rod bundle during a Loss Of coolant Accident: Effect of a partially blocked area with ballooned rods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Grando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Fortman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-20)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society, Aug 2023, Washington, United States. pp.1910-1923, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13182/NURETH20-40021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04100311v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04200520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de l'écoulement dispersé vapeur/gouttes dans des conditions d'APRP</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coal experiments investigating the reflooding of a 7 x 7 rods bundle during a loss of coolant accident thermalhydraulics results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Grando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29e Congrès français de thermique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANS - American Nuclear Society, Mar 2022, Bruxelles (ON LINE), Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03529904v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04100311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operation Extension of 900MWe NPPs: French TSO Main Conclusions regarding Long Term Sump Performance after a Loss of Coolant Accident</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dixneuf Estelle</w:t>
+                <w:t xml:space="preserve">Simulation de l'écoulement dispersé vapeur/gouttes dans des conditions d'APRP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RCCS - 2021 - Specialist Workshop on Reactor core and containment cooling systems – long term management and reliability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">29e Congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Thermique, Jun 2021, Belfort, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2021-037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04113763v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03529904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VIKTORIA experiments on sump filtration during a Loss Of Coolant Accident (DBA)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Operation Extension of 900MWe NPPs: French TSO Main Conclusions regarding Long Term Sump Performance after a Loss of Coolant Accident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Trigeol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pariaud Emilie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dixneuf Estelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vojtech Soltesz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Specialist Workshop on Reactor core and containment cooling systems – long term management and reliability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OECD NEA, Oct 2021, Virtual Worshop, Slovakia</w:t>
+              <w:t xml:space="preserve">RCCS - 2021 - Specialist Workshop on Reactor core and containment cooling systems – long term management and reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OECD/NEA, Oct 2021, Virtual (on line), Slovakia. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04113818v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04113763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VIKTORIA experiments investigating the filtering system in the sump of a pwr after a Loss Of Coolant Accident : Part II Downstream effects</w:t>
+                <w:t xml:space="preserve">VIKTORIA experiments on sump filtration during a Loss Of Coolant Accident (DBA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Migot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Heib</w:t>
+                <w:t xml:space="preserve">Benoit Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Soltesz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, NURETH 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Nuclear Society, Aug 2019, Portland, United States. pp.ISBN 9781510893450</w:t>
+              <w:t xml:space="preserve">Specialist Workshop on Reactor core and containment cooling systems – long term management and reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OECD NEA, Oct 2021, Virtual Worshop, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">irsn-04113583v1</w:t>
+                <w:t xml:space="preserve">irsn-04113818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">VIKTORIA experiments investigating the filtering system in the sump of a pwr after a Loss Of Coolant Accident : Part II Downstream effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Migot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caroline Heib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vojtech Soltesz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e Congrès français de thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">18th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, NURETH 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society, Aug 2019, Portland, United States. pp.ISBN 9781510893450</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03529839v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04113583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktoria experiments investigating the filtering system in the sump of a pwr after a loss of coolant accident : Part I Physical /chemical effects on strainer head loss evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Trigeol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2747,1501 +2752,2408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04111911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Analyse des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur V S Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français de thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
+              <w:t xml:space="preserve">27e Congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03529820v1</w:t>
+                <w:t xml:space="preserve">hal-03529839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoreSOAR Core Degradation SOAR Update Status May 2017</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Barrachin</w:t>
+                <w:t xml:space="preserve">Identification des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Fichot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Review Meeting on Severe Accident Research (ERMSAR - 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">Congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02418127v1</w:t>
+                <w:t xml:space="preserve">hal-03529820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CORE COOLABILITY IN LOSS OF COOLANT ACCIDENT: THE COAL EXPERIMENTS INVESTIGATING THE THERMAL HYDRAULICS OF A ROD BUNDLE WITH BLOCKED AREA DURING THE REFLOODING</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tony Glantz</w:t>
+                <w:t xml:space="preserve">CoreSOAR Core Degradation SOAR Update Status May 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Haste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barrachin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaétan Guillard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Miassoedov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Nuclear Society, Sep 2017, Xi’an, China</w:t>
+              <w:t xml:space="preserve">8th European Review Meeting on Severe Accident Research (ERMSAR - 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04474794v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02418127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer inside a blocked region of a rod bundle during a LOCA-simulations and experiments</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">CORE COOLABILITY IN LOSS OF COOLANT ACCIDENT: THE COAL EXPERIMENTS INVESTIGATING THE THERMAL HYDRAULICS OF A ROD BUNDLE WITH BLOCKED AREA DURING THE REFLOODING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Georges Repetto</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Guillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Grando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics (EXHFT-9)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Iguazu, Brazil</w:t>
+              <w:t xml:space="preserve">2017 International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society, Sep 2017, Xi’an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03530191v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04474794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on Heat Transfer Inside a Blocked Region of a Rod Bundle During a LOCA - Model and Experimental Approach</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The PERFROI project investigating the thermal mechanical behaviour of a fuel rod assembly during a loss of coolant accident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Gradeck</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Dominguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Taurines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Topical Meeting on Nuclear Reactor Thermal Hydraulics NURETH-17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Xian, China</w:t>
+              <w:t xml:space="preserve">Water Reactor Fuel Performance Meeting 2017 (TopFuel 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Korean Nuclear Society (KNS), Sep 2017, Jeju City, Jeju Island, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03530147v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on heat transfer inside a blocked region of a rod bundle during a LOCA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Heat transfer inside a blocked region of a rod bundle during a LOCA-simulations and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics, Operations and Safety - NUTHOS 11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Gyeongju, South Korea</w:t>
+              <w:t xml:space="preserve">9th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics (EXHFT-9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Iguazu, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03530213v1</w:t>
+                <w:t xml:space="preserve">hal-03530191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal hydraulics behavior of a rod bundle with partially blocked area during the reflooding phase of the Loss Of Cooling Accident</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study on Heat Transfer Inside a Blocked Region of a Rod Bundle During a LOCA - Model and Experimental Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Tony Glantz</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUTHOS-11: The 11th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, Operation and Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Nuclear Society and Korean Nuclear Society, Oct 2016, Gyeongju, South Korea</w:t>
+              <w:t xml:space="preserve">17th International Topical Meeting on Nuclear Reactor Thermal Hydraulics NURETH-17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Xian, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">irsn-04474648v1</w:t>
+                <w:t xml:space="preserve">hal-03530147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CORE COOLABILITY IN LOSS OF COOLANT ACCIDENT: THE COAL EXPERIMENTS</w:t>
+                <w:t xml:space="preserve">Thermal hydraulics behavior of a rod bundle with partially blocked area during the reflooding phase of the Loss Of Cooling Accident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bruyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, NURETH 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Nuclear Society, Aug 2015, CHICAGO, United States</w:t>
+              <w:t xml:space="preserve">NUTHOS-11: The 11th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, Operation and Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society and Korean Nuclear Society, Oct 2016, Gyeongju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04474816v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04474648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core coolability in loss of coolant accident: the PERFROI project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study on heat transfer inside a blocked region of a rod bundle during a LOCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Peña Carrillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gradeck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Top Fuel 14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Nuclear Society, Sep 2014, Sendai (Japan), Japan</w:t>
+              <w:t xml:space="preserve">11th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics, Operations and Safety - NUTHOS 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Gyeongju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">irsn-04474876v1</w:t>
+                <w:t xml:space="preserve">hal-03530213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental program on debris reflooding (PEARL) – Results on PRELUDE facility</w:t>
+                <w:t xml:space="preserve">CORE COOLABILITY IN LOSS OF COOLANT ACCIDENT: THE COAL EXPERIMENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florian Fichot</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Marquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Glantz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-14)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, NURETH 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society, Aug 2015, CHICAGO, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05054388v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04474816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Core coolability in loss of coolant accident: the PERFROI project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe March</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Marquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Waekel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Top Fuel 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society, Sep 2014, Sendai (Japan), Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04474876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New insights in the thermal hydraulics behaviour during reflooding of a high temperature debris bed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics (NURETH-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society (ANS), May 2013, Pisa, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental program on debris reflooding (PEARL) – Results on PRELUDE facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fichot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 14th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Toronto, Canada. pp.176-186, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nucengdes.2012.11.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05054388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quench front progression in a superheated porous medium: experimental analysis and model development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bachrata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Fichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Repetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NURETH 14 2011 14th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Toronto, Canada. pp.0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DRACCAR, a new 3D-thermal mechanical computer code to simulate LOCA transient on Nuclear Power Plants Status of the development and the validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lamare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ricaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants 2009 (ICAPP 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society (ANS), May 2009, Tokyo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preliminary Analysis of Phebus FPT3 Experiment with the Severe Accident ICARE2 Code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier de Luze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Seiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Dominguez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th International Conference on Nuclear Engineering (ICONE-14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASME – American Society of Mechanical Engineers, Jul 2006, Miami, United States. pp.85-94, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/ICONE14-89191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of the Porous Medium Heat transfer model of ICARE/CATHARE code against debris bed and &amp;quot;bundle&amp;quot; &amp;quot; experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Ederli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUROTHERM Seminar 81 – Computational Thermal Radiation in Participating Media 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des Mines d’Albi-Carmaux (EMAC), Jun 2007, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the FPT-0 and FPT-2 PHEBUS FP experiments using porous medium geometry with the ICARE2 CODE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Ederli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics (NURETH-11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society (ANS), Oct 2005, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyses of the PHEBUS-LOCA tests 215-R and 218 using FRETA-F V1.1 CODE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Brethes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics (NURETH-11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society (ANS); Société Française d’Énergie Nucléaire (SFEN), Oct 2005, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05540050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the FPT0, FPT1 and FPT2 experiments of the PHÉBUS FP program investigating in vessel phenomena during a LWR accident</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Repetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Ederli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Nuclear Society (ANS), Oct 2003, Séoul, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRI as a tool for nuclear safety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A V S Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stemmelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Glantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italian-French International Conference on Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03798574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId139"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4388,51 +5300,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496734v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Repetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Trigeol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Soltesz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05086681v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Dominguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Taurines" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155848" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04879532v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Grando" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Eymery" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard van Lochem" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295639.2024.2437934" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04738309v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Solt&#233;sz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113563" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04751843v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Lochem" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113641" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162585v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V.S. Oliveira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stemmelen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leclerc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glantz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110383" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940079v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Oliveira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Glantz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110828" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113377v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. de Luze" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haste" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barrachin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Repetto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2012.10.026" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG8B1JNM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312479v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bachrata" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fichot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Quintard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fleurot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2013.03.041" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4NCRVTB2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962929v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. De Luze" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Drath" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Koch" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hollands" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT11-A13313" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972637v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Trambauer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Austregesilo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2009.09.017" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCF0Q2KM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497002v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04858131v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaib" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meignen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cantrel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04200520v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fortman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NURETH20-40021" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04100311v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529904v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esteban Luna Valencia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V S Oliveira" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-037" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04113763v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pariaud Emilie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixneuf Estelle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04113818v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Migot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04113583v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Migot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Heib" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529839v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04111911v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529820v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418127v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fichot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miassoedov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474794v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Guillard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bruy&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530191v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530147v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pe&#241;a-Carrillo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530213v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474648v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474816v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marqui&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474876v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe March" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Waekel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05054388v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garcin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2012.11.024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028871v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03798574v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V S Oliveira" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Glantz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496734v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Repetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Trigeol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Soltesz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2026.104239" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04879532v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Grando" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Eymery" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard van Lochem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00295639.2024.2437934" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05086681v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Dominguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Taurines" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155848" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04738309v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Solt&#233;sz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113563" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04751843v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Lochem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113641" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162585v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V.S. Oliveira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stemmelen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leclerc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glantz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110383" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940079v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Oliveira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Glantz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110828" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113377v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. de Luze" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barrachin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Repetto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2012.10.026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MG8B1JNM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312479v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bachrata" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fichot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Quintard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Fleurot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111570v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2013.03.041" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4NCRVTB2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962929v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. De Luze" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Drath" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Koch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hollands" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT11-A13313" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972637v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Trambauer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Austregesilo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2009.09.017" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCF0Q2KM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497002v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04858131v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaib" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meignen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cantrel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539464v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fortman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04200520v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NURETH20-40021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04100311v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529904v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esteban Luna Valencia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V S Oliveira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-037" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04113763v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pariaud Emilie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixneuf Estelle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04113818v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Migot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04113583v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Migot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Heib" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04111911v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529839v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529820v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418127v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fichot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miassoedov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474794v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Guillard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bruy&#232;re" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539419v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530191v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530147v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pe&#241;a-Carrillo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474648v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530213v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474816v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marqui&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474876v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe March" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Waekel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garcin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05054388v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2012.11.024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028871v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539789v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Jacq" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barr&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lamare" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ricaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539530v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Luze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICONE14-89191" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539598v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ederli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539816v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540050v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bourdon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Brethes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05539875v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cl&#233;ment" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03798574v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V S Oliveira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Glantz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>