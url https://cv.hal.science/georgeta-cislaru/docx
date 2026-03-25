--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -282,248 +282,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05004001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The fluency vs. disfluency dichotomy in writing processes as reflected in the structure of the inter-key intervals empirical distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Feltgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discourse Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0163853X.2024.2417330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Language Processing Units Are Not Equivalent to Sentences: Evidence from Writing Tasks in Typical and Dyslexic Children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Feltgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Pia Bucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9 (5), pp.155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/languages9050155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04557226v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-05004003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le texte : sens et (pré)construction entre Soi et l’Autre</w:t>
               </w:r>
@@ -685,386 +685,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03674269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Que peut nous apprendre l'écriture enregistrée en temps réel au sujet des figures de construction ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'information grammaticale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 169, pp.21-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/IG.169.0.3289279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'actualisation des noms sous-spécifiés dans le processus d'écriture enregistré en temps réel : considérations fonctionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORELA - COgnition, REprésentation, LAngage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, HS-34, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/corela.13850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03674590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développements en linguistique intégrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concordia Discors vs. Discordia Concors: Researches into Comparative Literature, Contrastive Linguistics, Cross-Cultural and Translation Strategies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Semanticity, Alterity, Creativity: Building on Eugenio Coseriu’s Legacy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03674530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication et intercompréhension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Baider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Communication et intercompréhension : regards croisés de la pragmatique interculturelle et de la pragmatique contrastive, 222 (2), pp.7-24. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lang.222.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lang.222.0007⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03674162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Researching Politeness: From the ‘Classical’ Approach to Discourse Analysis … and Back</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...103 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Baider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1124,51 +1124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pragmatique interculturelle ou médiation des langues-cultures ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Baider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1206,51 +1206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage des langues : Compétence pragmatique, Interculturalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Baider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1639,51 +1639,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage, enseignement et affects. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Baider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1797,312 +1797,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sémantique des noms et verbes d'affect : parcours chronologique et épistémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Lexicologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, La sémantique actuelle: état des lieux, 105, pp.117-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Contraintes linguistiques et contextuelles dans la production écrite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les carnets du cediscor</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 12, pp.55-74. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cediscor.953⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cediscor.953⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01465631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nom propre et insulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 58, pp.83-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J'ai peur pour toi: les énoncés allocentrés en français et en roumain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faits de langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 43, pp.213-229</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465194v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01465192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figement et configuration textuelle : les segments de discours répétés dans les rapports éducatifs</w:t>
               </w:r>
@@ -2466,268 +2466,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les noms de pays entre présuppositions ontologiques et conventions sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ONOMA, Journal of the International Council of Onomastic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00547904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noms propres de lieux habités, espace et temporalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Lecolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Sémantique et Pragmatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 25-26, pp.121-137</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00842972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Codes et tabous sur l'internet : étude contrastive des énoncés malédictifs en français et en anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of French Language Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 20 (20), pp.47-60. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0959269509990445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00547899v1</w:t>
-              </w:r>
-[...149 lines deleted...]
-                <w:t xml:space="preserve">halshs-00547904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pseudonyme, nom ou discours ? D’Etienne Platon à Oxyhre</w:t>
               </w:r>
@@ -2890,51 +2890,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nom de pays comme outil de représentation sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 86, pp.53-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3273,165 +3273,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nom de pays, nom de peuple : quels usages, quelles identités ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de sociolinguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 11, pp.41-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les noms de pays : spécificités structurelles et fonctionnelles d’une sous-catégorie de noms propres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analele Stiintifice ale Universitatii Ovidius. Seria Filologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, XVI, pp.97-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465646v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01465644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noms de pays et autoreprésentation dans le discours des périodiques nationaux français, anglophones, roumanophones et russes</w:t>
               </w:r>
@@ -3862,50 +3862,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04637787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Qu’est-ce qu’écrire ? Intentions de communication, routines et modèles de langage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence de la faculté de philologie de l’Université Alecu Russo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Balti, Moldova</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Semantic and Pragmatic Properties of LLM’s &amp;quot;Hallucinations&amp;quot; in the Medical Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Buhnila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3927,126 +3996,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agency and Intentions in AI Workshop, University of Göttingen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862553v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05004128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysing the Dynamics of Textualisation through Writing Bursts and Pauses in French. LIFT 2, Université d’Orléans</w:t>
               </w:r>
@@ -4134,246 +4134,341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05004092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">When the sentence falls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Feltgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Benzitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ways2Write – SigWriting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">How automatic chunking of real-time recorded writing can contribute to segmentation analysis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iris Eshkol-Taravella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Jouvenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kehina Manseri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SigWriting 2024 "Ways2Write"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04660838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Christophe Benzitoun</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alignment and clustering of temporal and semantic properties of bursts of writing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nistor Grozavu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ways2Write – SigWriting 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Writing Research Across Borders VI : From early literacy learning to writing in professional life (WRAB 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for the Advancement of Writing Research (ISAWR); Norwegian University of Science and Technology (NTNU), Feb 2023, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politesse, façon de dire... analyser et exploiter les contraintes sociales en situations formelle vs informelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4389,678 +4484,881 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Scientific Conference Tradition and innovation in scientific research, 12th edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Alecu Russo Balti State University, Oct 2023, Balti, Moldavie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04271775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The invisible text: annotation and analysis of deleted sequences vs error analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Miletić</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WRAB - Writing Across Borders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Trondheim, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sentence processing in translation: a corpus approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Sfeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vandaele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées internationales de Linguistique de Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Pro-TEXT: quels traitements linguistiques pour la segmentation en jets textuels?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Enregistrer l’écriture, pourquoi faire ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05004138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...176 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pro-TEXT dynamic data analysis methods: the case of the textualization process recorded via the Inputlog keylogger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Diaspora 2023, Workshop « Inovare la intersecția dintre Prelucrarea Limbajului Natural și Digital Humanities: aplicabilitate pentru studii de limbă și literatură română »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universitatea de Vest din Timisoara, Apr 2023, Timisoara, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05004132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linguistic description of bursts of writing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Miletic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Feltgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Benzitoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Writing Research Across Borders VI : From early literacy learning to writing in professional life (WRAB 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for the Advancement of Writing Research (ISAWR); Norwegian University of Science and Technology (NTNU), Feb 2023, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">SIG Writing 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Umeå, Sweden, Jun 2022, Umeå, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03808116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pro-TEXT : an Annotated Corpus of Keystroke Logs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Miletic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Benzitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Herrera-Yanez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.1732-1739</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des attentes discursives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiago Joseph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Congrès Mondial de Linguistique Française (CMLF 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Orléans, France. pp.10001, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/shsconf/202213801003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude linguistique et statistique des unités de performance écrite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Feltgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Benzitoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CMLF Congrès mondial de linguistique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ILF, Jul 2022, Orléans, France. pp.01003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/shsconf/202213810001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écriture enregistrée et corpus manuscrits : quels modèles théoriques et méthodes d'analyse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Doquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études des projets ANR E-CALM et Pro-TEXT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does productivity impact production? Investigating the ties between cooccurrence and cognitive cost in real-time keylogging data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Feltgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5076,224 +5374,142 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grammar and Corpora 2022, Workshop Syntactic Productivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche, de la problématisation à la rédaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IXe Séminaire de Formation Doctorale du Programme de Doctorat en Études Français - SEMDOC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidad Complutense, Feb 2022, Madrid, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférence introductive Ecriture enregistrée et corpus manuscrits : quels modèles théoriques et méthodes d'analyse ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5309,601 +5525,385 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études des projets ANR E-CALM et Pro-TEXT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ED 622, Université Sorbonne nouvelle, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03808123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques du processus de textualisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de doctorants et de jeunes chercheurs en Sciences du langage du laboratoire MoDyCo - COLDOC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MoDyCo UMR7114, May 2022, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...38 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte-Carlo based statistical tests for real-time recorded written corpora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Feltgen</w:t>
-              </w:r>
-[...188 lines deleted...]
-                <w:t xml:space="preserve">Aleksandra Miletic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corpus Linguistics - CL2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, University of Limerick, Jul 2021, Limerick, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03682980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of frequency on the dynamics of the writing process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Miletic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corpus Linguistics - CL2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, University of Limerick, Jul 2021, Limerick, Ireland. pp.307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03683016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous chunking while writing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Legallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Olive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AILA 2021 - 19th World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Groningen, Aug 2021, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682935v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03682980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le processus de textualisation : problèmes, enjeux, méthodes</w:t>
               </w:r>
@@ -5952,165 +5952,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04139521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dynamiques du processus de textualisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences Diaspora philologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de philologie auprès de l'Académie des Sciences, Jul 2020, Chișinău, Moldavie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03682813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enjeux épistémologiques de l'analyse linguistique des noms de lieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque “Nommer les lieux : Questions interdisciplinaires sur le toponyme”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Genève, Dec 2020, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682786v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03682813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priming Phenomena in the writing process</w:t>
               </w:r>
@@ -7008,330 +7008,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00547922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Analyse de discours et demande sociale Le cas des écrits de signalement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Pugniere-Saavedra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Sitri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de la Sorbonne Nouvelle, pp.159, 2008, ISBN 9782878544305</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00940641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usagers évaluateurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Briens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Déchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Delcambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LEH</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 204p., 2008, 978-2-84874-074-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Analyse de discours et demande sociale : le cas des écrits de signalement &amp;quot; (In memoriam André Collinot)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pugniere - Saavedra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Sitri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Sorbonne nouvelle, pp.180, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00547929v1</w:t>
-              </w:r>
-[...213 lines deleted...]
-                <w:t xml:space="preserve">hal-03623652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’acte de nommer. Une dynamique entre langue et discours</w:t>
               </w:r>
@@ -7779,191 +7779,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03675573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dynamiques d’amorçage au cours du processus de textualisation dans l’écriture enregistrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Types d’unités et procédures de segmentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Lambert-Lucas, pp.149-162, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De quoi l'émotion est-elle le sens ? Portées sémantiques de l'expression émotionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pascale Vergely; Guillaume Carbou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médias et émotions : catégories d'analyse, problématiques, concepts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (1), Roma Tre Press, pp.27-52, 2020, PRISMES, 979-12-80060-71-6. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13134/979-12-80060-71-6/1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13134/979-12-80060-71-6/1⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03676150v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03098709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Le sens en partage</w:t>
               </w:r>
@@ -8688,186 +8688,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emotions et scenarios : questionnements méthodologiques pour une approche discursive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Blumenthal, Peter/Novakova, Iva/Siepmann, Dirk. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les émotions dans le discours. Emotions in discourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.199-210, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Linguistic approaches to emotions in context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne H. Baider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabienne Baider, Georgeta Cislaru. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistic approaches to emotions in context</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.1-18, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465655v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-01465654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noms propres: domaine de définition, domaine de référence, sens</w:t>
               </w:r>
@@ -8920,50 +8920,136 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne H. Baider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgeta Cislaru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabienne Baider, Georgeta Cislaru. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cartographie des émotions, propositions linguistiques et sociolinguistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne nouvelle, pp.7-17, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Allongos: Longitudinal Alignment for the Genetic Study of Writers' Drafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lardilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8979,104 +9065,104 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alexander Gelbukh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Linguistics and Intelligent Text Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.537-548, 2013, Lecture Notes in Computer Science, 978-3-642-37256-8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-37256-8_44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-37256-8_44⟩</w:t>
-[...29 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-00831628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figement et configuration textuelle : les segments de discours répétés dans les rapports éducatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9109,143 +9195,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Bolly, Lisbeth Degand </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Across the Line of Speech and Writing Variation. Corpora and Language in Use – Proceedings 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université de Louvain, pp.165-183, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01465657v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-01465656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -9511,51 +9511,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Sitri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgeta Cislaru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pugniere - Saavedra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'analyse du discours dans la société. Engagement du chercheur et demande sociale.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Champion, pp.7-21, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11162,51 +11162,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004000v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Cislaru" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Olive" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17239/jowr-2025.16.03.01" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004001v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00115.cis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04557226v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Feltgen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Khoury" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delorme" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Bucci" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9050155" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0163853X.2024.2417330" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674251v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/signifiances.v5i1.313" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674269v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Elias De Oliveira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Zoppi Fontana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.5714" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674590v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.13850" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674530v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674162v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Baider" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.222.0007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351391v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.169.0.3289279" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323456v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Claudel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41701-020-00088-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674212v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928728v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Cavalla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.8687" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820583v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sem-2017-0033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057146v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.212.0069" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732198v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.2846" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465191v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Coffey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465190v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465631v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.953" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465630v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465194v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465192v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070655v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sitri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pugniere-Saavedra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730267v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465635v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269509990445" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3709JC14-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00842972v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Lecolle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547904v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465636v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.746" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465638v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465201v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465640v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.195" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465641v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465642v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Katsiki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veniard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465202v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465646v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465644v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.669" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465647v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035687v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Sfeir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862740v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Buhnila" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todirascu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637787v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nistor Grozavu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Olivi&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862553v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004128v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004092v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kehina Manseri" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana-Madalina Silai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Eshkol-Taravella" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660838v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Jouvenel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004135v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benzitoun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271775v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004138v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035696v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Mileti&#263;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035693v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vandaele" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004132v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035699v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676190v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Joseph" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213801003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676222v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213810001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035676v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035672v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682689v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03808123v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682635v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03808116v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Miletic" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676753v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Herrera-Yanez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683016v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682935v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Legallois" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682980v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139521v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682786v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682813v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039847v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02518228v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brunner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pordeus Ribeiro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01530915v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01530917v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lardilleux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fleury" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00553708v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057122v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nyckees" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928021v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01679424v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Vlad" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01530923v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547902v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547922v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547929v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pugniere - Saavedra" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940641v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03623652v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Briens" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne D&#233;chaux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delcambre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leh.fr/edition/p/les-usagers-evaluateurs-9782848740744" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098337v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Guerin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morim Katia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie N&#233;e" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pagnier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038663v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004009v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675486v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675573v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676150v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13134/979-12-80060-71-6/1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098709v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057127v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/le-partage-du-sens" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057156v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820585v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928807v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465650v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lefeuvre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377538v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/z.194.06oli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465649v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465651v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465653v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465655v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne H. Baider" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465654v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465652v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831628v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37256-8_44" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XV7B840R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465657v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465656v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120323v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pugni&#232;re-Saavedra" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.honorechampion.com/fr/champion/7942-book-08532456-9782745324566.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465658v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465659v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730269v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547918v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Dervin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04650273v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519161v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547927v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152760v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Morim" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152745v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004142v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004149v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004145v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039129v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039119v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Sauty de Chalon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Battistelli" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039110v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Almeida-Barreto" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039100v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Fontaine-Manceau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039090v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Perrier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01826017v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004000v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeta Cislaru" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Olive" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17239/jowr-2025.16.03.01" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004001v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00115.cis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004003v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Feltgen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0163853X.2024.2417330" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04557226v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Khoury" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Delorme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Bucci" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9050155" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674251v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/signifiances.v5i1.313" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674269v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Elias De Oliveira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Zoppi Fontana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.5714" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351391v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.169.0.3289279" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674590v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.13850" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674530v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674162v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Baider" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.222.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323456v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Claudel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41701-020-00088-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674212v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928728v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Cavalla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pratiques.8687" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820583v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sem-2017-0033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057146v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.212.0069" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732198v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.2846" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465191v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Coffey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465190v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465192v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465631v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.953" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465630v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465194v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070655v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sitri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pugniere-Saavedra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730267v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465635v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547904v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00842972v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Lecolle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547899v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269509990445" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3709JC14-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465636v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.746" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465638v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465201v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465640v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.195" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465641v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465642v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Katsiki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veniard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465202v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465644v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465645v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cediscor.669" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465647v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035687v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Sfeir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862740v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Buhnila" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todirascu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637787v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nistor Grozavu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Olivi&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004128v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862553v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004092v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kehina Manseri" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana-Madalina Silai" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Eshkol-Taravella" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004135v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benzitoun" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660838v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Jouvenel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035699v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271775v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035696v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Mileti&#263;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035693v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vandaele" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004138v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004132v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03808116v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Miletic" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676753v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Herrera-Yanez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676190v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Joseph" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213801003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676222v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202213810001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035672v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035676v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682689v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03808123v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682635v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682980v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683016v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682935v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Legallois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139521v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682813v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682786v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039847v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02518228v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brunner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Pordeus Ribeiro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01530915v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01530917v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lardilleux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fleury" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00553708v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057122v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nyckees" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928021v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01679424v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Vlad" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01530923v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547902v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547922v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940641v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03623652v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Briens" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne D&#233;chaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delcambre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leh.fr/edition/p/les-usagers-evaluateurs-9782848740744" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547929v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pugniere - Saavedra" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098337v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Guerin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morim Katia" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie N&#233;e" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pagnier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038663v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004009v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675486v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675573v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098709v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676150v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13134/979-12-80060-71-6/1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057127v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste-editions.fr/products/le-partage-du-sens" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02057156v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01820585v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928807v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465650v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lefeuvre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377538v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/z.194.06oli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465649v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465651v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465653v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465654v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465655v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne H. Baider" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465652v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465656v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831628v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37256-8_44" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XV7B840R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465657v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120323v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pugni&#232;re-Saavedra" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.honorechampion.com/fr/champion/7942-book-08532456-9782745324566.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465658v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01465659v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730269v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547918v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Dervin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04650273v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519161v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547927v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152760v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Morim" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152745v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004142v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004149v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004145v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039129v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039119v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Sauty de Chalon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Battistelli" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039110v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Almeida-Barreto" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039100v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Fontaine-Manceau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039090v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Perrier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01826017v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>