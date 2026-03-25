--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -748,109 +748,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02380558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographier les vitesses de déplacement dans les métropoles états-uniennes : usage des données flottantes automobile</w:t>
+                <w:t xml:space="preserve">Les nouvelles prisons françaises : Regard sur l’acceptabilité sociétale des établissements pénitentiaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Angonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, la sémiologie dans tous les sens, 229-230, pp.75-90</w:t>
+              <w:t xml:space="preserve">La revue du Projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01626194v1</w:t>
+                <w:t xml:space="preserve">hal-01626184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux États-Unis, des résidences pour l’entre soi</w:t>
               </w:r>
@@ -912,96 +899,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01626203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les nouvelles prisons françaises : Regard sur l’acceptabilité sociétale des établissements pénitentiaires</w:t>
+                <w:t xml:space="preserve">Cartographier les vitesses de déplacement dans les métropoles états-uniennes : usage des données flottantes automobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Angonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue du Projet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, la sémiologie dans tous les sens, 229-230, pp.75-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01626184v1</w:t>
+                <w:t xml:space="preserve">hal-01626194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’offre résidentielle destinée aux aînés : le cas des active adult communities (AAC) aux États Unis</w:t>
               </w:r>
@@ -1254,256 +1254,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01626353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Californie : une démocratie post-moderne ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Friday Night Lights&amp;lt;/i&amp;gt; (NBC et The 101 Network, 2006-2011) ou le réinvestissement du mythe de la small town</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Bonnet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michel Bussi</w:t>
+                <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TV/Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Écho et reprise dans les séries télévisées (II) : Re-présentations -- enjeux socio-culturels, politiques et idéologiques de la reprise, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tvseries.739⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01626115v1</w:t>
+                <w:t xml:space="preserve">hal-01626361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Friday Night Lights&amp;lt;/i&amp;gt; (NBC et The 101 Network, 2006-2011) ou le réinvestissement du mythe de la small town</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Californie : une démocratie post-moderne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Brennetot</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bussi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TV/Series</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01626361v1</w:t>
+                <w:t xml:space="preserve">hal-01626115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broadacre city versus Futurama deux visions contrastées de la ville dispersée dans l’Amérique des années 1930</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1783,51 +1783,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subversive suburbia : L’effondrement du mythe de la banlieue résidentielle dans les séries américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pleven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2064,51 +2064,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la critique des « suburbs » envahit les séries télévisées américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, La ville des séries télé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2267,51 +2267,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Futurama : germe urbain de la civilisation automobile américaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 379, pp.81-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2651,51 +2651,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le périurbain a-t-il mauvaise presse ? Analyse géoéthique du discours médiatique à propos de l’espace périurbain en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3178,51 +3178,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le huis-clos ou l'exaltation du localisme communautaire dans les séries américaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Brennetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers du GRAAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4713,230 +4713,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01626442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport en commun en site propre vs voiture individuelle : approche de la vitesse de déplacement dans les métropoles états-uniennes</w:t>
+                <w:t xml:space="preserve">L’observatoire socio-économique de la ligne LGV Bretagne-Pays de la Loire : regard réflexif de chercheurs sur la gouvernance et la disponibilité des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Angonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Wrobel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53e colloque de l’Association de Science Régionale de Langue Française (ASRDLF): "Territoires et frontières : le développement à l’épreuve des régions frontalières"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF), Jul 2016, Gatineau, Canada</w:t>
+              <w:t xml:space="preserve">Territoires et frontières : le développement à l’épreuve des régions frontalières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de la Science Régionale de Langue Française, Jul 2016, Gatineau, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01626405v1</w:t>
+                <w:t xml:space="preserve">hal-01626409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’observatoire socio-économique de la ligne LGV Bretagne-Pays de la Loire : regard réflexif de chercheurs sur la gouvernance et la disponibilité des données</w:t>
+                <w:t xml:space="preserve">Transport en commun en site propre vs voiture individuelle : approche de la vitesse de déplacement dans les métropoles états-uniennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Angonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Angonnet</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Wrobel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires et frontières : le développement à l’épreuve des régions frontalières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de la Science Régionale de Langue Française, Jul 2016, Gatineau, Canada</w:t>
+              <w:t xml:space="preserve">53e colloque de l’Association de Science Régionale de Langue Française (ASRDLF): "Territoires et frontières : le développement à l’épreuve des régions frontalières"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF), Jul 2016, Gatineau, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01626409v1</w:t>
+                <w:t xml:space="preserve">hal-01626405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’insertion locale et l’implantation des nouvelles prisons</w:t>
               </w:r>
@@ -7577,51 +7577,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3723C16B"/>
+    <w:nsid w:val="31493ED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7808,51 +7808,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerald-billard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7074-983X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/051633787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04919825v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Billard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Charpentier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936814v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Billard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03610119v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bailly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rsp3.12523" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03373572v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Angonnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.165.0033" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03096731v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.4887" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02380558v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626194v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626203v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626184v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587171v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chevalier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040540ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626049v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wrobel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1934" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626353v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.1850" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626115v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bussi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626361v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brennetot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.739" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626111v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626380v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gasnier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48321" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626120v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626366v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pleven" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pri&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Spalding-Andr&#233;olle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.1356" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626378v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626383v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108819v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dumitrescu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian-Aurel Balt&#259;lung&#259;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Manea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626386v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626396v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626401v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626130v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626514v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626399v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.1372" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00828539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Taburet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vuaillat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626452v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626515v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.656.0398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626454v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626450v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626530v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemoine Ludivine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Cordier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626457v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626766v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2004.2540" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626503v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626505v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626776v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626510v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626785v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/geo.2000.1906" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626790v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/noroi.1996.6753" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04597286v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Melchior" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asdm.868" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324309v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vangu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Thibault Buron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04597289v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02380592v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626441v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04108430v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626442v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626405v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626409v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107473v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leroux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rigamonti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02455897v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Courant Menebhi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gouin Leveque" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04108429v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626446v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baltalunga Adrian" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01821595v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626811v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626804v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626444v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626071v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377302v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626076v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626074v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626078v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626083v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626080v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626095v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626099v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626097v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626093v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letexier Emmanuelle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626100v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860694v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cholet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Danti-Juan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guettier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joanne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108823v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04108828v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626068v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619815v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285755v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626058v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00839939v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerald-billard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7074-983X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/051633787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04919825v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Billard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Charpentier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936814v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Billard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03610119v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Leroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bailly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rsp3.12523" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03373572v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Angonnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.165.0033" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03096731v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.4887" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02380558v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626184v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626203v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587171v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chevalier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040540ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626049v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Wrobel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1934" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626353v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.1850" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626361v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brennetot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.739" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626115v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bussi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626111v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626380v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gasnier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48321" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626120v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626366v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pleven" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pri&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna Spalding-Andr&#233;olle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tvseries.1356" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626378v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626383v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108819v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dumitrescu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian-Aurel Balt&#259;lung&#259;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Manea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626386v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626396v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626401v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626130v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626514v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626399v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.1372" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00828539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Taburet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vuaillat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626452v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626515v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.656.0398" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626529v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626454v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626450v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626530v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemoine Ludivine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Cordier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626457v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626766v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2004.2540" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626503v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626505v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626776v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626510v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626785v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/geo.2000.1906" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626790v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/noroi.1996.6753" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04597286v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Melchior" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asdm.868" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324309v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vangu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Thibault Buron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04597289v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02380592v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626441v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04108430v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626442v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626409v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626405v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107473v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leroux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Rigamonti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02455897v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Courant Menebhi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gouin Leveque" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04108429v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626446v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baltalunga Adrian" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01821595v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626811v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626804v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626444v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626071v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377302v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626076v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626074v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626078v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626083v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626080v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626095v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626099v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626097v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626093v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letexier Emmanuelle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626100v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860694v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Cholet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Danti-Juan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guettier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joanne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108823v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04108828v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626068v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619815v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00285755v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626058v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00839939v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>