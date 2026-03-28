--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -899,235 +899,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt domaniale de Cadarache (Bouches-du-Rhône)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Bonnamour</w:t>
+                <w:t xml:space="preserve">De La Bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt de Cadarache (Bouches-du-Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Bonnamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Tissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 29, pp.227-240. </w:t>
+              <w:t xml:space="preserve">, 2011, 29 (1), pp.227-240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/amime.2011.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05032417v1</w:t>
+                <w:t xml:space="preserve">hal-02131873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De La Bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt de Cadarache (Bouches-du-Rhône)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerald Bonnamour</w:t>
+                <w:t xml:space="preserve">De la bastide de Beauvezet à la Verrerie entre la fin du Moyen Âge et le XVIIe siècle : artisanat du verre dans la forêt domaniale de Cadarache (Bouches-du-Rhône)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Bonnamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Tissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 29 (1), pp.227-240. </w:t>
+              <w:t xml:space="preserve">, 2011, 29, pp.227-240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/amime.2011.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02131873v1</w:t>
+                <w:t xml:space="preserve">halshs-05032417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’atelier monétaire médiéval de Montreuil-Bonnin, bilan des campagnes de prospection</w:t>
               </w:r>
@@ -1705,273 +1705,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02550478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souterrain et habitat rural du Moyen Âge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D reconstruction and modeling of subterranean landscapes in collaborative mining archeology projects: techniques, applications and experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Arles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sarah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Bonnamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires d’Archéologie en Région Centre « Détection, caractérisation et fouille des structures souterraines médiévales »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRAC Centre - Service régional de l’archéologie,; Institut national de recherches archéologiques préventives; Université François Rabelais de Tours; UMR 6173 CITERES - Laboratoire Archéologie et Territoires, Nov 2013, Orléans, France. pp.24-29</w:t>
+              <w:t xml:space="preserve">XXIV International CIPA Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02550873v1</w:t>
+                <w:t xml:space="preserve">hal-02531486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D reconstruction and modeling of subterranean landscapes in collaborative mining archeology projects: techniques, applications and experiences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Souterrain et habitat rural du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Bonnamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marconnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV International CIPA Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Séminaires d’Archéologie en Région Centre « Détection, caractérisation et fouille des structures souterraines médiévales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRAC Centre - Service régional de l’archéologie,; Institut national de recherches archéologiques préventives; Université François Rabelais de Tours; UMR 6173 CITERES - Laboratoire Archéologie et Territoires, Nov 2013, Orléans, France. pp.24-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02531486v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zur Dokumentation von Altbergbau</w:t>
               </w:r>
@@ -3284,51 +3284,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267643v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bonnamour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.16636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131595v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131592v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131586v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550812v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Arles" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Belmont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bonnamour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Painsonneau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131570v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bonnamour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131561v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marconnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549537v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clerc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W2-61-2013" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131589v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032417v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2011.2018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131873v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549614v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131864v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Florsch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.712" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429383v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429416v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leleu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vialaron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131913v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bonnamour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02550478v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnamour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550873v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marconnet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tomas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531486v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550561v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Heckes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Clerc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131951v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tomas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131604v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Beno&#238;t" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Deroin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.35" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04035096v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Allegrini-Simonetti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04415583v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.40320" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bandiera" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauchamp" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carpentier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429399v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533690v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jamai-Chipon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux L&#233;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213468v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267643v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bonnamour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/asrm.16636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131595v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131592v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131586v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550812v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Arles" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Belmont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bonnamour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Painsonneau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131570v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bonnamour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131561v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tissot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marconnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549537v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clerc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W2-61-2013" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131589v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131873v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2011.2018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032417v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549614v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131864v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Florsch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.712" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429383v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429416v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leleu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vialaron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131913v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bonnamour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02550478v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnamour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531486v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marconnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tomas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550561v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Heckes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Clerc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131951v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tomas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131604v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Beno&#238;t" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Deroin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.35" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04035096v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Allegrini-Simonetti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vidal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04415583v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.40320" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bandiera" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauchamp" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carpentier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429399v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533690v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jamai-Chipon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux L&#233;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213468v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>