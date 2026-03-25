--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -913,178 +913,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte-rendu de lecture. Julien Garric, La fabrique quotidienne du décrochage. Aux portes de la classe, Paris, PUF, 2024</w:t>
+                <w:t xml:space="preserve">Faire une sociologie des sociologues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin d'histoire de la sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15-16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971918v1</w:t>
+                <w:t xml:space="preserve">hal-04993845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire une sociologie des sociologues</w:t>
+                <w:t xml:space="preserve">Compte-rendu de lecture. Julien Garric, La fabrique quotidienne du décrochage. Aux portes de la classe, Paris, PUF, 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin d'histoire de la sociologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/131p2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04993845v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans l’antichambre de l’emploi, le service civique comme politique de vulnérabilité</w:t>
               </w:r>
@@ -1263,261 +1263,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03958272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand étudier, c’est travailler. Cadres institués des études et perspectives étudiantes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le service civique, un dispositif de dé/re-construction des aspirations juvéniles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Orange</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Suaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rfp.9636⟩</w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 152, pp.75-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.8600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03689643v1</w:t>
+                <w:t xml:space="preserve">halshs-03202129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le service civique, un dispositif de dé/re-construction des aspirations juvéniles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand étudier, c’est travailler. Cadres institués des études et perspectives étudiantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Balland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Charles Suaud</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 152, pp.75-95. </w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 209, pp.5-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/formationemploi.8600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfp.9636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03202129v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03689643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous l’universalité (du service civique) les parcours (des jeunes)</w:t>
               </w:r>
@@ -2572,178 +2572,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une position difficile à maintenir. Entretien avec François Lautier, sociologue en &amp;quot;archi&amp;quot; (1967-2008)</w:t>
+                <w:t xml:space="preserve">Pour une sociologie des rapports sociaux. L’enseignement de Michel Arliaud, Paris, La dispute, 2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (2), pp.369-371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfs.512.0359⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971719v1</w:t>
+                <w:t xml:space="preserve">hal-04971956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une sociologie des rapports sociaux. L’enseignement de Michel Arliaud, Paris, La dispute, 2009</w:t>
+                <w:t xml:space="preserve">Une position difficile à maintenir. Entretien avec François Lautier, sociologue en &amp;quot;archi&amp;quot; (1967-2008)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de sociologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 142, pp.33-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfs.512.0359⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04971956v1</w:t>
+                <w:t xml:space="preserve">hal-04971719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la vocation à l’emploi. La fabrique des dispositions à l’exercice du métier de sociologue après 1945</w:t>
               </w:r>
@@ -2859,51 +2859,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3057,379 +3057,461 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05232205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sociologie contestée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De mauvais publics ? Les épreuves croisées de la relation d’accompagnement&amp;quot;, co-organisation de la journée d’études et communication introductive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Clavé-Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Zérilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences, savoirs et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association internationale de sociologie de langue française, Jul 2024, Ottawa (Canada), Canada</w:t>
+              <w:t xml:space="preserve">Collectif de recherche "mauvais publics" (UCO, ARIFTS, CENS, LAVUE, LIRTES)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05055382v1</w:t>
+                <w:t xml:space="preserve">halshs-05559454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrochage scolaire et service civique : entre inclusion et assignation</w:t>
+                <w:t xml:space="preserve">La sociologie contestée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Zérilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Congrès de l’Association française de sociologie (AFS), "Intersections, circulations"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de sociologie; UMR 5206 Triangle; UMR 5283 Centre Max Weber; Université Lumière Lyon 2, Jul 2023, Lyon, France, France</w:t>
+              <w:t xml:space="preserve">Sciences, savoirs et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association internationale de sociologie de langue française, Jul 2024, Ottawa (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990841v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce qu’être en service civique veut dire pour des décrocheurs scolaires. La promotion du service civique à l’épreuve du décrochage scolaire</w:t>
+                <w:t xml:space="preserve">Décrochage scolaire et service civique : entre inclusion et assignation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Décrochage scolaire : quels enjeux scolaires ? quelles pratiques éducatives ? quels partenariats ? quels effets sur les apprentissages ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université catholique de l'Ouest, Jul 2022, Angers, France</w:t>
+              <w:t xml:space="preserve">10e Congrès de l’Association française de sociologie (AFS), "Intersections, circulations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sociologie; UMR 5206 Triangle; UMR 5283 Centre Max Weber; Université Lumière Lyon 2, Jul 2023, Lyon, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990870v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrocher puis servir : l’hétérogénéité des parcours d’engagement de décrocheurs en service civique</w:t>
+                <w:t xml:space="preserve">Ce qu’être en service civique veut dire pour des décrocheurs scolaires. La promotion du service civique à l’épreuve du décrochage scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires et décrochages scolaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nantes université, May 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">Décrochage scolaire : quels enjeux scolaires ? quelles pratiques éducatives ? quels partenariats ? quels effets sur les apprentissages ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université catholique de l'Ouest, Jul 2022, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990909v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décrocher puis servir : l’hétérogénéité des parcours d’engagement de décrocheurs en service civique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Houdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires et décrochages scolaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nantes université, May 2018, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le service civique : une mission pour chacun au service de tous&amp;quot;. Du slogan aux appropriations réelles des jeunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le coup d’éclat du bref</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université catholique de l'Ouest, Dec 2019, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3439,91 +3521,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des épreuves pour les individus. Des défis pour les institutions. De la sociologie des sociologues à la sociologie de l'action publique d'accompagnement social et professionnel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de Bordeaux, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04971449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3533,51 +3615,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude sur les effets de l’accompagnement de décrocheurs scolaires en service civique. Une enquête en Bouches-du-Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3612,73 +3694,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Suaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nantes université. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04956142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’universalité du service civique au défi des inégalités. Le travail sur soi, pour soi et pour les autres décrocheurs en service civique dans les Pays de la Loire (2016-2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3687,73 +3769,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Suaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Direction régionale Jeunesse et sport et cohésion sociale des Pays de la Loire. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le service civique… et après ? Une analyse des modes d’entrée dans la vie adulte au prisme du service civique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3762,1003 +3844,1003 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Direction départementale et régionale Jeunesse et sport et cohésion sociales des Pays de la Loire. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conseiller sur mesure et sur place. Sur les permanences AFPA/SNI « Accueil Conseil Formation » dans les quartiers prioritaires de la Politique de la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Moulévrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agence nationale pour la formation professionnelle des adultes (AFPA). 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le passage en formation après un décrochage scolaire. Evaluation des trajectoires des jeunes et de l'accompagnement vers la professionnalisation et l'emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mazaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Céreq, Laboratoire Droit et Changement Social; Maison des Sciences de l'Homme Ange Guépin; Université de Nantes. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01954352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travailler à éduquer et éduquer au travail. Cadres et jeunes dans un centre EPIDE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EPIDE. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responsable de la vie scolaire dans l’enseignement catholique : une profession à inventer ? Enquête dans trois établissements en 2010-2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Kacimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Vanpouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Formiris. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les disparités territoriales dans l'accès aux formations d'élite. La situation des Pays de la Loire au regard des autres régions françaises [novembre 2010]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Buisson-Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Burban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Daverne-Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dutercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en éducation de Nantes (CREN). 2010, 294 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01370767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prépas de l’Enseignement catholique dans les Pays de la Loire : un positionnement singulier ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Martin de Montagu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Formiris. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de l’aide à la personne : pour quelle « professionnalisation » ? Caractéristiques et représentations des publics en formation du niveau V dans l’aide à la personne en 2008-2009 dans les Pays-de-la-Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Riot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gosseaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Car-Cereq des Pays de la Loire. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistiques en région</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nantes Université. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le(s)territoire(s) des finances solidaires : une analyse régionale en Bretagne et Pays de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Moulévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Glemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bévant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bioteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SGAR région Pays de la Loire. 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exclusion monétaire et usages sociaux de l’argent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Moulévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lazuech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Beulé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communauté urbaine de Nantes. 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4768,147 +4850,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualifications et parcours - Qualification des parcours. XXVèmes journées du longitudinal, Nantes, 20 et 21 juin 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Ghaffari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gosseaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">10, Céreq, 379 p., 2019, Céreq échanges, 978-2-11-151934-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02356197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4918,51 +5000,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des décrocheurs scolaires en service civique : des passagers clandestins ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Suaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4971,73 +5053,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Le Bord de l'eau, 228 p., 2019, Crescendo, 9782356876263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A l'école de l'autonomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5059,245 +5141,245 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mazaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan, 2015, défi formation, Guy Le Bouëdec et Jean-Yves Robin, 978-2-343-07099-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01224615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie scolaire, un service à part entière ou entièrement à part ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Kacimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Vanpouille.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chroniques sociales. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le métier de sociologue en France depuis 1945. Renaissance d'une discipline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.324, 2007, Le sens social, 978-2-7535-0552-0. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.12948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5307,51 +5389,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retour en formation : une vraie chance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5367,51 +5449,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 143, 2018, Formation Emploi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5421,130 +5503,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de l'aide à la personne : pour quelle &amp;quot;professionnalisation&amp;quot; ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gosseaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Riot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, 151 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5554,114 +5636,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des sociologues à la sociologie. Les conditions et les effets de l'autonomisation d'une discipline dans l'espace académique français : la sociologie après 1945</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Houdeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Nantes université, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04972053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId123"/>
+      <w:footerReference w:type="default" r:id="rId125"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5808,51 +5890,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038972v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Houdeville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Suaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-82844-7_17" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412397v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971573v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971592v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/citoyennetes-de-seconde-classe/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268246v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Robin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971614v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/mutations-dans-lenseignement-et-la-formation-brouillages-identitaires-et-strategies-dacteurs/30733" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971649v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971660v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971669v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971918v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/131p2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993845v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412271v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958272v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.092.0009" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03689643v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Balland" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Orange" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9636" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03202129v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.8600" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990826v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275677v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.6026" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01618278v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadoin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971927v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.20441" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194189v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.070.0035" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971929v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.16342" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971935v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.14553" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971701v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.031.0187" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971711v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.3415" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971941v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.5271" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971952v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971946v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971949v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971719v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971956v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.512.0359" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971728v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971735v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232211v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Z&#233;rilli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232205v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055382v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990841v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990870v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990909v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990883v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04971449v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04956142v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971818v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971813v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971822v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moul&#233;vrier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954352v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971850v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971857v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Kacimi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Vanpouille" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santini" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01370767v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Buisson-Fenet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burban" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daverne-Bailly" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutercq" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guibert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971879v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martin de Montagu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971888v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gosseaume" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Poulain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971894v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971901v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Glemain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#233;vant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971909v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lazuech" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Beul&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02356197v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ghaffari" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03388650v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224615v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971546v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Vanpouille." TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971496v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/2830/le-metier-de-sociologue-en-france-depuis-1945" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.12948" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954780v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668789v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04972053v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038972v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Houdeville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Suaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-82844-7_17" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412397v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971573v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971592v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/citoyennetes-de-seconde-classe/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268246v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Robin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971614v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/mutations-dans-lenseignement-et-la-formation-brouillages-identitaires-et-strategies-dacteurs/30733" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971649v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971660v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971669v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971918v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/131p2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412271v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958272v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.092.0009" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03202129v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.8600" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03689643v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Balland" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Orange" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.9636" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990826v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275677v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.6026" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01618278v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadoin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971927v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.20441" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194189v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.070.0035" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971929v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.16342" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971935v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.14553" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971701v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.031.0187" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971711v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.3415" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971941v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.5271" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971952v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971946v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971949v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971956v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.512.0359" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971719v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971728v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971735v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232211v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Z&#233;rilli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232205v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05559454v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Clav&#233;-Mercier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055382v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990841v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990870v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990909v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990883v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04971449v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04956142v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971818v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971813v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971822v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moul&#233;vrier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954352v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971850v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971857v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Kacimi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Vanpouille" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Santini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01370767v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Buisson-Fenet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burban" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Daverne-Bailly" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutercq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guibert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971879v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martin de Montagu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971888v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gosseaume" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Poulain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971894v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971901v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Glemain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#233;vant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971909v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lazuech" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Beul&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02356197v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ghaffari" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03388650v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224615v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971546v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Vanpouille." TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971496v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/2830/le-metier-de-sociologue-en-france-depuis-1945" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.12948" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954780v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668789v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04972053v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>