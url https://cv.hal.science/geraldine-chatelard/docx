--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -384,221 +384,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05469173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arbaïn, un pèlerinage sous tension à Karbala</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">زيارة “الأربعين” لكربلاء في أجواء متوترة</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Mervin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orient XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02338763v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">halshs-02343434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbaïn, un pèlerinage sous tension à Karbala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Mervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Mervin</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orient XXI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02338763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les traitements récents du patrimoine irakien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...34 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de l'Orient </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 1 (121), pp.31-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -692,51 +692,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial Essay: Iraqi Refugees, Beyond the Urban Refugee Paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Morris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -768,268 +768,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01963982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Constitution of Christian Communal Boundaries and Spheres in Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Church and State</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jcs/csq079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00511949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jordan: A Refugee Haven</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Migration Policy Institute Online Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00514403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Irakiens en Syrie et en Jordanie. Régimes d'entrée et de séjour et effets sur les configurations migratoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Doraï</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transcontinentales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 8/9, non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00603725v1</w:t>
-              </w:r>
-[...88 lines deleted...]
-                <w:t xml:space="preserve">halshs-00511949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La présence irakienne en Syrie et en Jordanie: dynamiques sociales et spatiales, et modes de gestion par les pays d'accueil</w:t>
               </w:r>
@@ -1267,51 +1267,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régimes de contrôle des mobilités, configurations et stratégies migratoires : les Irakiens en Syrie et en Jordanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Doraï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1349,51 +1349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iraqis in Syria and Jordan: Entry and Stay Regimes and their Effects on Migratory Strategies and Patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Doraï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1489,51 +1489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Mervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Gleave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ithaca Press, Unesco Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 978-0863725760, 0863725767</w:t>
             </w:r>
           </w:p>
@@ -1586,51 +1586,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Mervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Gleave,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unesco Publishing, Dar al-Warrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9789933521615</w:t>
             </w:r>
           </w:p>
@@ -2213,419 +2213,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01963966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan</w:t>
+                <w:t xml:space="preserve">The Politics of Population Movements in Contemporary Iraq: A Research agenda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. Bocco, J. Tejet et P. Sluglett (dir.) Writing the History of Iraq: Historiographical and Political Challenges.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Scientific Publishers/Imperial College Press, pp.359-378, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00511957v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Global Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01963936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iraqi Refugee and IDPs: From Humanitarian Intervention to Durable Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">John Calabrese; Jean-Luc Marret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transatlantic Cooperation on Protracted Displacement: Urgent Need and Unique Opportunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Middle East Institute Press, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01964201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Environment</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Global Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">halshs-00511957v2</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01963946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamas</w:t>
+                <w:t xml:space="preserve">Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Global Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01963936v1</w:t>
+                <w:t xml:space="preserve">halshs-01963943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ONG environnementales arabes et gestion des aires protégées : des acteurs entre histoires nationales et paradigmes mondialisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caroline Abu-Sada et Benoît Challand (dir.), Le développement, une affaire d'ONG ? Associations, États et bailleurs dans le monde arabe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, Ifpo, IREMAM., pp.191-225, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2736,51 +2736,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What visibility conceals. Re-embedding Refugee Migration from Iraq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chatty, D. et Finlayson, B. (eds.) Dispossession and Displacement: Forced Migration in the Middle East and North Africa.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.17-44, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2937,165 +2937,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01963923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Desert Tourism as a Substitute for Pastoralism? Tuareg in Algeria and Bedouin in Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nomadic Societies in the Middle East and North Africa: Entering the 21st Century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.710-736, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338450v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un système en reconfiguration. L'émigration des Irakiens de la guerre du Golfe à la guerre d'Irak (1990-2003)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en mouvements. Migrants et migrations au Moyen-Orient au tournant du XXième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut français du Proche-Orient, pp.113-155, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00338352v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00338450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iraqi Asylum Migrants in Jordan: Conditions, Religious Networks and the Smuggling Process</w:t>
               </w:r>
@@ -3351,125 +3351,194 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00338473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Palestiniens de Jordanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">R. Bocco et G. Chatelard (dir.), Jordanie : le royaume frontière.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Autrement, pp.92-110, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00356876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amman. Et pourtant, c'est une ville...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bousac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">R. Bocco et G. Chatelard (dir.), Jordanie : le royaume frontière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Autrement, pp.34-52, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00356873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment peut-on être bédouin ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Bocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3485,126 +3554,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">R. Bocco et G. Chatelard (dir.), Jordanie : le royaume frontière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Autrement, pp.60-77, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00356875v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00356876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3723,51 +3723,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deferred Involvement: Memories and Praxes of Iraqi Intellectuals as Civil-Society Activists between Iraq, Jordan and Syria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3779,151 +3779,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00396283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Environmental protection, tourism and the new development agenda for the Sahara: the dubious socio-political outcomes of the top-down approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A quest for family protection: the fragmented social organisation of transnational Iraqi migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00338406v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-00338445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructing and deconstructing 'the Iraq refugee crisis</w:t>
               </w:r>
@@ -4189,51 +4189,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socioeconomic survey of communities living on the edges of the Iraqi Marshlands National Park</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contract] Nature Iraq. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -4347,51 +4347,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jebel Abdel Aziz, socioeconomic assessment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] UNDP. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -4542,5769 +4542,5769 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arba'in pilgrims have their bags repaired for free on the road from Najaf to Karbala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the way to Karbala during Arba'in, the Najaf branch of the Gaz Supplying Company is proud to sell gaz canisters below market price to the mawakib providing free services to the pilgrims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madinat al-sayyid al-awssiya', center for hosting pilgrims belonging to the Imam Hussayn Shrine, on the way from Baghdad to Karbala.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayyid Rahman al-Awwadi and his son at the house of the former in Najaf. Sayyid Rahman owns a large firm manufacturing iron fixtures for construction and is the head of the ritual group of the ironworkers (mawkib al-haddadin) active during Arba'in to provide free lodging and food to visitors on the way between Najaf and Karbala.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Garbage collection on the Arba'in procession way from Najaf to Karbala</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01965135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A group of Arb'ain pilgrims from Azerbaijan and Turkey on the road from Najaf to Karbala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campaign to promote cleanliness sponsored by the Imam Hussayn Shrine. On the way from Baghdad to Karbala during Arba'in.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashura and 'Arbain implements for sale in Suq al-Safafir. Najaf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inside Suq al-Safafir where 'Ashura and 'Arbain implements can be bought. Najaf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caldrons for cooking qima (a meat and pulse stew) in the street in front of Sayyid Rahman al-Awwadi's house in Najaf. Qima is distributed to the needy on the following day which is the Friday between Arba'in and wafat al-nabi (death of the Prophet Muhammed).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Husseiniyya registered as waqf of the al-'Awwadi family and serving to host pilgrims during religious visitations, particularly Arba'in. Najaf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free drinks for the Arba'in pilgrims at Mawkib al-Sajjad on the way from Najaf to Karbala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inseparable Arba'in female pilgrims on the way from Najaf to Karbala</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01965128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wheel-chairs and trolleys get fixed for free on the Arba'in pilgrimage road between Najaf and Karbala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01968383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashura and 'Arbain implements for sale in Suq al-Safafir. Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Signboard of the mawkib al-haddadin of Najaf, a group of metalworkers providing free services to pilgrims during the Arba'in visitation. On the way between Najaf and Karbala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arba'in pilgrims carrying donations in kind for the mawakib. Najaf to Karbala road</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qima, a meat and pulse stew, in a caldron in the street in front of Sayyid Rahman al-Awwadi's house in Najaf. After cooking overnight, qima will be distributed to the needy on the following day which is the Friday between Arba'in and wafat al-nabi (death of the Prophet Muhammed).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Arba'in pilgrim gets free shave and a smile from Qasim Soleimani on the road from Najaf to Karbala.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A group of pilgrims from Lebanon arrive at Najaf International Airport to walk to Karbala for Arba'in</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interior of the husseiniyya (registered as waqf) of the al-'Awwadi family serving to host pilgrims during religious visitations, particularly Arba'in. Najaf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madinat al-sayyid al-awssiya', center for hosting pilgrims belonging to the Imam Hussayn Shrine, on the way from Baghdad to Karbala.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procession of the torches (masha'il), 'Ashura, Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashura procession, Suq Al-Kabir Street, Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction of a new husseiniyya on the road between Najaf and Karbala. Arba'in procession.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A group of torch-bearers performs spinning movements in front of figures of the ‘Amara tribe sitting on a platform along the northern wall of the Imam 'Ali Shrine during 'Ashura. Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arba'in procession, Diwaniyya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A mawkib serves free drinks to Arba'in pilgrims and displays pictures of men who died as martyrs during the conflict with Daesh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the road to Karbala from Najaf during Arba'in.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the way from Najaf to Karbala for Arba'in</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">On the way to Karbala during Arba'in, the Najaf branch of the Gaz Supplying Company is proud to sell gaz canisters below market price to the mawakib providing free services to the pilgrims</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recharge your mobile for free on the way between Najaf and Karbala during Arba'in</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walking to Karbala in style. 'Arbain procession from Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Nadjaf, Iraq. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawkib shabab amir al-mu'minin, a group serving free food and drinks during 'Ashura. Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surveilling, counting, documenting and broadcasting. The 'Arbain procession between Najaf and Karbala.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preparing a torch (mash'al) for 'Ashura procession. Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Under the direction of Mu‘ayid al-Shamma‘, rehearsal of the re-enactment of the imprisonment and death of Imam Musa al-Kadhim in preparation for the yearly commemoration of his martyrdom, mosque in Abu Sukhayr, Najaf Governorate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Re-enactment of the battle of Karbala (tashabih maqtal al-Hussayn) on the 10th of Muharram, commemoration of 'Ashura, al-Hira, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Under the direction of Mu‘ayid al-Shamma‘, rehearsal of the re-enactment of the imprisonment and death of Imam Musa al-Kadhim in preparation for the yearly commemoration of his martyrdom, mosque in Abu Sukhayr, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Re-enactment of the battle of Karbala (tashabih maqtal al-Hussayn) on the 10th of Muharram, commemoration of 'Ashura, al-Hira, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Under the direction of Mu‘ayid al-Shamma‘, re-enactment of the imprisonment and death of Imam Musa al-Kadhim during the yearly commemoration of his martyrdom, Abu Sukhayr, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Signboard identifying the reception tent of the Fakhr al-Din family from the 'Amara district of Najaf which performs the torch (mash'al) ritual during the commemoration of 'Ashura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Under the direction of Mu‘ayid al-Shamma‘, re-enactment of the imprisonment and death of Imam Musa al-Kadhim during the yearly commemoration of his martyrdom, Abu Sukhayr, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Under the direction of Mu‘ayid al-Shamma‘, re-enactment of the imprisonment and death of Imam Musa al-Kadhim during the yearly commemoration of his martyrdom, Abu Sukhayr, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Re-enactment of the battle of Karbala (tashabih maqtal al-Hussayn) on the 10th of Muharram, commemoration of 'Ashura, al-Hira, Najaf Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young man on a boat with cut reed, Central Marshes, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2018</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buffalo herder, inside the Central Marshes, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ottoman alleyway, Al-Howeish District, Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cement-block houses, outskirts of Chibayish City, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Man getting off a boat with cut reeds, Central Marshes, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reed huts, Abu Subatt village, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implements for the commemoration of 'Ashura in the premisses of a ritual group (mawkib), Al-Howeish District, Najaf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inside a reed guest-house (mudhif) serving to lodge pilgrims on their way to Karbala during Arba'in. Chibayish, Dhi Qar Governorate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shrine of al-Sayyid Hassan al-Sayyid 'Issa al-Ya'qubi al-Musawi. Road between Chibayish and Nassiriyya, Dhi Qar Governorate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A reed guest-house (mudhif) serving to lodge pilgrims on their way to Karbala during Arba'in. Chibayish, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Nadjaf, Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Girl and buffalo, Abu Al-Narsi village, Chibayish District, Dhi Qar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baking flat bread in the clay over (tannur), Abu Chawalna, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">School girls on the bank of Euphrates, Chibayish City, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">View of Najaf and the Imam 'Ali Shrine from Bahr al-Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2017</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Re-enactment of the battle of Karbala (tashabih maqtal al-Hussayn) on the 10th of Muharram, commemoration of 'Ashura, al-Hira, Najaf Governorate</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reed huts, Abu Subatt village, Chibayish District</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Chibayish, Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Public toilets for Arba'in pilgrims along a canal, Chibayish District, Dhi Dar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collecting reeds, Central Marshes, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Work in progress for the expansion of Imam Ali Shrine, Najaf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Under the direction of Mu‘ayid al-Shamma‘, rehearsal of the re-enactment of the imprisonment and death of Imam Musa al-Kadhim in preparation for the yearly commemoration of his martyrdom, mosque in Abu Sukhayr, Najaf Governorate</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Receiving an official delegation in the largest reed guest-house (mudhif) of Chibayish City, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Northern bank of the Euphrates, Chibayish city, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inside the reed guest-house (mudhif) of Abu Muhammed, Chibayish city, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A family making reed mats and baskets on the edges of the Central Marshes, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inside the shrine of Imam Muhammed Ibn 'Ali Ibn Abi Talib, on the road between Chibayish and Nassiriyya, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camp for internally displaced persons from the Ninewah Governorate, on the road between Chibayish and Midaina, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buffaloes grazing in the East Hammar Marshes with oil flare stacks in the background</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shrine of Imam Muhammed Ibn 'Ali Ibn Abi Talib, on the road between Chibayish and Nassiriyya, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A brick husseiniyya in the shape of a reed guest-house (mudhif) to perform rituals and lodge pilgrims on their way to Karbala for Arba'in. Road between Chibayish and Nassiriyya, Dhi Qar Governorate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flags along the road between Chibayish and Nassiriyya (Dhi Qar Governorate) on the occasion of Arba'in.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making curd (gaymar) from buffalo milk, Abu Al Narsi village, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motor-boat on Umm el-Na'ij Lake, Huwayza Marshes, Maysan Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inside the shrine of al-Sayyid Hassan al-Sayyid 'Issa al-Ya'qubi al-Musawi. Road between Chibayish and Nassiriyya, Dhi Qar Governorate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">View from a rooftop in Al-Howeish District, Najaf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Nadjaf, Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A reed guest-house (mudhif) serving to lodge pilgrims on their way to Karbala during Arba'in. Chibayish, Dhi Qar Governorate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temporary settlements ('azzabiyyat) inside the Central Marshes, Chibayish District</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inside Abu Muhammed's hussayniyya (Shi'i prayer hall), Chibayish city, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaykh 'Ashira and Shaykh mu'ammam (tribal leader and turbaned leader) in a reed guest-house (mudhif) in Chibayish city during the visit of an official delegation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reed guest-house (mudhif) in Umm al-Na'ij, Huwayza Marshes, Maysan Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baking flat rice bread on an open fire fuelled by buffalo dung, East Hammar Marshes, Basrah Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implements for the commemoration of 'Ashura in the premisses of a ritual group (mawkib), Al-Howeish District, Najaf.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (photographie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suq al-Kabir Street leading to Imam Ali Shrine, Najaf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01964982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A woman making reed baskets on the edges of the Central Marshes, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shrine of the martyrs of the 1991 Intifada Sha'baniya, Chibayish District, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Photography. Iraq. 2016</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01965164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abu Muhammed's reed guest-house (mudhif) and hussayniyya (Shi'i prayer hall), Chibayish city, Dhi Qar Governorate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Photography. Iraq. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...2441 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01965177v1</w:t>
-              </w:r>
-[...658 lines deleted...]
-                <w:t xml:space="preserve">medihal-01965181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10322,51 +10322,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migration from Iraq between the Gulf and the Iraq wars (1990-2003): historical and sociospacial dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Chatelard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10474,51 +10474,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="38181CCD"/>
+    <w:nsid w:val="9210B13B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10622,51 +10622,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E8C6F0C8"/>
+    <w:nsid w:val="B0366F40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10856,51 +10856,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/geraldine-chatelard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-0368-9336" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058654089" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/23083624" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000116073819" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05469173v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Chatelard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.006.0049" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02338763v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Mervin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Chatelard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343434v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963995v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963982v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Morris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514403v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00603725v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Dora&#239;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511949v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jcs/csq079" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/632C59AE89CC166C44B779D26C08C48CF51DA8AC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338403v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kamel Dora&#239;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338481v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338452v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114516v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864211v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gleave" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ithacapress.co.uk/index.php/2016/12/19/najaf/najaf-web/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864249v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gleave," TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unesco.org/new/ar/iraq-office/about-this-office/single-view/news/unesco_releases_arabic_version_of_book_al_najaf_origin_and/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964219v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dabdoub-Naser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Graz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Luxen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964224v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel De" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964226v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964227v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Bocco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964223v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Taraweh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963901v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963946v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964201v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963943v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511957v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963936v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964214v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03461582v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370980v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963959v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963923v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338352v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338450v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338456v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338446v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338462v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338473v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356873v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bousac" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356875v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356876v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963930v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00396283v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338406v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338445v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338409v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338438v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338487v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338356v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965139v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964206v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oroub El-Abed" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Washington" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356885v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00356872v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965135v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965062v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965128v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965104v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965122v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965064v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965105v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965057v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965126v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965125v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965131v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965107v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965124v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01968383v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965058v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965133v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965137v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965066v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965121v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965134v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965130v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965120v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965077v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965097v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965094v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965111v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965138v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965079v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965119v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965118v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965112v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965101v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965074v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965109v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965096v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964991v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964997v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964988v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965014v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964979v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965006v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965012v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964992v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964999v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965169v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965141v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964985v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965171v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965174v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965154v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965115v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965140v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965102v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965087v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965068v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965172v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965161v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965091v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965167v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965103v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965156v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965142v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965175v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965143v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965165v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965146v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965116v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965080v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965178v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965145v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965159v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965157v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965069v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964982v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965166v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965164v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965177v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965084v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965070v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965162v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965148v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965117v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965083v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965089v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965151v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965180v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965181v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00364961v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/geraldine-chatelard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-0368-9336" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/058654089" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/23083624" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000116073819" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05469173v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Chatelard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr2.006.0049" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343434v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Mervin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02338763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Chatelard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963995v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963982v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Morris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511949v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jcs/csq079" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/632C59AE89CC166C44B779D26C08C48CF51DA8AC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00514403v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00603725v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Dora&#239;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338403v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kamel Dora&#239;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338481v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338452v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114516v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114497v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864211v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gleave" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ithacapress.co.uk/index.php/2016/12/19/najaf/najaf-web/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864249v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gleave," TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unesco.org/new/ar/iraq-office/about-this-office/single-view/news/unesco_releases_arabic_version_of_book_al_najaf_origin_and/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964219v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dabdoub-Naser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Graz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Luxen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964224v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel De" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964226v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964227v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Bocco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964223v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Taraweh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963901v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963966v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00511957v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963936v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964201v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963946v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963943v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964214v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03461582v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370980v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963959v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963923v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338450v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338352v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338456v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338446v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338462v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338473v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356876v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356873v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bousac" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01963930v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00396283v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338445v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338406v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338409v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338438v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338487v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338356v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965139v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964206v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oroub El-Abed" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Washington" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356885v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00356872v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965134v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965130v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965120v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965062v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965135v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965125v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965122v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965105v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965104v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965057v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965064v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965126v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965128v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01968383v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965107v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965124v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965131v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965058v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965133v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965137v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965066v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965121v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965096v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965094v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965077v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965097v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965079v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965138v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965111v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965119v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965112v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965101v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965074v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965109v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964999v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964988v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964997v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964991v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965006v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964979v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965014v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965012v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964992v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965180v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965148v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965117v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965181v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965162v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965070v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965084v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965089v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965083v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965171v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965174v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965154v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965115v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965140v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965141v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965169v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964985v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965143v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965142v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965175v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965167v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965103v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965165v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965156v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965102v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965087v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965068v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965172v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965161v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965091v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965116v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965080v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965146v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965178v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965145v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965159v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965157v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965069v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01964982v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965166v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965164v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01965177v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00364961v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>