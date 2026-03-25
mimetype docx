--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -320,685 +320,685 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Éditorial : Les arts de la couleur au Moyen Âge sur les terres d'Occitanie / Pyrénées-Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patrimoines du sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu : Lourdes de Sanjosé i Llongueras, Esment d'orfebreria litúrgica en la documentació catalana (segles IX-XIV). Recull previsional</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anuario de Estudios Medievales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1005-1006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3989/aem.2018.v48.i2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03077798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Saint-Guilhem-le-Désert, les vestiges romans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Patrimoine : histoire, culture et création d'Occitanie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 51, pp.60-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Guilhem-le-Désert, les vestiges romans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Patrimoine : histoire, culture et création d'Occitanie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51, pp.60-67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De marbre et de verre coloré : l'autel roman du Sauveur, dit de saint Guilhem (Saint-Guilhem-le-Désert, Hérault)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lafay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrimoines du sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 7, s.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Compte-rendu : Lourdes de Sanjosé i Llongueras, Esment d'orfebreria litúrgica en la documentació catalana (segles IX-XIV). Recull previsional</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu : Lourdes de Sanjosé Llongueras, Obras emblemáticas del taller de orfebrería de Silos : &amp;quot;el Maestro de las Aves&amp;quot; y su circulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anuario de Estudios Medievales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Memini. Travaux et documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, s.p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...116 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03077796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’usage des marbres en Roussillon entre le XIe et le XIVe siècle : la sculpture monumentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrimoines du sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 7, s.p</w:t>
+              <w:t xml:space="preserve">, 2016, 4, pp.29-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...93 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la découverte de chapiteaux romans du cloître de Saint-Pons-de-Thomières (Hérault) renouvelle l’intérêt de l’usage du marbre dans l’abbaye au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrimoines du sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 4, pp.29-51</w:t>
+              <w:t xml:space="preserve">, 2016, 4, pp.52-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marbres du Midi, de la carrière à l’œuvre d’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Caliste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Le Clezio</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patrimoines du sud</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 4, pp.52-62</w:t>
-[...80 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4, pp.n.c</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03067463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1066,165 +1066,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03062890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Saint-Guilhem-le-Désert (Hérault): À la redécouverte du cloître sculpté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patrimòni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46, pp.22-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'abbaye de Gellone à Saint-Guilhem-le-Désert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arts sacrés. Hors-série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 4, pp.28-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068276v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03068275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'abbaye cistercienne de Berdoues (Gers)</w:t>
               </w:r>
@@ -1398,165 +1398,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'oeuvre de tombier de l'atelier de R. de Bia (Catalogne du Nord, début du XIIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Saint-Michel de Cuxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, XLII, pp.51-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entre traditions haut médiévales et innovations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Fanjeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 46, pp.37-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03061959v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03061956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Catalogne en Languedoc méditerranéen au Moyen Âge (IVe-XIIe siècles)</w:t>
               </w:r>
@@ -2228,303 +2228,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marbres et jeux de polychromie dans les cloîtres et les portails médiévaux du Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les semaines d'études médiévales de Poitiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, CESCM, Jun 2024, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la sculpture en marbre en Catalogne du Nord : marbres locaux ou marbres antiques de remploi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art roman au XXIe siècle. L'avenir d'un passé à réinventer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CESCM Poitiers, May 2024, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La collection Didelot au musée des moulages de l'Université Paul-Valéry - Montpellier 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de l’architecte Pierre-Marie Bossan et de l’école de Valence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Valence Romans Agglo, service Archives et Patrimoine, Oct 2024, Valence (Drôme), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De marbre et de verre : l'autel du Sauveur de l'abbaye de Gellone (v. 1200, Saint-Guilhem-le-Désert)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sculptures polymatérielles du Moyen Âge et de la Renaissance en Europe et dans le bassin méditerranéen (v. 1200-1500)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Picardie, Jules Verne (Amiens), Nov 2022, Amiens, France. pp.13-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857781v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-04857845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une approche renouvelée de la figure d’un maître d’œuvre, Guillem Sagrera, à travers les textes et les œuvres (Roussillon, Majorque, Naples)</w:t>
               </w:r>
@@ -2642,234 +2642,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Questions d'expérience. Ceux qui ont été interrogés. Avec Xavier Barral i Altet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelle biographie intellectuelle pour les historiens de l'art du Moyen Âge ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sophie Ducret, docteure, Université Paul-Valéry, Montpellier 3, Oct 2023, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour du culte des reliques entre le IVe et le XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association culturelle de la cathédrale Saint-Jean-Baptiste de Perpignan, Mar 2023, Perpignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les cloîtres de la cathédrale d'Elne et de la collégiale Saint-Jean-Baptiste de Perpignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58e colloque de Fanjeaux. Chanoines et chapitres du Midi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'études historiques de Fanjeaux, Jul 2023, Fanjeaux (Aude), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857829v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04857823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Carbonell-Lamothe (1928-2017). La passion du patrimoine</w:t>
               </w:r>
@@ -3194,50 +3194,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le linteau de Saint-Genis-des-Fontaines : une iconographie au service de la liturgie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1019-1020/2019-2020 : millénaire du linteau de Saint-Genis-des-Fontaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la sauvegarde des valeurs archéologiques et culturells de Saint-Genis-des-Fontaines (ASVAC); Commune de Saint-Genis-des-Fontaines (Pyrénées-Orientales), May 2022, Saint-Genis-des-Fontaines, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le lapidaire de l’ancienne abbaye de Saint-Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Demarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3246,126 +3315,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'abbaye Saint-Roman de l'Aiguille à Beaucaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Communauté de communes Beaucaire Terre d'Argence (CCBTA), Nov 2022, Fourques, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844923v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04857755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sculpture en l'abbaye de Saint-Genis-des-Fontaines</w:t>
               </w:r>
@@ -3552,165 +3552,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sur la route de Compostelle : la tombe de Guilhem et la relique de la Vraie Croix (Saint-Guilhem-le-Désert, Hérault)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reliques et pèlerinages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les amis de la basilique romane de Paray-le-Monial, Oct 2020, Paray-le Monial, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les cloîtres funéraires à enfeus de Perpignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Programme annuel de conférences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association culturelle de la cathédrale Saint-Jean et des églises historiques de Perpignan, Apr 2020, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857683v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04857672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les œuvres clés du début du XIe siècle en Catalogne du Nord</w:t>
               </w:r>
@@ -5497,165 +5497,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03075771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jeux polychromes en marbre dans l'architecture médiévale en Roussillon (XIIe-XIVe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Université d'été d'Angoulême : La sculpture médiévale, de la pierre à l'image", Angoulême, Hôtel du Département, 23-28 août 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Angoulême, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Splendeurs et éternités des civilisations de Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Quand roman rime avec romain : l'héritage antique dans l'art des XIe et XIIe siècles", Montpellier, Société archéologique de Montpellier, Montpellier, 28 septembre 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02875891v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03074524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les autels préromans et romans de Catalogne Nord</w:t>
               </w:r>
@@ -6295,50 +6295,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Moniales cisterciennes de Méditerranée occidentale (XIIe-XVIe siècle). Histoire, histoire de l’art, archéologie, mise en perspective (actes de la journée d'études)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Alvergnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Demarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éd. Guilhem (Saint-Guilhem-le-Désert); Centre d'Etudes Médiévales de Montpellier, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Moniales cisterciennes de Méditerranée occidentale,XIIe-XVIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Alvergnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6353,480 +6441,392 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Guilhem, 296 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03051353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Moniales cisterciennes de Méditerranée occidentale (XIIe-XVIe siècle). Histoire, histoire de l’art, archéologie, mise en perspective (actes de la journée d'études)</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arts picturaux en territoires catalans (XIIe-XIVe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marion Alvergnat</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leturque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 290 p., 2015, Arts, Thierry Verdier, 978-2-36781-116-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du fragment à l'ensemble : les peintures murales de Casesnoves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Antonio Castiñeiras González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Éd. Guilhem (Saint-Guilhem-le-Désert); Centre d'Etudes Médiévales de Montpellier, 2017</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leturque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Rollier-Hanselmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Direction Régionale des Affaires Culturelles du Languedoc-Roussillon, 71 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Arts picturaux en territoires catalans (XIIe-XIVe siècle)</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03054538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architectures médiévales dans le Midi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole nationale supérieure d'architecture de Montpellier, 4, 93 p., 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03050979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cloître de Saint-Guilhem-le-Désert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 290 p., 2015, Arts, Thierry Verdier, 978-2-36781-116-1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Palouzié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Palouzié; Géraldine Mallet. Actes Sud, 135 p., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...188 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03050711v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03050979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">St Martin de Castries (Hérault), de l’habitat rural à l’ensemble ecclésial (VIIIe-XVIIIe siècles)</w:t>
               </w:r>
@@ -7343,50 +7343,123 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Dévot Crucifix de Perpignan: œuvre d’art et objet de dévotion depuis 1307</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucherini Vinni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Immagini medievali di culto dopo il Medioevo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Viella, pp.103-114, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La restauration de l'autel du Sauveur dit &amp;quot;de Saint Guilhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7399,203 +7472,130 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Desachy Matthieu; Le Blévec Daniel; Mallet Géraldine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saint-Guilhem-le-Désert: La grâce de l'abbaye de Gellone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La nuée bleue; Place des Victoires, pp.202-211, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rayonnement d'une abbaye: Une architecture ornée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Desachy Matthieu; Le Blévec Daniel; Mallet Géraldine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saint-Guilhem-le-Désert: La grâce de l'abbaye de Gellone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La nuée bleue; Place des Victoires, pp.95-165, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03057688v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03057690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Pont du Diable (Aniane, Saint-Jean-de-Fos, Hérault, Occitanie) ; L'ancienne abbaye de Gellone (Saint-Guilhem-le-Désert, Hérault, Occitanie)</w:t>
               </w:r>
@@ -9891,51 +9891,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05421925v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Demarthe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767950v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767896v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068321v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067945v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077798v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aem.2018.v48.i2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767868v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067946v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lafay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077796v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067464v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067465v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Clezio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067463v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Caliste" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062890v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068276v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068275v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061960v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505439v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Guionova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061959v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061956v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061958v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067032v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067031v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061961v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Palouzi&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Machetel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064042v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064043v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060741v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060740v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876321v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857781v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857850v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857843v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857845v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857853v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857841v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857829v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857815v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857823v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857814v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857836v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857809v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04844923v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857755v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857760v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857765v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857741v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857683v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857672v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857710v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857662v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857731v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857721v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068903v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069340v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069341v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04846666v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Alvergnat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072742v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072739v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072741v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882785v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymat Catafau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Commandr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072743v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072738v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072740v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074838v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071455v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074837v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876335v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072351v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075770v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068904v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071309v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075771v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875891v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074524v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068519v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872533v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070942v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070943v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076644v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05392497v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Longepierre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lard&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768139v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824154v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bl&#233;vec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Desachy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051353v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04842508v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051363v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leturque" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054538v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Antonio Casti&#241;eiras Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Poisson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rollier-Hanselmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050711v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050979v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873548v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04771754v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04771725v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768148v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Mathon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768141v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057689v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057688v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057690v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058222v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767880v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058220v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058221v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213796v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056734v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077025v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058061v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056153v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Labrosse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Stilp" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056152v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058060v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055173v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055170v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055169v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768019v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966364v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fouch&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857749v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966422v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vanderhaegen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078320v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867574v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bousquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caucanas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Czerniak" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109248v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dellong" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lescure" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867586v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Junca" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pousthomis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077935v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Alessandri" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benezet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne De Chazelles-Gazzal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077927v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Alzieu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corrochano" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Derrieu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dieulafait" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05421925v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Demarthe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767950v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767896v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067945v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077798v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aem.2018.v48.i2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068321v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767868v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067946v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lafay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077796v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067464v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067465v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Clezio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067463v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Caliste" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062890v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068275v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068276v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061960v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505439v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Bergeret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Corrochano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Donat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Guionova" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061956v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061959v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061958v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067032v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067031v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061961v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Palouzi&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Machetel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064042v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064043v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060741v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060740v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876321v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thernot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857845v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857843v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857850v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857781v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857853v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857841v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857823v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857815v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857829v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857814v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857836v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857809v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857755v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04844923v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857760v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857765v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857741v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857672v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857683v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857710v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857662v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857731v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857721v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068903v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069340v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069341v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04846666v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Alvergnat" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072742v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072739v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072741v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01882785v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymat Catafau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Commandr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072743v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072738v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072740v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074838v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071455v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074837v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876335v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072351v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075770v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068904v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071309v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075771v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074524v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875891v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068519v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872533v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070942v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070943v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076644v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05392497v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Longepierre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lard&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768139v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824154v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bl&#233;vec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Desachy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04842508v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051353v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051363v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leturque" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054538v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Antonio Casti&#241;eiras Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Poisson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rollier-Hanselmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050979v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050711v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873548v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Forest" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04771754v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04771725v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768148v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Mathon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768141v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057690v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057689v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057688v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058222v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767880v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058220v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058221v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01213796v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056734v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077025v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058061v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056153v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Labrosse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Stilp" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056152v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058060v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055173v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055170v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055169v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768019v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966364v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fouch&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04857749v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04966422v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Viarouge" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vanderhaegen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078320v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867574v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bousquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caucanas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Czerniak" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109248v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dellong" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lescure" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867586v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Junca" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pousthomis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077935v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Alessandri" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benezet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Anne De Chazelles-Gazzal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077927v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Alzieu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corrochano" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Derrieu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dieulafait" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>