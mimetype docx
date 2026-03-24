--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -187,6388 +187,6254 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nested PCR to optimize rpoB metabarcoding for lowconcentration and host-associated bacterial DNA</w:t>
+                <w:t xml:space="preserve">The Diversity of Oligosaccharide Composition in Rabbit Milk and Its Association with the Development of the Cecal Microbiota and the Survival of Young Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
+                <w:t xml:space="preserve">Christelle Knudsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Brévault</w:t>
+                <w:t xml:space="preserve">Mathilde Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antony Champion</w:t>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Mainguy</w:t>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 155 (12), pp.4222-4238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12866-019-1546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tjnut.2025.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05220858v1</w:t>
+                <w:t xml:space="preserve">hal-05403529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The bacterial faecal microbiota shifts during the transition period in dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CORE GUT MICROBIOTA IN RABBIT: OPPORTUNITIES TO STRENGTHEN THE INTESTINAL BARRIER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Rumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Arnalot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Charlotte Paës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Microbiome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s42523-025-00443-7⟩</w:t>
+              <w:t xml:space="preserve">World Rabbit Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (2), pp.103-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4995/wrs.2025.23465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05194921v1</w:t>
+                <w:t xml:space="preserve">hal-04754818v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a reliable 16S mini-barcode library of wild bees from Occitania, south-west of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Marquisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 13, pp.e137540. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3897/BDJ.12.e137540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Diversity of Oligosaccharide Composition in Rabbit Milk and Its Association with the Development of the Cecal Microbiota and the Survival of Young Rabbits</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The bacterial faecal microbiota shifts during the transition period in dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Arnalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vanbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tjnut.2025.10.013⟩</w:t>
+              <w:t xml:space="preserve">Animal Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (1), pp.79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s42523-025-00443-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05515081v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Diversity of Oligosaccharide Composition in Rabbit Milk and Its Association with the Development of the Cecal Microbiota and the Survival of Young Rabbits</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Do Digestive Bacteria Suffer from Oxidative Stress: A Study on Ruminal Bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Knudsen</w:t>
+                <w:t xml:space="preserve">Muhammad Kaleem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Rumeau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Yves Farizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tjnut.2025.10.013⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Science and Nutrition Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26502/jfsnr.2642-110000185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05403529v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CORE GUT MICROBIOTA IN RABBIT: OPPORTUNITIES TO STRENGTHEN THE INTESTINAL BARRIER</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nested PCR to optimize rpoB metabarcoding for lowconcentration and host-associated bacterial DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Paës</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+                <w:t xml:space="preserve">Laëtitia Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Brévault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Rabbit Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4995/wrs.2025.23465⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (9), pp.e01417-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01417-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04754818v2</w:t>
+                <w:t xml:space="preserve">hal-05220858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Digestive Bacteria Suffer from Oxidative Stress: A Study on Ruminal Bacteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">A pile of pipelines: An overview of the bioinformatics software for metabarcoding data analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Hakimzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Abdala Asbun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Albanese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Buchner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Science and Nutrition Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13847⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26502/jfsnr.2642-110000185⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05408391v1</w:t>
+                <w:t xml:space="preserve">hal-04183770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk replacer feeding once or twice a day did not change the ruminal metabolomic profile and the microbial diversity of dairy calves from birth to weaning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Canlet</w:t>
+                <w:t xml:space="preserve">A multi-omics dataset of the response to early plant polysaccharide ingestion in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Paës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bébin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Duperray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2023-24327⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (1), pp.684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-024-03471-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04667561v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pile of pipelines: An overview of the bioinformatics software for metabarcoding data analyses</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Relationship between feed efficiency and gut microbiota in laying chickens under contrasting feeding conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominik Buchner</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Jardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.8210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-58374-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13847⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04183770v1</w:t>
+                <w:t xml:space="preserve">hal-04538081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-omics dataset of the response to early plant polysaccharide ingestion in rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joël Duperray</w:t>
+                <w:t xml:space="preserve">Milk replacer feeding once or twice a day did not change the ruminal metabolomic profile and the microbial diversity of dairy calves from birth to weaning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zened</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 107 (8), pp.5574-5586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2023-24327⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41597-024-03471-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04634098v1</w:t>
+                <w:t xml:space="preserve">hal-04667561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between feed efficiency and gut microbiota in laying chickens under contrasting feeding conditions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Deborah Jardet</w:t>
+                <w:t xml:space="preserve">A large database linking the rumen bacterial composition and milk traits in Lacaune sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Menras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Tomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/S41597-022-01912-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-58374-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04538081v1</w:t>
+                <w:t xml:space="preserve">hal-03933175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large database linking the rumen bacterial composition and milk traits in Lacaune sheep</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Luce Chemit</w:t>
+                <w:t xml:space="preserve">Early Introduction of Plant Polysaccharides Drives the Establishment of Rabbit Gut Bacterial Ecosystems and the Acquisition of Microbial Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Paës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bébin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Duperray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Gohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/msystems.00243-22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/S41597-022-01912-3⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03933175v1</w:t>
+                <w:t xml:space="preserve">hal-03699002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A carvacrol‐based product reduces Campylobacter jejuni load and alters microbiota composition in the caeca of chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Allaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bonnafé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐françois Gabarrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 132 (6), pp.4501-4516. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jam.15521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03607325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Introduction of Plant Polysaccharides Drives the Establishment of Rabbit Gut Bacterial Ecosystems and the Acquisition of Microbial Functions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FROGS: a powerful tool to analyse the diversity of fungi with special management of internal transcribed spacers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbab318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/msystems.00243-22⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03699002v1</w:t>
+                <w:t xml:space="preserve">hal-03323846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apart From the Diet, the Ruminal Microbiota of Lambs Is Modified in Relation to Their Genetic Potential for Feed Efficiency or Feeding Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Tortereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Martinez Boggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Graverand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (7), 15 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2021.759432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03480852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROGS: a powerful tool to analyse the diversity of fungi with special management of internal transcribed spacers</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gut Microbiota-Derived Metabolite Signature in Suckling and Weaned Piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Bertide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Ahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (1), pp.982-994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.0c00745⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bib/bbab318⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03323846v1</w:t>
+                <w:t xml:space="preserve">hal-03087209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut Microbiota-Derived Metabolite Signature in Suckling and Weaned Piglets</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The intestinal microbial composition in Greylag geese differs with steatosis induction mode: spontaneous or induced by overfeeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Knudsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Arroyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Barilly</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s42523-020-00067-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.0c00745⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03087209v1</w:t>
+                <w:t xml:space="preserve">hal-03109374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The intestinal microbial composition in Greylag geese differs with steatosis induction mode: spontaneous or induced by overfeeding</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Culture of rabbit caecum organoids by reconstituting the intestinal stem cell niche in vitro with pharmacological inhibitors or L-WRN conditioned medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Mussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Pouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Helies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Fourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Microbiome</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Stem Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scr.2020.101980⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s42523-020-00067-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03109374v1</w:t>
+                <w:t xml:space="preserve">hal-02983697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary composition and yeast-microalgae combination supplementation modulate the microbial ecosystem in the caecum, colon and faeces of horses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Grimm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Julliand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 123 (4), pp.372-382. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0007114519002824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02381031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Culture of rabbit caecum organoids by reconstituting the intestinal stem cell niche in vitro with pharmacological inhibitors or L-WRN conditioned medium</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The MACADAM database: a MetAboliC pAthways DAtabase for Microbial taxonomic groups for mining potential metabolic capacities of archaeal and bacterial taxonomic groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malo Le Boulch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cell Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/database/baz049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scr.2020.101980⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02983697v1</w:t>
+                <w:t xml:space="preserve">hal-02276653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MACADAM database: a MetAboliC pAthways DAtabase for Microbial taxonomic groups for mining potential metabolic capacities of archaeal and bacterial taxonomic groups</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Diversity and Co-occurrence Pattern Analysis of Cecal Microbiota Establishment at the Onset of Solid Feeding in Young Rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tehya Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malo Le Boulch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00973⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/database/baz049⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02276653v1</w:t>
+                <w:t xml:space="preserve">hal-02154596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and Co-occurrence Pattern Analysis of Cecal Microbiota Establishment at the Onset of Solid Feeding in Young Rabbits</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Guide pratique à destination des biologistes, bioinformaticiens et statisticiens qui souhaitent s’initier aux analyses métabarcoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 97, pp.46-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00973⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02154596v1</w:t>
+                <w:t xml:space="preserve">hal-02311421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide pratique à destination des biologistes, bioinformaticiens et statisticiens qui souhaitent s’initier aux analyses métabarcoding</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Fumonisin-Exposure Impairs Age-Related Ecological Succession of Bacterial Species in Weaned Pig Gut Microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Mateos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rué</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (6), pp.230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins10060230⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02311421v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probiotics Strains Modulate Gut Microbiota and Lipid Metabolism in Mule Ducks</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FROGS: Find, Rapidly, OTUs with Galaxy Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Tavernier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marianne Houssier</w:t>
+                <w:t xml:space="preserve">Frédéric Escudié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Microbiology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1874285801812010071⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (8), pp.1287-1294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01901329v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fumonisin-Exposure Impairs Age-Related Ecological Succession of Bacterial Species in Weaned Pig Gut Microbiota</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probiotics Strains Modulate Gut Microbiota and Lipid Metabolism in Mule Ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Davail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Mateos</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Céline Barilly</w:t>
+                <w:t xml:space="preserve">Mikael Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins10060230⟩</w:t>
+              <w:t xml:space="preserve">Open Microbiology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (1), pp.71-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1874285801812010071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01829232v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROGS: Find, Rapidly, OTUs with Galaxy Solution</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Impact of feed restriction and housing hygiene conditions on specific and inflammatory immune response, the cecal bacterial community and the survival of young rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hauteclaire Furbeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (5), pp.854-863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731116002007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx791⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02626808v1</w:t>
+                <w:t xml:space="preserve">hal-01605508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of feed restriction and housing hygiene conditions on specific and inflammatory immune response, the cecal bacterial community and the survival of young rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">Phylogenesis and biological characterization of a new glucose transporter in the chicken (Gallus gallus), GLUT12</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Coudert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (10), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0139517⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731116002007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01605508v1</w:t>
+                <w:t xml:space="preserve">hal-01594233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenesis and biological characterization of a new glucose transporter in the chicken (Gallus gallus), GLUT12</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Estelle Audouin</w:t>
+                <w:t xml:space="preserve">Evolutionary origin of Bone Morphogenetic Protein 15 and growth and differentiation factor 9 and differential selective pressure between mono- and polyovulating species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Monestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bourquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Poupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 91 (4), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.114.119735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0139517⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01594233v1</w:t>
+                <w:t xml:space="preserve">hal-01129871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary origin of Bone Morphogenetic Protein 15 and growth and differentiation factor 9 and differential selective pressure between mono- and polyovulating species</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Poupon</w:t>
+                <w:t xml:space="preserve">Structural and functional annotation of the porcine immunome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry D Dawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane E Loveland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James G R Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirohide Uenishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14, online (may), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.114.119735⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01129871v1</w:t>
+                <w:t xml:space="preserve">hal-01019897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deleted in malignant brain tumor 1 is secreted in the oviduct and involved in the mechanism of fertilization in equine and porcine species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Ambruosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Accogli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Lahuec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Canepa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 146 (2), pp.119-133. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-13-0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive selection in bone morphogenetic protein 15 targets a natural mutation associated with primary ovarian insufficiency in human</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Rossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Monestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Di Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8, online (10), Non paginé. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0078199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional annotation of the porcine immunome</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">Analyses of pig genomes provide insight into porcine demography and evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martien A. M. Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan L. Archibald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hirohide Uenishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher K. Tuggle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhiro Takeuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 491 (7426), pp.393-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11622⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-332⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01019897v1</w:t>
+                <w:t xml:space="preserve">cea-00880676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses of pig genomes provide insight into porcine demography and evolution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yasuhiro Takeuchi</w:t>
+                <w:t xml:space="preserve">An oocyte-preferential histone mRNA stem-loop-binding protein like is expressed in several mammalian species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Thelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Perreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 79 (6), pp.380-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrd.22040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature11622⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-00880676v1</w:t>
+                <w:t xml:space="preserve">hal-01129625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An oocyte-preferential histone mRNA stem-loop-binding protein like is expressed in several mammalian species</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Evolution of genes involved in gamete interaction: Evidence for positive selection, duplications and losses in vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Callebaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Laurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Papillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrd.22040⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (9), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0044548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01129625v1</w:t>
+                <w:t xml:space="preserve">hal-01136282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of genes involved in gamete interaction: Evidence for positive selection, duplications and losses in vertebrates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">The evolutionary history of the SAL1 gene family in eutherian mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Brimau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Nagnan-Le Meillour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Callebaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (148), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2148-11-148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0044548⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01136282v1</w:t>
+                <w:t xml:space="preserve">hal-02652257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ovocalyxin-36 and other LBP/BPI/PLUNC-like proteins as molecular actors of the mechanisms of the avian egg natural defences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.T. Hincke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Society Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 39 (4), pp.971-976. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1042/BST0390971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolutionary history of the SAL1 gene family in eutherian mammals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">PhyleasProg: a user-oriented web server for wide evolutionary analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Busset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 39 (Web Server issue), pp.W479-W485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkr243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2148-11-148⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652257v1</w:t>
+                <w:t xml:space="preserve">hal-01129520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PhyleasProg: a user-oriented web server for wide evolutionary analyses</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">ICEEc2, a new integrative and conjugative element belonging to the pKLC102/PAGI-2 family, identified in Escherichia coli strain BEN374</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Flechard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Ferter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Brée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 192 (19), pp.5026-5036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00609-10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkr243⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01129520v1</w:t>
+                <w:t xml:space="preserve">hal-01129464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ICEEc2, a new integrative and conjugative element belonging to the pKLC102/PAGI-2 family, identified in Escherichia coli strain BEN374</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What makes an egg unique? Clues from evolutionary scenarios of egg-specific genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Monget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 83 (6), pp.893-900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.110.085019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.00609-10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01129464v1</w:t>
+                <w:t xml:space="preserve">hal-01129421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What makes an egg unique? Clues from evolutionary scenarios of egg-specific genes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene birth, death, and divergence: the different scenarios of reproduction-related gene evolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Fouchécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pontarotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Tian</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Monget</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 83 (6), pp.893-900. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 80 (4), pp.616-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.108.073684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.110.085019⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01129421v1</w:t>
+                <w:t xml:space="preserve">hal-00831221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene birth, death, and divergence: the different scenarios of reproduction-related gene evolution.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">Evolution and functional divergence of NLRP genes in mammalian reproductive systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Monget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9:202, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.108.073684⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-00831221v1</w:t>
+                <w:t xml:space="preserve">hal-02664172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution and functional divergence of NLRP genes in mammalian reproductive systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The secretions of oviduct epithelial cells increase the equine in vitro fertilization rate: are osteopontin, atrial natriuretic peptide A and oviductin involved?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Kervella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canepa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproductive Biology and Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1477-7827-7-129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-202⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02664172v1</w:t>
+                <w:t xml:space="preserve">hal-02661859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The secretions of oviduct epithelial cells increase the equine in vitro fertilization rate: are osteopontin, atrial natriuretic peptide A and oviductin involved?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Genome sequence of the -rhizobium Cupriavidus taiwanensis and comparative genomics of rhizobia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Amadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mangenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Glew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproductive Biology and Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18 (9), pp.1472 - 1483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/gr.076448.108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1477-7827-7-129⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02661859v1</w:t>
+                <w:t xml:space="preserve">hal-01655676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence of the -rhizobium Cupriavidus taiwanensis and comparative genomics of rhizobia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Proteome analysis of the phenotypic variation process in Photorhabdus luminescens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Turlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cyril Bontemps</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lenormand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saravuth Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (9), pp.2705-2725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/PMIC.200500646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/gr.076448.108⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01655676v1</w:t>
+                <w:t xml:space="preserve">hal-02985560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistent biases in the amino acid composition of prokaryotic proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Médigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Danchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioEssays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 28 (7), pp.726-738. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/BIES.20431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02985564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteome analysis of the phenotypic variation process in Photorhabdus luminescens</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Universal biases in protein composition of model prokaryotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Rousselle</w:t>
+                <w:t xml:space="preserve">Claudine Médigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Lenormand</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antoine Danchin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/PMIC.200500646⟩</w:t>
+              <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 60 (1), pp.27-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/PROT.20475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02985560v1</w:t>
+                <w:t xml:space="preserve">hal-02985536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal biases in protein composition of model prokaryotes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Exploring the Penicillium marneffei genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwok-Yung Yuen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...101 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kwok-Yung Yuen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+                <w:t xml:space="preserve">Samson Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samson Wong</w:t>
+                <w:t xml:space="preserve">Philippe Glaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Woo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 179 (5), pp.339-353. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S00203-003-0533-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/S00203-003-0533-8⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02985518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6578,3008 +6444,3008 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limites et avantages du séquençage métabarcoding long-reads ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Rétrospective FROGS 2015–2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Combes</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Escudié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FROGSDays 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Dec 2025, Castanet Tolosan, France</w:t>
+              <w:t xml:space="preserve">Symposium FROGSDays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE Toulouse, Dec 2025, Castanet Tolosan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05492424v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rétrospective FROGS 2015–2025</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">LEAP - Learn and Evaluate Affiliation databanks on an online Platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Escudié</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Pomies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium FROGSDays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE Toulouse, Dec 2025, Castanet Tolosan, France</w:t>
+              <w:t xml:space="preserve">FROGSDays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FROGS team, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05492401v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LEAP - Learn and Evaluate Affiliation databanks on an online Platform</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">FROGS5 - News</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelle Pomies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maelle Pomies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FROGSDays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FROGS team, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397586v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROGS5 - News</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rué</w:t>
+                <w:t xml:space="preserve">Limites et avantages du séquençage métabarcoding long-reads ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maelle Pomies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Castinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FROGSDays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FROGS team, Dec 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">FROGSDays 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Dec 2025, Castanet Tolosan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397597v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05492424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fecal microbiota shifts during transition in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Arnalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Ducluzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Ducluzeau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marion Julhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire HOLO-AE (Holobiontes des Animaux d’Elevage)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE métaprogramme HOLOFLUX, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">News about FROGS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PEPI IBIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A richer gut microbiota is related to better feed efficiency and diet adaptability in laying hens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Jardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">metagWGS : a workflow to analyse short or long HiFi metagenomic reads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+                <w:t xml:space="preserve">Maïna Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïna Vienne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Mainguy</w:t>
+                <w:t xml:space="preserve">Vincent Darbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinfo Biosta Genotoul day</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Castanet-Tolosan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03944382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The benefits of long read HiFi sequencing for metabarcoding analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+                <w:t xml:space="preserve">The benefits of long read HiFi sequencing for metagenomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PACBIO DISCOVERIES ROADSHOW PARIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PACBIO, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">France génomique - VIIème Animation Wetlab et Bioinfo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740586v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The benefits of long read HiFi sequencing for metagenomic analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+                <w:t xml:space="preserve">The benefits of long read HiFi sequencing for metabarcoding analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France génomique - VIIème Animation Wetlab et Bioinfo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">PACBIO DISCOVERIES ROADSHOW PARIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PACBIO, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03896074v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Both quantitative and energetic intake level affect caecal microbiota composition and activity in the growing rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Knudsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Briens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stimuler l'ingestion d'aliments solides au début de la vie : une stratégie prometteuse pour piloter la co-maturation du microbiote et de la muqueuse intestinale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Paes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Mussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Paes</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurence Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Défis Scientifiques, Département de Physiologie Animale et Systèmes d’Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The journey of a team of engineers in learning packaging technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Dussart</w:t>
+                <w:t xml:space="preserve">Microbiota as a tool to promote spontaneous liver steatosis in Greylag geese: promising results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Knudsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Arroyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Galaxy Community Conference - GCC2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Portland, United States</w:t>
+              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02784992v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MACADAM a user-friendly MetAboliC pAthway DAtabase for complex Microbial community function analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malo Le Boulch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malo Le Boulch</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jobim (Journées Ouvertes Biologie Informatique Mathématiques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiota as a tool to promote spontaneous liver steatosis in Greylag geese: promising results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+                <w:t xml:space="preserve">Genetic determinism of dairy sheep ruminal microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Tomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Menras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01901325v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of dairy sheep ruminal microbiota</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Marie Menras</w:t>
+                <w:t xml:space="preserve">The journey of a team of engineers in learning packaging technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Quintric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Inizan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
+              <w:t xml:space="preserve">Galaxy Community Conference - GCC2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737262v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02784992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial metacommunity: a METABAR coding approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Buée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Buée</w:t>
+                <w:t xml:space="preserve">Matthieu Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Barret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Bernard</w:t>
+                <w:t xml:space="preserve">Didier Debroas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 Scientific MEM days: Journées scientifiques MEM (Métaomiques et écosystèmes microbiens)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of feeding strategy on the maturation of ceacal microbiota in young rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tehya Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tehya Read</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Destombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China. 417 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation de la composition l'écosystème digestif caecal du lapereau par voie alimentaire et relation avec son fonctionnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Find Rapidly OTU with Galaxy Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Escudie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jacquier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
+                <w:t xml:space="preserve">Katia Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
+              <w:t xml:space="preserve">JOBIM 2015 - Journées Ouvertes Biologie Informatique Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742208v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Find Rapidly OTU with Galaxy Solution</w:t>
+                <w:t xml:space="preserve">Modulation de la composition l'écosystème digestif caecal du lapereau par voie alimentaire et relation avec son fonctionnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Escudie</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Vincent Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Katia Vidal</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2015 - Journées Ouvertes Biologie Informatique Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01535378v1</w:t>
+                <w:t xml:space="preserve">hal-02742208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implantation du microbiote intestinal dans l'iléon et les ceca des canetons Barbarie, Pékin et Mulard par séquençage miseQ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Rey</w:t>
+                <w:t xml:space="preserve">Karine Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Ricaud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des cellules d'oviducte dans la fécondation équine et identification des protéines impliquées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Ambruosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Douet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38. Journée de la Recherche Equine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). Labo/service de l'auteur, Le Pin, FRA., Mar 2012, Paris, France. 232 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des mécanismes de la fécondation dans l'espèce équine par une approche comparative entre les modèles équin et porcin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Boittin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Canepa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Boittin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernadette Delaleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Douet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36. Journée de la Recherche Equine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et rôle fonctionnel des acides aminés sous sélection positive des Odorant Binding Proteins: implication dans la spéciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Brimau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Nagnan-Le Meillour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9589,4001 +9455,4001 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LEAP: Learn and Evaluate Affiliation databanks on an online Platform</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucas Auer</w:t>
+                <w:t xml:space="preserve">The faecal microbiota of lactating Holstein dairy cows: a meta-analysis highlighting methodological challenges and key microbial profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Arnalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Foucras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lynn Bekaï</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asma Zened</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">International Gut Microbiota Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Clermont-Ferrand, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05143055v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05144107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The faecal microbiota of lactating Holstein dairy cows: a meta-analysis highlighting methodological challenges and key microbial profiles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+                <w:t xml:space="preserve">LEAP: Learn and Evaluate Affiliation databanks on an online Platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Dejean</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lynn Bekaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Gut Microbiota Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Clermont-Ferrand, France. 2025</w:t>
+              <w:t xml:space="preserve">JOBIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05144107v1</w:t>
+                <w:t xml:space="preserve">hal-05143055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-read sequencing of the 16S-ITS-23S operon enables maternal microbiota transmission study at the putative strain-level resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05142789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The richer the better: 16S metabarcoding analysis of gut microbiota of laying hens in relation to feed efficiency and adaptation to diet change</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Deborah Jardet</w:t>
+                <w:t xml:space="preserve">Construction of a 16S mini barcode library for french wild bees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pichon Magalie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vignal Alain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Labarthe Emmanuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Escaravage Nathalie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. International Gut Microbiology Symposium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aberdeen, United Kingdom. , 2023, Programme and book of abstracts</w:t>
+              <w:t xml:space="preserve">APIMONDIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Santiago, Chile. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04127869v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a 16S mini barcode library for french wild bees</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+                <w:t xml:space="preserve">The richer the better: 16S metabarcoding analysis of gut microbiota of laying hens in relation to feed efficiency and adaptation to diet change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Jardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APIMONDIA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Santiago, Chile. 2023</w:t>
+              <w:t xml:space="preserve">13. International Gut Microbiology Symposium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aberdeen, United Kingdom. , 2023, Programme and book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220138v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04127869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avancées réalisées en métabarcoding et en métagénomique dans le cadre du projet SeqOccIn grâce au séquençage longs fragments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Combes</w:t>
+                <w:t xml:space="preserve">PERFORM PROTOCOL TESTS AND SEQUENCE CHECKS ? THE EXPERIENCE FROM MULTIOMICS MICROBIOTA DATA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Jardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRAE Genomics 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Orléans, France. , 2022</w:t>
+              <w:t xml:space="preserve">25ème Séminaire des Doctorants du Département de Génétique Animale (SDDGA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776011v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of host genetics and abiotic stresses on caecal microbiota composition in four different laying hen lines?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">FROGSFUNC: Smart integration of PICRUSt2 software into FROGS pipeline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Darbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Samb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">JOBIM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03930049v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03806133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">metagWGS: a workflow to analyse short and long HiFi metagenomic reads</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Martin</w:t>
+                <w:t xml:space="preserve">CONSTRUCTION OF A 16S MINI BARCODE LIBRARY FOR FRENCH WILD BEES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Escaravage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCB2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Sitges, Spain</w:t>
+              <w:t xml:space="preserve">9. European Congress of Apidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788263v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONSTRUCTION OF A 16S MINI BARCODE LIBRARY FOR FRENCH WILD BEES</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+                <w:t xml:space="preserve">metagWGS: a workflow to analyse short and long HiFi metagenomic reads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïna Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Darbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. European Congress of Apidology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">ECCB2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Sitges, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855355v1</w:t>
+                <w:t xml:space="preserve">hal-03788263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PERFORM PROTOCOL TESTS AND SEQUENCE CHECKS ? THE EXPERIENCE FROM MULTIOMICS MICROBIOTA DATA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fanny Calenge</w:t>
+                <w:t xml:space="preserve">Implementation of new methods for metagenomics analysis using PacBio HiFi sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Castinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Séminaire des Doctorants du Département de Génétique Animale (SDDGA 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France. </w:t>
+              <w:t xml:space="preserve">Plant &amp; Animal Genome Conference (PAG) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03930031v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROGSFUNC: Smart integration of PICRUSt2 software into FROGS pipeline</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">metagWGS: a workflow to analyse short and long HiFi metagenomic reads Taxonomic profile HiFi vs Short reads assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïna Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Noirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Darbot</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France. Actes des exposés (keynotes, contributions orales, mini-symposia) : JOBIM2022_proceedings_oral.pdf (23 Mo) et actes des posters et démos : JOBIM2022_proceedings_posters_demos.pdf (19 Mo). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/1.5572369328961167E12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03806133v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03771202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of new methods for metagenomics analysis using PacBio HiFi sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+                <w:t xml:space="preserve">Strengths and limits of long read metabarcoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant &amp; Animal Genome Conference (PAG) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, San Diego, United States</w:t>
+              <w:t xml:space="preserve">ECCB 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Meliá Sitges, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03541346v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">metagWGS: a workflow to analyse short and long HiFi metagenomic reads Taxonomic profile HiFi vs Short reads assembly</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Avancées réalisées en métabarcoding et en métagénomique dans le cadre du projet SeqOccIn grâce au séquençage longs fragments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Martin</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Castinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque INRAE Genomics 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Orléans, France. , 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03771202v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strengths and limits of long read metabarcoding</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Iampietro</w:t>
+                <w:t xml:space="preserve">Impact of host genetics and abiotic stresses on caecal microbiota composition in four different laying hen lines?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Jardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCB 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Meliá Sitges, Spain</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848228v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits of PacBio HiFi long reads for metagenomic whole genome analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental And Agronomical Genomics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03538657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Long Read project to find optimal technologic combinations for genome assembly and variability, epigenetic marks detection and metagenomic analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional inference integrated in the FROGS suite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Samb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAG XXVIII, Plant and Animal Genome</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JOBIM2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. , </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41587-⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947690v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional inference integrated in the FROGS suite</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Whole metagenome analysis with metagWGS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Noirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2020, Montpellier, France. , </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176828v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole metagenome analysis with metagWGS</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Improving microbial taxonomic profiling with long read technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Castinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">, Jun 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176836v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03177058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving microbial taxonomic profiling with long read technologies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+                <w:t xml:space="preserve">A Long Read project to find optimal technologic combinations for genome assembly and variability, epigenetic marks detection and metagenomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carole Iampietro</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy-Félix Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Online, France</w:t>
+              <w:t xml:space="preserve">PAG XXVIII, Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, San Diego, United States. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03177058v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des solutions informatiques innovantes pour l’utilisation et le développement de biomarqueurs de diversité du microbiote.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malo Le Boulch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DefisPHASE 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03851900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of genomic regions for high-resolution taxonomic profiling using long-read sequencing technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM : Journées Ouvertes Biologie Informatique Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumen bacteria in sheep : first evidence of host’s genetic control</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">MACADAM: A user-friendly MetAboliC pAthways DAtabase for complex Microbial community function Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malo Le Boulch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+              <w:t xml:space="preserve">17. European Conference on Computational Biology (ECCB 2018, Workshop "Recent Computational Advances in Metagenomics (RCAM)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Athens, Greece. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737229v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MACADAM: A user-friendly MetAboliC pAthways DAtabase for complex Microbial community function Analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genetic links between feeding behavior and microbiota of Romane lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Tortereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. European Conference on Computational Biology (ECCB 2018, Workshop "Recent Computational Advances in Metagenomics (RCAM)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Athens, Greece. 2018</w:t>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massey University</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785402v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic links between feeding behavior and microbiota of Romane lambs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Francois</w:t>
+                <w:t xml:space="preserve">The journey of a team of engineers in learning packaging technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Quintric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Inizan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+              <w:t xml:space="preserve">Jobim (Journées Ouvertes Biologie Informatique Mathématiques)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018, JOBIM 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736414v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The journey of a team of engineers in learning packaging technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure Quintric</w:t>
+                <w:t xml:space="preserve">Rumen bacteria in sheep : first evidence of host’s genetic control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Durand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Caroline Dussart</w:t>
+                <w:t xml:space="preserve">Jean Marie Menras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jobim (Journées Ouvertes Biologie Informatique Mathématiques)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Marseille, France. , 2018, JOBIM 2018</w:t>
+              <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733639v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ARMOr project : genome-wide association analysis of ruminal microbiota in ovis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marie Menras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Gabinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRB ANIM - Réunion du Réseau de Centres de Ressources Biologiques pour les animaux domestiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Paris, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to design an efficient and robust pipeline for 16S rRNA-gene sequence analysis to improve our understanding on microbial communities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Chaillou</w:t>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 16. Journées Ouvertes Biologie Informatique Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FROGS : Find Rapidly OTUs with Galaxy Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque d'Écologie Microbienne organisé par l'Association Française d'Écologie Microbienne (AFEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Anglet, France. Oxford University Press, 34, 7 p., 2015, Bioinformatics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary aspect of BMP15 function in folliculogenesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Camille Meslin</w:t>
+                <w:t xml:space="preserve">Oviductal secretions have a positive effect on fertilization in equine species, which involves DMBT1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Douet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Ambruosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Monget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moros Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Evolutionary Biology Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Marseille, France. 2013</w:t>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 19, 660 p., 2013, 64th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02806825v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oviductal secretions have a positive effect on fertilization in equine species, which involves DMBT1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Moros Nicolas</w:t>
+                <w:t xml:space="preserve">Evolutionary aspect of BMP15 function in folliculogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Monestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Rossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 19, 660 p., 2013, 64th Annual Meeting of the European Federation of Animal Science</w:t>
+              <w:t xml:space="preserve">17. Evolutionary Biology Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Marseille, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749534v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02806825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ovarian failure associated Y235 residue of human BMP15 gene is target of evolutionary positive selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Rossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. International and 14. European Congress on Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Florence, Italy. BioScientifica, Endocrine Abstracts, 29, 2012, 15th International and 14th European Congress on Endocrinology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An evolutionary signature of sperm-egg interaction in vertebrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Callebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghylène Goudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolution 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Norman, United States. 1 p., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02804899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13593,167 +13459,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution et reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Monget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bobe</w:t>
+                <w:t xml:space="preserve">Jean-Louis Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Couderc</w:t>
+                <w:t xml:space="preserve">Sylvie Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Guillomot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Reproduction animale et humaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 751 p., 2014, Collection Synthèses, 978-2-7592-2208-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01205107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13763,147 +13629,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FROGS : Find Rapidly OTU with Galaxy Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13913,269 +13779,269 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">metagWGS, a comprehensive workflow to analyze metagenomic data using Illumina or PacBio HiFi reads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïna Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïna Vienne</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Darbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitution of intestinal stem cell niche in vitro with pharmacological inhibitors or L-WRN conditioned medium differentially regulates epithelial proliferation, differentiation and barrier function in rabbit caecum organoids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Mussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Fourre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14185,100 +14051,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des biais de composition en acides aminés des protéines microbiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [q-bio.OT]. Université d'Evry-Val d'Essonne, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00011839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14288,91 +14154,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habilitation à Diriger des Recherches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [q-bio.OT]. Université François Rabelais (Tours), 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02809214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14382,1487 +14248,1487 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - May/june 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding, FROGS training - Oct. 2024</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Metabarcoding, FROGS training – March 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Master. FROGS metabarcoding training - Oct 2024, https://web-genobioinfo.toulouse.inrae.fr/~formation/15_FROGS/current/, France. 2024</w:t>
+              <w:t xml:space="preserve">Doctoral. France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885591v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding, FROGS training – March 2024</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Metabarcoding, FROGS training - Oct. 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Doctoral. France. 2024</w:t>
+              <w:t xml:space="preserve">Master. FROGS metabarcoding training - Oct 2024, https://web-genobioinfo.toulouse.inrae.fr/~formation/15_FROGS/current/, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885687v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mardis de la grenouilles - Jan./Fev. 2024 - 1:FROGS 4 - 2: FROGSSTAT - 3: Functional Inferencce - 4: FROGS in command lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabryelle Agoutin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - Oct. 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - April 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding, FROGS training - Oct 2022</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Metabarcoding, FROGS training - June 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885780v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - May 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabarcoding, FROGS training - June 2022</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Metabarcoding, FROGS training - Oct 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885794v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - June 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctoral. France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training- Dec. 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - March 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - March 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding, FROGS training - Jan. 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation FROGS juillet 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. (Trainingon Galaxy : Metagenomics / ITS analysisin FROGS ? / Trainingon Galaxy: Statistics to explore metagenomics), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FROGS Training on Galaxy : Metagenomics November 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Escudié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Maman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Formation Métagénomique avec le logiciel FROGS (Find, Rapidly, Otus with Galaxy Solution), 2017, 270 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FROGS Training on Galaxy : Statistics to Explore Metagenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Chaillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Training on Galaxy : Statistics to Explore Metagenomics - FROGS (Find, Rapidly, Otus with Galaxy Solution), 2017, 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Février_2017_Formation Métagénomique avec le logiciel FROGS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15872,117 +15738,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting and displaying information from the databanks used for metabarcoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Bekai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bio-Informatique, Biologie Systémique [q-bio.QM]. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786236v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15992,297 +15858,297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FROGS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Escudié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:1f2728ab804b46ba8080e6530c5100f1daf37eb7;origin=https://github.com/geraldinepascal/FROGS;visit=swh:1:snp:bf5bd90e285971eead69ea9ad93aa61c0a9f0db2;anchor=swh:1:rev:1f61d660e1281c65f4160b49b10bb11855849cd2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">metagWGS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïna Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïna Vienne</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Darbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:4ac81dae5fd868ea7969796dea30de32c76ff170;origin=https://hal.archives-ouvertes.fr/hal-04694918;visit=swh:1:snp:2c5d39d733f88b185b285b21578d288c1f9d9ffa;anchor=swh:1:rel:a55bc4a3ca3ff027a6ded3b1de3fb7bcff1f0bc7;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId416"/>
+      <w:footerReference w:type="default" r:id="rId415"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16350,51 +16216,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5834EFE1"/>
+    <w:nsid w:val="EE92946D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16581,51 +16447,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/geraldine-pascal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5250-6594" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/09741218X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220858v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabryelle Agoutin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Br&#233;vault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Champion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-019-1546" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194921v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Arnalot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-025-00443-7" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877671v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marquisseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.12.e137540" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515081v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2025.10.013" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403529v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04754818v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pa&#235;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2025.23465" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408391v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kaleem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Blanchard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jfsnr.2642-110000185" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667561v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zened" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Julien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cauquil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Canlet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-24327" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183770v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hakimzadeh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Abdala Asbun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Albanese" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Buchner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13847" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634098v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine B&#233;bin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Duperray" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03471-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04538081v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coville" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Jardet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-58374-3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933175v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martinez Boggio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Menras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Tomas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Chemit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41597-022-01912-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03607325v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Allaoua" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaf&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etienne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Noirot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gabarrou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.15521" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699002v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Gohier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00243-22" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480852v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gabinaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Graverand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.759432" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03323846v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbab318" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03087209v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Bertide" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ahn" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barilly" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00745" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109374v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Even" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-020-00067-z" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02381031v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Grimm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114519002824" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983697v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mussard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pouzet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fourre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2020.101980" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276653v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Le Boulch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baz049" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154596v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehya Read" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00973" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311421v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Davail" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Tavernier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Houssier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285801812010071" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829232v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mateos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins10060230" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626808v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx791" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605508v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Julian" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauteclaire Furbeyre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116002007" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594233v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Coudert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Audouin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0139517" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129871v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monestier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourquard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poupon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.119735" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129750v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ambruosi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Accogli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lahuec" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canepa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-13-0007" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129774v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Rossetti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Di Pasquale" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0078199" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019897v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry D Dawson" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane E Loveland" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James G R Gilbert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Uenishi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-332" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00880676v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martien A. M. Groenen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan L. Archibald" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher K. Tuggle" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Takeuchi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11622" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129625v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Thelie" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Angulo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22040" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LQTV6FJH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136282v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Callebaut" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0044548" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129577v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nys" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Hincke" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST0390971" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652257v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brimau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nagnan-Le Meillour" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Callebaut" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-11-148" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129520v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Busset" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr243" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129464v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Flechard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lallier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#233;e" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00609-10" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129421v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tian" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.110.085019" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831221v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Tian" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fouch&#233;court" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pontarotti" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.108.073684" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664172v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-202" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661859v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Kervella" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Douet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-7-129" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01655676v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Amadou" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Glew" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bontemps" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.076448.108" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985564v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/BIES.20431" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SBPNWR98-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985560v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rousselle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravuth Ngo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PMIC.200500646" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LRP143BW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985536v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PROT.20475" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GCX8Z9KZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02985518v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwok-Yung Yuen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Wong" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Woo" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00203-003-0533-8" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZQDFB7RW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492424v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Pomies" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492401v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397586v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397597v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872729v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Ducluzeau" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Julhes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786277v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199104v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944382v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Fourquet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Vienne" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darbot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740586v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896074v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03649231v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Briens" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02884240v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Paes" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784992v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Quintric" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Marcon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dussart" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789596v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901325v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737262v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Menras" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607836v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739131v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Destombes" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742208v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacquier" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535378v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudie" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Vidal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739751v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rey" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ricaud" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748627v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752835v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boittin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607662v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leroy" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143055v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Beka&#239;" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144107v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Zened" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142789v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pomi&#232;s" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127869v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220138v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pichon Magalie" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vignal Alain" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Labarthe Emmanuelle" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Escaravage Nathalie" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776011v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930049v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788263v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855355v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930031v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03806133v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Samb" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541346v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771202v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Noirot" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572369328961167E12" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848228v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538657v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176828v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41587-" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176836v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177058v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851900v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791605v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737229v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785402v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736414v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733639v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788449v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195512v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886389v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806825v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Monestier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749534v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moros Nicolas" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746767v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804899v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205107v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Couderc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dufour" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3899-la-reproduction-animale-et-humaine.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886442v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841815v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914670v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pouzet" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011839v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02809214v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885674v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885591v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885687v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885860v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885704v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885719v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885780v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885802v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885794v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885818v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885812v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885826v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885837v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885843v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790029v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791696v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788316v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785427v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786236v2" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Bekai" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384514v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1f2728ab804b46ba8080e6530c5100f1daf37eb7;origin=https://github.com/geraldinepascal/FROGS;visit=swh:1:snp:bf5bd90e285971eead69ea9ad93aa61c0a9f0db2;anchor=swh:1:rev:1f61d660e1281c65f4160b49b10bb11855849cd2" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694918v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4ac81dae5fd868ea7969796dea30de32c76ff170;origin=https://hal.archives-ouvertes.fr/hal-04694918;visit=swh:1:snp:2c5d39d733f88b185b285b21578d288c1f9d9ffa;anchor=swh:1:rel:a55bc4a3ca3ff027a6ded3b1de3fb7bcff1f0bc7;path=/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/geraldine-pascal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5250-6594" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/09741218X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05403529v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Knudsen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2025.10.013" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04754818v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pa&#235;s" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2025.23465" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877671v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marquisseau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.12.e137540" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194921v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Arnalot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Foucras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-025-00443-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408391v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kaleem" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Farizon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Blanchard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jfsnr.2642-110000185" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05220858v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Leclerc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabryelle Agoutin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Br&#233;vault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Champion" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01417-25" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183770v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hakimzadeh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Abdala Asbun" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Albanese" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Buchner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13847" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634098v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidenne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine B&#233;bin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Duperray" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03471-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04538081v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coville" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Jardet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-58374-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667561v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zened" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Julien" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cauquil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Canlet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-24327" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933175v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Martinez Boggio" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Menras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Tomas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Chemit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41597-022-01912-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699002v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Gohier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00243-22" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03607325v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Allaoua" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaf&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etienne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Noirot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Gabarrou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.15521" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03323846v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbab318" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480852v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Tortereau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Gabinaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Graverand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.759432" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03087209v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Bertide" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ahn" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barilly" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00745" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109374v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Arroyo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Even" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-020-00067-z" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983697v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mussard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pouzet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fourre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2020.101980" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02381031v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Grimm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Julliand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114519002824" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276653v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Le Boulch" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baz049" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154596v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehya Read" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00973" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311421v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829232v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Mateos" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins10060230" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626808v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx791" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901329v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Davail" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Rey" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Tavernier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Houssier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874285801812010071" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605508v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Julian" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauteclaire Furbeyre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116002007" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594233v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Coudert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Audouin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0139517" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129871v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monestier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourquard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poupon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.114.119735" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019897v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry D Dawson" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane E Loveland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James G R Gilbert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohide Uenishi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-332" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129750v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ambruosi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Accogli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lahuec" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Canepa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-13-0007" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129774v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Rossetti" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Di Pasquale" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0078199" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00880676v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martien A. M. Groenen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan L. Archibald" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher K. Tuggle" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Takeuchi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11622" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129625v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Thelie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Angulo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Perreau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Papillier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22040" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LQTV6FJH-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136282v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Callebaut" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0044548" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652257v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brimau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nagnan-Le Meillour" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Callebaut" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-11-148" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129577v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nys" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Hincke" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST0390971" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129520v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Busset" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr243" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129464v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roche" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Flechard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lallier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#233;e" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00609-10" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129421v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tian" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.110.085019" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831221v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Tian" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fouch&#233;court" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pontarotti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.108.073684" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664172v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-202" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661859v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Kervella" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Douet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1477-7827-7-129" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01655676v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Amadou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Glew" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bontemps" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.076448.108" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985560v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rousselle" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravuth Ngo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PMIC.200500646" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LRP143BW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985564v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/BIES.20431" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SBPNWR98-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985536v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PROT.20475" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GCX8Z9KZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02985518v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwok-Yung Yuen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Wong" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Woo" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00203-003-0533-8" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZQDFB7RW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492401v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397586v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Pomies" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05397597v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05492424v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872729v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Ducluzeau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Julhes" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786277v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199104v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944382v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Fourquet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Vienne" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darbot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896074v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03740586v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03649231v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Briens" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02884240v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Paes" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901325v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789596v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737262v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Menras" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784992v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Quintric" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Marcon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dussart" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607836v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739131v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Destombes" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535378v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudie" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Vidal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742208v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacquier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739751v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rey" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ricaud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748627v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Duchamp" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752835v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boittin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607662v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leroy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144107v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dejean" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Zened" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143055v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Beka&#239;" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142789v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pomi&#232;s" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220138v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pichon Magalie" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vignal Alain" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Labarthe Emmanuelle" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Escaravage Nathalie" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127869v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930031v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03806133v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Samb" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855355v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788263v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541346v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771202v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Noirot" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572369328961167E12" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848228v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776011v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03930049v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538657v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176828v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41587-" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176836v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177058v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851900v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791605v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785402v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736414v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marcon" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733639v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737229v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788449v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195512v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886389v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749534v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moros Nicolas" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806825v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Monestier" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746767v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804899v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205107v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobe" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Couderc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dufour" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3899-la-reproduction-animale-et-humaine.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886442v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04841815v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914670v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pouzet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011839v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02809214v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885674v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885687v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885591v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885860v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885704v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885719v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885794v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885802v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885780v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885818v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885812v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885826v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885837v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885843v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790029v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791696v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788316v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785427v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04786236v2" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Bekai" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384514v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:1f2728ab804b46ba8080e6530c5100f1daf37eb7;origin=https://github.com/geraldinepascal/FROGS;visit=swh:1:snp:bf5bd90e285971eead69ea9ad93aa61c0a9f0db2;anchor=swh:1:rev:1f61d660e1281c65f4160b49b10bb11855849cd2" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694918v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4ac81dae5fd868ea7969796dea30de32c76ff170;origin=https://hal.archives-ouvertes.fr/hal-04694918;visit=swh:1:snp:2c5d39d733f88b185b285b21578d288c1f9d9ffa;anchor=swh:1:rel:a55bc4a3ca3ff027a6ded3b1de3fb7bcff1f0bc7;path=/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>