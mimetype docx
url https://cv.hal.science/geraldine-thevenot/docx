--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -804,243 +804,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03363721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une redéfinition de la zone de chalandise dans les zones transfrontalières : Application à la zone France-Belgique-Luxembourg-Allemagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Et si un « coup de pouce » permettait d’adopter un comportement écologique : comment inciter les étudiants à recycler leurs brouillons ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Siadou-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Yildiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Heitz-Spahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème Colloque Etienne Thil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">5ième Journée de Recherche en Marketing du Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02505052v1</w:t>
+                <w:t xml:space="preserve">hal-02174151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Et si un « coup de pouce » permettait d’adopter un comportement écologique : comment inciter les étudiants à recycler leurs brouillons ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers une redéfinition de la zone de chalandise dans les zones transfrontalières : Application à la zone France-Belgique-Luxembourg-Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Siadou-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Yildiz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Heitz-Spahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ième Journée de Recherche en Marketing du Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">22ème Colloque Etienne Thil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174151v1</w:t>
+                <w:t xml:space="preserve">hal-02505052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans quelle mesure les enquêtes de satisfaction en EHPAD sont-elles pertinentes?</w:t>
               </w:r>
@@ -1802,230 +1802,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conception universelle : une réponse à une défaillance du marché ? Le cas des personnes en situation de handicap moteur</w:t>
+                <w:t xml:space="preserve">La consommation chez les personnes en situation de handicap moteur: quelles réactions face à un environnement inadapté?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Derbaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Thévenot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Agnès Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journées Normandes de Recherches sur la Consommation </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAE Caen, Nov 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">Ve congrès 2013 de l'AFS: Les dominations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS, Association française de Sociologie, Sep 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01375354v1</w:t>
+                <w:t xml:space="preserve">hal-01376510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La consommation chez les personnes en situation de handicap moteur: quelles réactions face à un environnement inadapté?</w:t>
+                <w:t xml:space="preserve">La conception universelle : une réponse à une défaillance du marché ? Le cas des personnes en situation de handicap moteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Thévenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Derbaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Thévenot</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lemoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ve congrès 2013 de l'AFS: Les dominations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFS, Association française de Sociologie, Sep 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve"> Journées Normandes de Recherches sur la Consommation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAE Caen, Nov 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01376510v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01375354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte du naturel dans la consommation : clarification du concept de naturel et proposition d'une échelle de mesure de la sensibilité au naturel des consommateurs.</w:t>
               </w:r>
@@ -3494,51 +3494,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Heitz-Spahn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dianoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferrandi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Th&#233;venot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703734v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839439v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475566v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Guguen-Gicquel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03267922v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Gicquel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649579v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Hombourger-Bar&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Schultz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363721v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02505052v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02174151v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511395v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02270208v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03010772v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171086v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03010759v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375752v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pierre-Antoine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Guittenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376616v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375354v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derbaix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lemoine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376510v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268942v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03536379v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03544812v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.hubspotusercontent00.net/hubfs/5261255/Guide%20de%20l%C3%A9conomie%20comportementale%202021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02537723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515344v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0059" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010023v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.098.65.82" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169825v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.028.0007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02537662v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370116635089" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369855v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.075.11.25" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885322v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010099v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974765v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Heitz-Spahn" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dianoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferrandi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Th&#233;venot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703734v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839439v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475566v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Guguen-Gicquel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03267922v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Gicquel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649579v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Hombourger-Bar&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Schultz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363721v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02174151v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02505052v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511395v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02270208v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03010772v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171086v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03010759v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375752v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pierre-Antoine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Guittenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376616v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376510v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derbaix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375354v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lemoine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268942v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03536379v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03544812v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fs.hubspotusercontent00.net/hubfs/5261255/Guide%20de%20l%C3%A9conomie%20comportementale%202021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02537723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515344v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0059" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010023v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.098.65.82" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169825v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.028.0007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02537662v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370116635089" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369855v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.075.11.25" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885322v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010099v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02974765v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>