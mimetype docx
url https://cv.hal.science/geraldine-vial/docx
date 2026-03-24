--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -543,138 +543,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.109-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.7986⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le droit à la preuve et le principe de loyauté de la preuve : quelle(s) articulation(s) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Lhomond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Adam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 03, pp.156-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04043974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit à la preuve, loyauté probatoire et vie privée dans le contentieux du travail : des articulations confuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -691,336 +864,241 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 17, pp.109-134. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cdst.7986⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 15, pp.241-261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.6883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Droit à la preuve, loyauté probatoire et vie privée dans le contentieux du travail : des articulations confuses</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03860992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en main d'un outil d'intelligence artificielle par des auditeurs de justice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de droit du travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3, pp.157</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38, pp.1928</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03843490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constats d’huissier en ligne : le cas particulier du constat portant sur une application mobile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 15, pp.241-261. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cdst.6883⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.4242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facebook devant la Cour de cassation : prouver en produisant une page issue d’un réseau social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1032,289 +1110,211 @@
               <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/cdst.4242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03988140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Vial</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 13, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cdst.4242⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 11, pp.209-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.2963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">Etienne Vergès</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02993816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve des contraventions : quand la preuve scientifique vient au secours de la preuve par écrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 11, pp.209-226. </w:t>
-[...76 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9, pp.179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/cdst.1117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
@@ -1788,165 +1788,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séparation du couple homosexuel et droit de visite</w:t>
+                <w:t xml:space="preserve">Placement d'un enfant mineur et protection des intérêts du parent vulnérable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 12, pp.705</w:t>
+              <w:t xml:space="preserve">, 2013, 04, pp.232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065718v1</w:t>
+                <w:t xml:space="preserve">hal-02065723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Placement d'un enfant mineur et protection des intérêts du parent vulnérable</w:t>
+                <w:t xml:space="preserve">Séparation du couple homosexuel et droit de visite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 04, pp.232</w:t>
+              <w:t xml:space="preserve">, 2013, 12, pp.705</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065723v1</w:t>
+                <w:t xml:space="preserve">hal-02065718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Cour de cassation et les conditions du changement de sexe à l'état civil</w:t>
               </w:r>
@@ -2064,165 +2064,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place de l'expertise dans la procédure de changement de sexe à l'état civil</w:t>
+                <w:t xml:space="preserve">Rôle du ministère public en matière de filiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 07-08, pp.405</w:t>
+              <w:t xml:space="preserve">, 2012, 01, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065747v1</w:t>
+                <w:t xml:space="preserve">hal-02065741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du ministère public en matière de filiation</w:t>
+                <w:t xml:space="preserve">La place de l'expertise dans la procédure de changement de sexe à l'état civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 01, pp.34</w:t>
+              <w:t xml:space="preserve">, 2012, 07-08, pp.405</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065741v1</w:t>
+                <w:t xml:space="preserve">hal-02065747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur le champ d’application et la portée du principe du contradictoire</w:t>
               </w:r>
@@ -2271,165 +2271,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La procédure d'adoption confrontée aux exigences du procès équitable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11, pp.548</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La licéité de la preuve obtenue par un enquêteur privé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, RDLF 2012, pp.chron. n°30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065753v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02065748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expertise génétique post mortem à l’épreuve du droit au respect de la vie privée et familiale</w:t>
               </w:r>
@@ -3257,178 +3257,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La prestation compensatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Maria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Barémisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palais de Justice Grenoble, Jan 2019, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02045479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le réexamen des décisions rendues en matière civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les mutations contemporaines du droit de la famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ); CODE Valence, Mar 2018, Valence, France. pp.61-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065705v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-02045479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le raisonnement probatoire des magistrats</w:t>
               </w:r>
@@ -5146,51 +5146,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124139v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Vial" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wff" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805934v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05006598v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770075v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04043974v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lhomond" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Adam" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443062v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.7986" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770095v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860992v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.6883" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843490v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988140v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.4242" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02993816v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.2963" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02117507v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.1117" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02185660v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brun-Wauthier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02001837v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946998v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770086v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065708v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065721v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065718v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065723v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065725v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065744v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065747v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065749v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065753v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065748v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065740v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770265v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355738v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355744v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769997v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337720v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Vaudaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bazzoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.nllp-1.5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923560v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770300v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065705v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045479v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Maria" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622942v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770289v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071244v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076714v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815463v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830655v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759192v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Droit_de_la_preuve" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211463v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065733v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076117v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065715v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/lien-familial-lien-obligationnel-lien-social-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927961v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071224v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufc.univ-fcomte.fr/ethique-de-la-recherche-et-risques-humains.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071197v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770105v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065745v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02001854v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Farge" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124139v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Vial" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830336v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wff" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805934v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05006598v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770075v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443062v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.7986" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04043974v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lhomond" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Adam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770095v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860992v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.6883" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843490v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622925v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.4242" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988140v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02993816v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.2963" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02117507v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.1117" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02185660v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brun-Wauthier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02001837v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01946998v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770086v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065708v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065721v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065723v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065718v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065725v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065744v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065741v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065747v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065749v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065748v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065753v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065740v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770265v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355738v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355744v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769997v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337720v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Vaudaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bazzoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.nllp-1.5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923560v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770300v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045479v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Maria" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065705v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622942v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770289v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071244v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076714v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815463v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830655v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759192v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Droit_de_la_preuve" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211463v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065733v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076117v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065715v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/lien-familial-lien-obligationnel-lien-social-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927961v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071224v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufc.univ-fcomte.fr/ethique-de-la-recherche-et-risques-humains.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071197v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770105v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065745v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02001854v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Farge" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>