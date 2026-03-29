--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:89.322916666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gérald Peloux </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités (littérature japonaise)INALCO (Institut national des langues et civilisations orientales)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Né le 23/02/1973 à Montélimar (Drôme)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E-mail professionnel : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gerald.peloux@inalco.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur des Universités en littérature japonaise (INALCO, département des études japonaises)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agrégé de langue et civilisation japonaises (1998, classé premier).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en littérature japonaise (qualifié en section 15 du CNU).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Habilité à diriger des recherches.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre titulaire de l'IFRAE (Institut français de recherche sur l'Asie de l'Est).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre associé du CRCAO (Centre de recherche sur les civilisations de l’Asie orientale, UMR 8155).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du bureau du RELIJAM (Réseau des études françaises sur la littérature japonaise moderne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de la SFEJ (Société française des études japonaises), de la LPCM (Littérature populaire et culture médiatique), du CLN (Cross-Lingual Network) et du Réseau Asie (Réseau de chercheurs francophones sur l'Asie et le Pacifique).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORMATION, DIPLOMES ET TITRES UNIVERSITAIRES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022 </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habilitation à diriger des recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Institut National des Langues et Civilisations Orientales), soutenue le 1er février 2022 à Paris (membre du jury : Anne Bayard-sakai, INALCO, Guillaume Bridet, Université de Bourgogne, Emmanuel Lozerand, garant, INALCO, Nicole Ollier, Université Bordeaux Montaigne, Cécile Sakai, Université de Paris)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre du dossier HDR : « Polyphonie des voix marginales dans la littérature japonaise de l’entre-deux-guerres », avec un inédit intitulé « Tani Jōji, écrivain japonais, cosmopolite et vagabond ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qualification aux fonctions de maître de conférences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, section 15 du CNU.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012  </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat de littérature japonaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Université Paris Diderot), mention très honorable avec félicitations du jury, sous la direction de Cécile Sakai, soutenu le 21 septembre 2012 à Paris (membres du jury : Anne Bayard-Sakai, INALCO, Marc Lits, Université Catholique de Louvain, Shigemi Nakagawa, Université Ritsumeikan – Kyoto, Cécile Sakai, Université Paris Diderot).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre de la thèse : « L’acte de lecture dans l’œuvre d’Edogawa Ranpo (1894-1965), une réflexion sur la littérature policière de l’avant-guerre au Japon ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006  </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master en Études Japonaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, mention très bien (UFR Langues et Civilisations de l’Asie Orientale, Université Paris Diderot), sous la direction de Cécile Sakai.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre du mémoire : « Le traitement de l’homosexualité dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monstre de l’île isolée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kotō no oni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1930) d’Edogawa Ranpo (1894-1965) ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998   </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrégation de langue et civilisation japonaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (classement premier).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997  </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtrise LLCE de Japonais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, mention très bien (INALCO), sous la direction de Jean-Jacques Origas.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre du mémoire : « Mushanokōji Saneatsu et le Nouveau Village, la quête d’une société idéale (1918-1925) ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995-1997 Bourse du Ministère de l’Éducation et des Sciences du Japon (18 mois), à l’Université Waseda, en section littérature moderne (professeur référent : Nakajima Kunihiko).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES D’ENSEIGNEMENT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024 - Professeur des Universités à l'INALCO (département des études japonaises).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2024 Maître de conférences à CY Cergy Paris Université (UFR Langues et Études Internationales).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2020 Chargé de cours « Littérature japonaise en traduction » (L2), Université Paris Diderot, cours commun aux UFR LCAO et UFR LAC, dirigé avec Yannick Séité (en remplacement de Cécile Sakai), 18h.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2017 Chargé de cours « Techniques de la traduction – japonais » (M1), INALCO (en remplacement d’Anne Bayard-Sakai), 18h.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014  Chargé de cours à l’Université Paris Diderot (cours de langue japonaise en licence et civilisation japonaise en DU de japonais).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001- 2013 Chargé de cours de japonais et de la préparation aux concours de secrétaire et conseiller des Affaires étrangères (Cadre d’Orient) et de l’ENA, à l’Institut des Sciences Politiques de Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-2015 Enseignant agrégé titulaire de japonais au Lycée Jean de la Fontaine (Paris).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES D’ENCADREMENT ADMINISTRATIF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025- Responsable du DLC (Diplôme de langue et civilisation en japonais), INALCO.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2023 Directeur adjoint de l'UFR LEI.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2023 Directeur adjoint de la section LEA Anglais-Japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2022  Responsable licence du CMI TCT Cursus Master en Ingénierie internationale Territoires, Cultures, Tourisme.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019 Directeur-adjoint par intérim de la section LEA Anglais-Japonais (second semestre).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-2019  Responsable de la gestion des sujets de baccalauréat section technologique LV1 auprès du SIEC.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999-2015  Coordonnateur de la section de japonais du Lycée Jean de la Fontaine.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERTISE (depuis 2015)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026- Membre du jury auprès de la Fondation pour l'étude de la langue et de la civilisation japonaises / Fondation de France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025- Membre du comité de rédaction de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cipango</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023- Chargé de mission pour le suivi de l'enseignement du japonais auprès de l'Inspection générale de l'éducation, du sport et de la recherche.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2025 Membre du jury auprès de l’Ambassade du Japon pour l’attribution des bourses de recherche du Ministère de l’Éducation et des Sciences du Japon.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006-2015  Membre du comité d’experts auprès du Ministère de l’Éducation nationale pour l’élaboration des programmes officiels de japonais au collège et au lycée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017- Membre du comité de lecture de « Japon(s) », carnet de recherche de la SFEJ (sfej.hypotheses.org).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUTRES ACTIVITÉS ADMINISTRATIVES (depuis 2015)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2024 Membre élu du CNU, section 15, membre du bureau.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023-2024 Président du CAPES externe de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022 Président de l'agrégation interne de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 2020- Vice-président du CAPES externe de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017-2019 Membre du jury du CAPES externe de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES SCIENTIFIQUES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-	Co-responsable Avec Arthur Defrance, Emmanuel Lozerand, Nicolas Mollard, Victor Vuilleumier, Joachim Boittout et Florence Zhang, du programme de recherche (IFRAE) : « Diaglossie littéraire en Asie orientale moderne et contemporaine ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025- Membre du	programme de recherche (équipe Japon du CRCAO) : « Rire dans la tradition littéraire japonaise » (Axe « Pratiques textuelles, langagières et lettrées »), dirigé par Daniel Struve et Marianne Simon-Oikawa.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.crcao.fr/recherche/le-rire-dans-la-tradition-litteraire-japonaise/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024- Co-responsable avec Thomas Garcin et César Castellvi du programme de recherche (équipe Japon du CRCAO) : « Promotion symbolique et marchande du livre et de la littérature moderne et contemporaine au Japon » (Axe « Pratiques textuelles, langagières et lettrées »).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.crcao.fr/recherche/promotion-symbolique-et-marchande-du-livre-et-de-la-litterature-dans-le-japon-moderne-et-contemporain/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Co-responsable avec Thomas Garcin du programme de recherche (équipe Japon du CRCAO) : « Japonica Extravaganza, Dire et traduire les excentricités littéraires du japonais vers le français » (</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">Axe « Pratiques textuelles, langagières et lettrées »).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.crcao.fr/spip.php?article1513</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Membre du programme de recherche « Pratiques trans-linguistiques : du rôle et de l’inscription socioculturels de la traduction en Asie Orientale à l’époque moderne », projet transversal du CRCAO (Axe « Pratiques textuelles, langagières et lettrées), dirigée par Lara Maconi et Florence Zhang.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.crcao.fr/spip.php?article1416</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018 Co-organisateur du colloque bisannuel de la SFEJ (avec Yannick Bardy, Pauline Cherrier et Aleksandra Kobiljski) organisé à l’EHESS, les 13, 14 et 15 décembre 2018 (thématique : « Résistances, conflits et réconciliations »).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://sfejcolloque2018.wordpress.com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016 Co-organisateur avec Cécile Sakai et membre du conseil scientifique du colloque « Edogawa Ranpo ou les labyrinthes de la modernité japonaise », organisé à la Maison de la Culture du Japon et à l’Université Paris Diderot les 14 et 15 octobre 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Commissaire de l’exposition « Edogawa Ranpo, l’écrivain et ses masques », organisée à la Maison de la culture du Japon à Paris du 14 octobre au 29 octobre 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016 Membre du conseil scientifique (session littérature) du colloque bisannuel de la SFEJ organisé à l’Université Jean Moulin – Lyon 3, les 15, 16 et 17 décembre 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUTRES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Membre du bureau Japon du CRCAO (en tant que membre associé).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Responsable des sujets et membre du jury des épreuves de japonais à l’ENS Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2024 Membre élu du conseil de l’UFR LEI de CY Cergy Paris Université.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2024 Membre de la commission d’examen des demandes d’aides financières de projets de recherches des enseignants-chercheurs de l’UFR LEI.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Japon pluriel 13 : résistances, conflits et réconciliations : actes du treizième Colloque de la Société française des études japonaises, École des hautes études en sciences sociales, Paris, 13, 14 et 15 décembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Cherrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Picquier, 566 p., 2022, 978-2-8097-1524-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chroniques d'un trimardeur japonais en Amérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Belles Lettres, 2019, Collection Japon, 9782251449463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edogawa Ranpo - Les méandres du roman policier au Japon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sakai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sari Kawana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Lézard Noir, 2018, 978-2353481514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman policier japonais, entre démocratie balbutiante et montée du militarisme (1923-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belphegor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23-2 2025, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15ch5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05422606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une possibilité de « noir » dans la littérature japonaise de l’entre-deux-guerres ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 937-938, p. 604-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05093474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre hacha-hacha de Yokota Jun.ya et son lectorat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes japonaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Amérique à l’Europe des années 1920 - Expériences du déplacement dans les récits de voyage de Tani Jōji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans : Revue de Littérature Générale et Comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/trans.5499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">江戸川乱歩の『孤島の鬼』論―同性愛に関する言説の揺れ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">立命館文学</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cadavre vivant et pantin désarticulé : Souffrance et reconfiguration des corps dans l’œuvre d’Edogawa Ranpo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAIRN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadavre vivant et pantin désarticulé : souffrance et reconfiguration des corps dans l’œuvre d’Edogawa Ranpo?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extrême-Orient Extrême-Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.85-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les (r)évolutions de la littérature criminelle japonaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques du ça et là</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadavre vivant et pantin désarticulé : Souffrance et reconfiguration des corps dans l’œuvre d’Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extrême-Orient Extrême-Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Corps souffrants dans les littératures de la Chine et du Japon au XXe siècle, 39, pp.85-118. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/extremeorient.519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injû (La Bête dans l'ombre) d'Edogawa Ranpo ou l'impossible objectivité du roman policier mise en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux en cours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Rencontres doctorales de Paris - Diderot « La pluridisciplinarité à l’œuvre » sur le thème de l’objectivité, 5, pp.116-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">「第三の隠者の運命」論ー構造と登場人物についてー</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">繡</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les marges prennent le pouvoir éditorial – les rubriques humoristiques de Shinseinen –</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aline Henninger; Mayumi Shimosakai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japon Pluriel 14 - Périphéries et centres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Picquier, 2024, 978-2-8097-1649-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatouage & roman policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Bagot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Takagi Akimitsu, the tattoo writer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 979-10-699-6624-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résistance des corps dans le recueil Jingai makyō (1939-1941) d’Oguri Mushitarō</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps dans les littératures modernes d’Asie orientale : discours, représentation, intermédialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège de France, 2022, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cdf.12730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand un mobo et une moga partent en voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sandra Schaal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modan – La ville, le corps et le genre dans le Japon de l’entre-deux guerres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe Picquier, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits américains de Tani Jōji ou la nostalgie de la communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rémi Astruc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communitas - Les Mots du commun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RKI Press, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">グローバル時代のトラベルライティングー村上春樹の紀行文</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">文化表象としての村上春樹</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">直戦後『文藝首都』に見られる「移動」から「旅行」への転換</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">『文藝首都』ー公器としての同人誌</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'oeuvre résiliente d'un écrivain aïnou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chant de l'étoile du nord - Carnet d'Iboshi Hokuto poète aïnou (1901-1929)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">『若草』におけるエキゾチシズム　―〈南〉の魅惑　―</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">文芸雑誌『若草』―わたしたちは文芸を愛好している―</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire pour la postérité, ou la pulsion autobiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edogawa Ranpo, les méandres du roman policier au Japon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisayama Hideko : une parodie d'écriture féminine dans les années 1920 et 1930 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japon Pluriel 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01781172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Meriken jappu mono de Tani Jôji, un premier cas de littérature globale au Japon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’ère Taishô (1912-1926) : genèse du Japon contemporain ? Actes du dixième colloque de la Société française des études japonaises.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2015, Japon pluriel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ningen-isu (1925) d'Edogawa Ranpo ou le jeu sur les limites du style épistolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes japonaises, textes et contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">江戸川乱歩の「ミセモノ」的書き方 : 戦前日本探偵小説の可能性</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">日本学の新たな構築の試み</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01781171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La vision d’un monde marquée par les pratiques locales » au prisme du roman policier – entre « villes » et « campagnes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daisuke Fukunishi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cette espérance, la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kan Nozaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité du roman de détective japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranpo Edogawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le périmètre et les catégories du roman de détective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranpo Edogawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">江戸川乱歩、巴里にやって来た。</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyphonie des voix marginales dans la littérature japonaise de l'entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. INALCO, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04604695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'acte de lecture dans l'œuvre d'Edogawa Ranpo (1984-1965) : une réflexion sur la littérature policière d'avant-guerre au Japon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Université Paris-Diderot - Paris VII, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00947362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tous les personnages sur cette couverture apparaissent dans ce livre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plaisir de lire III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04604679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la « fausse réputation » d’Edogawa Ranpo : quand un écrivain s’inquiète de l’influence de son style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Styles du récit policier »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cerilac, Jan 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04407720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le roman policier en dit trop : Techniques et effets de logorrhée discursive chez Oguri Mushitarō</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris (INALCO &amp; Université Paris Cité), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la littérature aïnoue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie, anthropologie/ethnologie, poètes, anthropologues-poètes/poètes anthropologues : croisements, emprunts, ré/appropriations dans les Amériques et le pourtour du Pacifique (1960-)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Héritages, Sep 2023, Charenton-le-Pont (Médiathèque du patrimoine et de la photographie), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence du &amp;quot;roman policier&amp;quot; japonais dans les années 1910 : Kitan (Extraordinary), les notes de lecture du jeune Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critiques et fictions policières domaine francophone/Japon (1860-1940)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris (Université Paris Cité), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman policier japonais, entre démocratie balbutiante et montée du totalitarisme (1923-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman policier et démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nanterre; Queen's University Belfast, Jun 2023, Nanterre (Université Paris X), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">日本近現代文学の範囲を問う</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 - Actualités de la recherche internationale en littérature moderne japonaise / ２０２３年、日本文学研究の現在と世界の視野</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RELiJaM (Réseau des études sur littérature japonaise moderne), Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katakana ou caractères latins ? : Le peuple aïnou face à la colonisation linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire dans la langue d’un Autre non-occidental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Northern Europe in 1928 through the Eyes of the Writer Tani Jōji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth NAJAKS (Nordic Association for Japanese and Korean Studies) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais qui peut bien lire ça ? Le genre hacha-hacha de l’écrivain japonais Yokota Jun.ya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les publics de l’humour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIRH, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03895258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les marges prennent le pouvoir éditorial – les rubriques humoristiques de la revue Shinseinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strolling Through the American Modern City with Tani Jōji’s Kaleidoscopic Modan Dekameron (The Modern Decameron, 1929)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th EAJS (European Association for Japanese Studies) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Gand, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating the World - The Dancing script(s) in Tani Jōji’s works</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EATS (East Asian Translation Studies) 3rd Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méga-événements comme les jeux Olympiques peuvent-ils être au service d’une minorité ethnique ? Le cas des Aïnous aux jeux Olympiques de Tokyo de 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « L’Olympisme : Un miroir et un aiguillon pour des sociétés en mutation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits américains de Tani Jōji ou la nostalgie de la Communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international intitulé « Communitas : les mots du commun et de la Communauté »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1937, Year Zero for the Ainu People?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th CAAS (Consortium for Asian and African Studies) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">戦後直後『文藝首都』における旅へのまなざし</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference for 文藝首都</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écriture de voyage dans un siècle mondialisé – la pratique de Murakami Haruki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Murakami Haruki au présent et au futur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’instabilité des corps dans le recueil Jingai makyō (1939-1941) d’Oguri Mushitarō</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « The Body in Asian Literatures in the 20th et 21st Centuries: Discourses, Representations, Intermediality »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand un mobo et une moga partent en voyage : la modernité japonaise face à l’Occident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Reconsidérer le ‘modan’ : la ville, le corps et le genre dans le Japon de l’entre-deux-guerres »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’exotisme dans Wakakusa : l’attrait du sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « La revue Wakakusa : littérature et culture des années 1920-1940 »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire pour la postérité ou la pulsion autobiographique chez Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Edogawa Ranpo ou les labyrinthes de la modernité japonaise »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aynu Itak vs. Kokugo? Struggling Between Two Languages in the 1920s in Northern Japan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EATS (East Asian Translation Studies) 2nd Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de traduction, entre création et transmission : le cas des hon.anmono de l’écrivain japonais Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Congrès Réseau Asie Pacifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Love as Initial Agency in the Practice of Translation? The Case of Edogawa Ranpo Translating Detective Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EATS (East Asian Translation Studies) 1st Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisayama Hideko, une parodie d’écriture féminine dans les années 1920 et 1930 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIe colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métadiscursivité ontologique du roman policier japonais des origines : le cas de l’œuvre d’Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Le thriller métaphysique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Meriken jappu mono de Tani Jōji – un premier cas de littérature globale au Japon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xe Colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaise humaine d’Edogawa Ranpo ou le jeu sur les limites du style épistolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international (Commémoration du 50e anniversaire de la fondation de l’Institut des hautes études japonaises du Collège de France) : Études japonaises, textes et contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId95"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:89.322916666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gérald Peloux </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités (littérature japonaise)INALCO (Institut national des langues et civilisations orientales)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Né le 23/02/1973 à Montélimar (Drôme)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E-mail professionnel : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gerald.peloux@inalco.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur des Universités en littérature japonaise (INALCO, département des études japonaises)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agrégé de langue et civilisation japonaises (1998, classé premier).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en littérature japonaise (qualifié en section 15 du CNU).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Habilité à diriger des recherches.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre titulaire de l'IFRAE (Institut français de recherche sur l'Asie de l'Est).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre associé du CRCAO (Centre de recherche sur les civilisations de l’Asie orientale, UMR 8155).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du bureau du RELIJAM (Réseau des études françaises sur la littérature japonaise moderne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de la SFEJ (Société française des études japonaises), de la LPCM (Littérature populaire et culture médiatique), du CLN (Cross-Lingual Network) et du Réseau Asie (Réseau de chercheurs francophones sur l'Asie et le Pacifique).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORMATION, DIPLOMES ET TITRES UNIVERSITAIRES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022 </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habilitation à diriger des recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Institut National des Langues et Civilisations Orientales), soutenue le 1er février 2022 à Paris (membre du jury : Anne Bayard-sakai, INALCO, Guillaume Bridet, Université de Bourgogne, Emmanuel Lozerand, garant, INALCO, Nicole Ollier, Université Bordeaux Montaigne, Cécile Sakai, Université de Paris)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre du dossier HDR : « Polyphonie des voix marginales dans la littérature japonaise de l’entre-deux-guerres », avec un inédit intitulé « Tani Jōji, écrivain japonais, cosmopolite et vagabond ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013 </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qualification aux fonctions de maître de conférences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, section 15 du CNU.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012  </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat de littérature japonaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Université Paris Diderot), mention très honorable avec félicitations du jury, sous la direction de Cécile Sakai, soutenu le 21 septembre 2012 à Paris (membres du jury : Anne Bayard-Sakai, INALCO, Marc Lits, Université Catholique de Louvain, Shigemi Nakagawa, Université Ritsumeikan – Kyoto, Cécile Sakai, Université Paris Diderot).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre de la thèse : « L’acte de lecture dans l’œuvre d’Edogawa Ranpo (1894-1965), une réflexion sur la littérature policière de l’avant-guerre au Japon ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006  </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master en Études Japonaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, mention très bien (UFR Langues et Civilisations de l’Asie Orientale, Université Paris Diderot), sous la direction de Cécile Sakai.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre du mémoire : « Le traitement de l’homosexualité dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monstre de l’île isolée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kotō no oni</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1930) d’Edogawa Ranpo (1894-1965) ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998   </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agrégation de langue et civilisation japonaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (classement premier).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997  </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtrise LLCE de Japonais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, mention très bien (INALCO), sous la direction de Jean-Jacques Origas.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titre du mémoire : « Mushanokōji Saneatsu et le Nouveau Village, la quête d’une société idéale (1918-1925) ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1995-1997 Bourse du Ministère de l’Éducation et des Sciences du Japon (18 mois), à l’Université Waseda, en section littérature moderne (professeur référent : Nakajima Kunihiko).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES D’ENSEIGNEMENT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024 - Professeur des Universités à l'INALCO (département des études japonaises).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2024 Maître de conférences à CY Cergy Paris Université (UFR Langues et Études Internationales).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2020 Chargé de cours « Littérature japonaise en traduction » (L2), Université Paris Diderot, cours commun aux UFR LCAO et UFR LAC, dirigé avec Yannick Séité (en remplacement de Cécile Sakai), 18h.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2017 Chargé de cours « Techniques de la traduction – japonais » (M1), INALCO (en remplacement d’Anne Bayard-Sakai), 18h.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008-2014  Chargé de cours à l’Université Paris Diderot (cours de langue japonaise en licence et civilisation japonaise en DU de japonais).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001- 2013 Chargé de cours de japonais et de la préparation aux concours de secrétaire et conseiller des Affaires étrangères (Cadre d’Orient) et de l’ENA, à l’Institut des Sciences Politiques de Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-2015 Enseignant agrégé titulaire de japonais au Lycée Jean de la Fontaine (Paris).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES D’ENCADREMENT ADMINISTRATIF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025- Responsable du DLC (Diplôme de langue et civilisation en japonais), INALCO.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2023 Directeur adjoint de l'UFR LEI.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2023 Directeur adjoint de la section LEA Anglais-Japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2022  Responsable licence du CMI TCT Cursus Master en Ingénierie internationale Territoires, Cultures, Tourisme.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019 Directeur-adjoint par intérim de la section LEA Anglais-Japonais (second semestre).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007-2019  Responsable de la gestion des sujets de baccalauréat section technologique LV1 auprès du SIEC.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999-2015  Coordonnateur de la section de japonais du Lycée Jean de la Fontaine.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EXPERTISE (depuis 2015)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026- Membre du jury auprès de la Fondation pour l'étude de la langue et de la civilisation japonaises / Fondation de France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025- Membre du comité de rédaction de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cipango</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023- Chargé de mission pour le suivi de l'enseignement du japonais auprès de l'Inspection générale de l'éducation, du sport et de la recherche.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2025 Membre du jury auprès de l’Ambassade du Japon pour l’attribution des bourses de recherche du Ministère de l’Éducation et des Sciences du Japon.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006-2015  Membre du comité d’experts auprès du Ministère de l’Éducation nationale pour l’élaboration des programmes officiels de japonais au collège et au lycée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017- Membre du comité de lecture de « Japon(s) », carnet de recherche de la SFEJ (sfej.hypotheses.org).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUTRES ACTIVITÉS ADMINISTRATIVES (depuis 2015)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2024 Membre élu du CNU, section 15, membre du bureau.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023-2024 Président du CAPES externe de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022 Président de l'agrégation interne de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 2020- Vice-président du CAPES externe de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017-2019 Membre du jury du CAPES externe de japonais.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACTIVITES SCIENTIFIQUES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-	Co-responsable Avec Arthur Defrance, Emmanuel Lozerand, Nicolas Mollard, Victor Vuilleumier, Joachim Boittout et Florence Zhang, du programme de recherche (IFRAE) : « Diaglossie littéraire en Asie orientale moderne et contemporaine ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025- Membre du	programme de recherche (équipe Japon du CRCAO) : « Rire dans la tradition littéraire japonaise » (Axe « Pratiques textuelles, langagières et lettrées »), dirigé par Daniel Struve et Marianne Simon-Oikawa.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.crcao.fr/recherche/le-rire-dans-la-tradition-litteraire-japonaise/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024- Co-responsable avec Thomas Garcin et César Castellvi du programme de recherche (équipe Japon du CRCAO) : « Promotion symbolique et marchande du livre et de la littérature moderne et contemporaine au Japon » (Axe « Pratiques textuelles, langagières et lettrées »).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.crcao.fr/recherche/promotion-symbolique-et-marchande-du-livre-et-de-la-litterature-dans-le-japon-moderne-et-contemporain/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Co-responsable avec Thomas Garcin du programme de recherche (équipe Japon du CRCAO) : « Japonica Extravaganza, Dire et traduire les excentricités littéraires du japonais vers le français » (</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">Axe « Pratiques textuelles, langagières et lettrées »).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.crcao.fr/spip.php?article1513</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Membre du programme de recherche « Pratiques trans-linguistiques : du rôle et de l’inscription socioculturels de la traduction en Asie Orientale à l’époque moderne », projet transversal du CRCAO (Axe « Pratiques textuelles, langagières et lettrées), dirigée par Lara Maconi et Florence Zhang.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.crcao.fr/spip.php?article1416</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018 Co-organisateur du colloque bisannuel de la SFEJ (avec Yannick Bardy, Pauline Cherrier et Aleksandra Kobiljski) organisé à l’EHESS, les 13, 14 et 15 décembre 2018 (thématique : « Résistances, conflits et réconciliations »).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lien : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://sfejcolloque2018.wordpress.com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016 Co-organisateur avec Cécile Sakai et membre du conseil scientifique du colloque « Edogawa Ranpo ou les labyrinthes de la modernité japonaise », organisé à la Maison de la Culture du Japon et à l’Université Paris Diderot les 14 et 15 octobre 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Commissaire de l’exposition « Edogawa Ranpo, l’écrivain et ses masques », organisée à la Maison de la culture du Japon à Paris du 14 octobre au 29 octobre 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016 Membre du conseil scientifique (session littérature) du colloque bisannuel de la SFEJ organisé à l’Université Jean Moulin – Lyon 3, les 15, 16 et 17 décembre 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">AUTRES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Membre du bureau Japon du CRCAO (en tant que membre associé).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019- Responsable des sujets et membre du jury des épreuves de japonais à l’ENS Paris.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2024 Membre élu du conseil de l’UFR LEI de CY Cergy Paris Université.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2024 Membre de la commission d’examen des demandes d’aides financières de projets de recherches des enseignants-chercheurs de l’UFR LEI.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Japon pluriel 13 : résistances, conflits et réconciliations : actes du treizième Colloque de la Société française des études japonaises, École des hautes études en sciences sociales, Paris, 13, 14 et 15 décembre 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Cherrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Picquier, 566 p., 2022, 978-2-8097-1524-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chroniques d'un trimardeur japonais en Amérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Belles Lettres, 2019, Collection Japon, 9782251449463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edogawa Ranpo - Les méandres du roman policier au Japon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sakai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bayard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Capel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sari Kawana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Lézard Noir, 2018, 978-2353481514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman policier japonais, entre démocratie balbutiante et montée du militarisme (1923-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belphegor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23-2 2025, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15ch5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05422606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une possibilité de « noir » dans la littérature japonaise de l’entre-deux-guerres ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 937-938, p. 604-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05093474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre hacha-hacha de Yokota Jun.ya et son lectorat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études japonaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Amérique à l’Europe des années 1920 - Expériences du déplacement dans les récits de voyage de Tani Jōji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans : Revue de Littérature Générale et Comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/trans.5499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">江戸川乱歩の『孤島の鬼』論―同性愛に関する言説の揺れ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">立命館文学</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cadavre vivant et pantin désarticulé : Souffrance et reconfiguration des corps dans l’œuvre d’Edogawa Ranpo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAIRN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadavre vivant et pantin désarticulé : souffrance et reconfiguration des corps dans l’œuvre d’Edogawa Ranpo?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extrême-Orient Extrême-Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.85-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02979963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les (r)évolutions de la littérature criminelle japonaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques du ça et là</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cadavre vivant et pantin désarticulé : Souffrance et reconfiguration des corps dans l’œuvre d’Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extrême-Orient Extrême-Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Corps souffrants dans les littératures de la Chine et du Japon au XXe siècle, 39, pp.85-118. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/extremeorient.519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injû (La Bête dans l'ombre) d'Edogawa Ranpo ou l'impossible objectivité du roman policier mise en scène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux en cours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Rencontres doctorales de Paris - Diderot « La pluridisciplinarité à l’œuvre » sur le thème de l’objectivité, 5, pp.116-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">「第三の隠者の運命」論ー構造と登場人物についてー</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">繡</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les marges prennent le pouvoir éditorial – les rubriques humoristiques de Shinseinen –</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aline Henninger; Mayumi Shimosakai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japon Pluriel 14 - Périphéries et centres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Picquier, 2024, 978-2-8097-1649-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatouage & roman policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Bagot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Takagi Akimitsu, the tattoo writer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 979-10-699-6624-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résistance des corps dans le recueil Jingai makyō (1939-1941) d’Oguri Mushitarō</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps dans les littératures modernes d’Asie orientale : discours, représentation, intermédialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège de France, 2022, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cdf.12730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03775207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand un mobo et une moga partent en voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sandra Schaal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modan – La ville, le corps et le genre dans le Japon de l’entre-deux guerres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe Picquier, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits américains de Tani Jōji ou la nostalgie de la communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rémi Astruc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communitas - Les Mots du commun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RKI Press, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">グローバル時代のトラベルライティングー村上春樹の紀行文</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">文化表象としての村上春樹</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">直戦後『文藝首都』に見られる「移動」から「旅行」への転換</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">『文藝首都』ー公器としての同人誌</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">『若草』におけるエキゾチシズム　―〈南〉の魅惑　―</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">文芸雑誌『若草』―わたしたちは文芸を愛好している―</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'oeuvre résiliente d'un écrivain aïnou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chant de l'étoile du nord - Carnet d'Iboshi Hokuto poète aïnou (1901-1929)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire pour la postérité, ou la pulsion autobiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edogawa Ranpo, les méandres du roman policier au Japon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisayama Hideko : une parodie d'écriture féminine dans les années 1920 et 1930 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japon Pluriel 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01781172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Meriken jappu mono de Tani Jôji, un premier cas de littérature globale au Japon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’ère Taishô (1912-1926) : genèse du Japon contemporain ? Actes du dixième colloque de la Société française des études japonaises.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2015, Japon pluriel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ningen-isu (1925) d'Edogawa Ranpo ou le jeu sur les limites du style épistolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes japonaises, textes et contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">江戸川乱歩の「ミセモノ」的書き方 : 戦前日本探偵小説の可能性</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">日本学の新たな構築の試み</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01781171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La vision d’un monde marquée par les pratiques locales » au prisme du roman policier – entre « villes » et « campagnes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daisuke Fukunishi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cette espérance, la traduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kan Nozaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité du roman de détective japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranpo Edogawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le périmètre et les catégories du roman de détective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranpo Edogawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">江戸川乱歩、巴里にやって来た。</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01952890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyphonie des voix marginales dans la littérature japonaise de l'entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. INALCO, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04604695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'acte de lecture dans l'œuvre d'Edogawa Ranpo (1984-1965) : une réflexion sur la littérature policière d'avant-guerre au Japon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Université Paris-Diderot - Paris VII, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00947362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la « fausse réputation » d’Edogawa Ranpo : quand un écrivain s’inquiète de l’influence de son style</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Styles du récit policier »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cerilac, Jan 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04407720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tous les personnages sur cette couverture apparaissent dans ce livre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plaisir de lire III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04604679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le roman policier en dit trop : Techniques et effets de logorrhée discursive chez Oguri Mushitarō</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris (INALCO &amp; Université Paris Cité), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire la littérature aïnoue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie, anthropologie/ethnologie, poètes, anthropologues-poètes/poètes anthropologues : croisements, emprunts, ré/appropriations dans les Amériques et le pourtour du Pacifique (1960-)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Héritages, Sep 2023, Charenton-le-Pont (Médiathèque du patrimoine et de la photographie), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence du &amp;quot;roman policier&amp;quot; japonais dans les années 1910 : Kitan (Extraordinary), les notes de lecture du jeune Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critiques et fictions policières domaine francophone/Japon (1860-1940)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris (Université Paris Cité), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman policier japonais, entre démocratie balbutiante et montée du totalitarisme (1923-1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman policier et démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nanterre; Queen's University Belfast, Jun 2023, Nanterre (Université Paris X), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">日本近現代文学の範囲を問う</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 - Actualités de la recherche internationale en littérature moderne japonaise / ２０２３年、日本文学研究の現在と世界の視野</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RELiJaM (Réseau des études sur littérature japonaise moderne), Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katakana ou caractères latins ? : Le peuple aïnou face à la colonisation linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire dans la langue d’un Autre non-occidental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Northern Europe in 1928 through the Eyes of the Writer Tani Jōji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth NAJAKS (Nordic Association for Japanese and Korean Studies) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais qui peut bien lire ça ? Le genre hacha-hacha de l’écrivain japonais Yokota Jun.ya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les publics de l’humour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIRH, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03895258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les marges prennent le pouvoir éditorial – les rubriques humoristiques de la revue Shinseinen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strolling Through the American Modern City with Tani Jōji’s Kaleidoscopic Modan Dekameron (The Modern Decameron, 1929)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th EAJS (European Association for Japanese Studies) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Gand, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating the World - The Dancing script(s) in Tani Jōji’s works</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EATS (East Asian Translation Studies) 3rd Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méga-événements comme les jeux Olympiques peuvent-ils être au service d’une minorité ethnique ? Le cas des Aïnous aux jeux Olympiques de Tokyo de 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « L’Olympisme : Un miroir et un aiguillon pour des sociétés en mutation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les récits américains de Tani Jōji ou la nostalgie de la Communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international intitulé « Communitas : les mots du commun et de la Communauté »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1937, Year Zero for the Ainu People?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th CAAS (Consortium for Asian and African Studies) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">戦後直後『文藝首都』における旅へのまなざし</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference for 文藝首都</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écriture de voyage dans un siècle mondialisé – la pratique de Murakami Haruki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque international « Murakami Haruki au présent et au futur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’instabilité des corps dans le recueil Jingai makyō (1939-1941) d’Oguri Mushitarō</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « The Body in Asian Literatures in the 20th et 21st Centuries: Discourses, Representations, Intermediality »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand un mobo et une moga partent en voyage : la modernité japonaise face à l’Occident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Reconsidérer le ‘modan’ : la ville, le corps et le genre dans le Japon de l’entre-deux-guerres »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’exotisme dans Wakakusa : l’attrait du sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « La revue Wakakusa : littérature et culture des années 1920-1940 »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire pour la postérité ou la pulsion autobiographique chez Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Edogawa Ranpo ou les labyrinthes de la modernité japonaise »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aynu Itak vs. Kokugo? Struggling Between Two Languages in the 1920s in Northern Japan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EATS (East Asian Translation Studies) 2nd Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de traduction, entre création et transmission : le cas des hon.anmono de l’écrivain japonais Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Congrès Réseau Asie Pacifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Love as Initial Agency in the Practice of Translation? The Case of Edogawa Ranpo Translating Detective Stories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EATS (East Asian Translation Studies) 1st Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Norwich, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisayama Hideko, une parodie d’écriture féminine dans les années 1920 et 1930 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIe colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métadiscursivité ontologique du roman policier japonais des origines : le cas de l’œuvre d’Edogawa Ranpo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Le thriller métaphysique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Meriken jappu mono de Tani Jōji – un premier cas de littérature globale au Japon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xe Colloque de la SFEJ (Société Française des Etudes Japonaises)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chaise humaine d’Edogawa Ranpo ou le jeu sur les limites du style épistolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerald Peloux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international (Commémoration du 50e anniversaire de la fondation de l’Institut des hautes études japonaises du Collège de France) : Études japonaises, textes et contextes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId95"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerald.peloux@inalco.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcao.fr/recherche/le-rire-dans-la-tradition-litteraire-japonaise/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcao.fr/recherche/promotion-symbolique-et-marchande-du-livre-et-de-la-litterature-dans-le-japon-moderne-et-contemporain/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcao.fr/spip.php?article1513" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcao.fr/spip.php?article1416" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfejcolloque2018.wordpress.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108455v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bardy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cherrier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Peloux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144961v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964861v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sakai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bayard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Kawana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Peloux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ch5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05093474v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775240v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trans.5499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952887v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979925v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979963v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952895v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952862v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/extremeorient.519" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952900v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242656v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779473v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775207v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.12730" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108512v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108476v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968441v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968452v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952848v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952855v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144967v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01781172v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952870v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952882v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01781171v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093560v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Fukunishi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110243v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kan Nozaki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110292v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranpo Edogawa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952890v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04604695v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00947362v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604679v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04407720v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242631v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242642v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140362v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078384v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816195v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792886v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895258v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792897v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792904v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792922v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792915v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792927v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792944v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792949v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792953v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792959v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792963v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792986v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792970v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792974v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792993v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793003v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792996v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793009v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793013v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793022v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerald.peloux@inalco.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcao.fr/recherche/le-rire-dans-la-tradition-litteraire-japonaise/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcao.fr/recherche/promotion-symbolique-et-marchande-du-livre-et-de-la-litterature-dans-le-japon-moderne-et-contemporain/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcao.fr/spip.php?article1513" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcao.fr/spip.php?article1416" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfejcolloque2018.wordpress.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108455v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bardy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cherrier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Peloux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144961v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964861v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sakai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bayard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Kawana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Peloux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ch5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05093474v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636178v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775240v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trans.5499" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952887v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979925v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979963v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952895v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952862v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/extremeorient.519" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952900v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964865v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242656v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779473v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775207v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.12730" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108512v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108476v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968441v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968452v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952855v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952848v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144967v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01781172v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952870v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952882v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01781171v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093560v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Fukunishi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110243v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kan Nozaki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110292v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranpo Edogawa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952890v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04604695v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00947362v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04407720v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604679v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242631v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242642v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140362v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078384v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816195v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792886v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895258v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792897v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792904v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792922v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792915v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792927v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792944v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792949v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792953v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792959v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792963v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792986v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792970v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792974v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792993v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793003v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792996v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793009v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793013v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793022v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>