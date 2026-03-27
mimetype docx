--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -347,685 +347,685 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04527836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Data Fusion Method for Non-Destructive Testing by Means of Artificial Neural Networks</w:t>
+                <w:t xml:space="preserve">Eddy Current Non-Destructive Characterization of Carbon Fiber Reinforcement Composites Considering Capacitive Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Cormerais</w:t>
+                <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aroune Duclos</w:t>
+                <w:t xml:space="preserve">Omar Adib Safer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (8), pp.2598. </w:t>
+              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (2), pp.73-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s21082598⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18280/rcma.310202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03203839v1</w:t>
+                <w:t xml:space="preserve">hal-04075356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy Current Non-Destructive Characterization of Carbon Fiber Reinforcement Composites Considering Capacitive Effect</w:t>
+                <w:t xml:space="preserve">A Data Fusion Method for Non-Destructive Testing by Means of Artificial Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Bensaid</w:t>
+                <w:t xml:space="preserve">Romain Cormerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Adib Safer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Trichet</w:t>
+                <w:t xml:space="preserve">Aroune Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Longo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31 (2), pp.73-79. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (8), pp.2598. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18280/rcma.310202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s21082598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075356v1</w:t>
+                <w:t xml:space="preserve">hal-03203839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focalization of electromagnetic power at the interface between two composites materials for induction welding</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal distribution in unidirectional carbon composite material due to the direct heating and microwave influence visualized by a thermo-elastic optical indicator microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huu Kien Bui</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zhirayr Baghdasaryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsen Babajanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levon Odabashyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shant Arakelyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanju Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2020200022⟩</w:t>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 151, pp.107189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2019.107189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074695v1</w:t>
+                <w:t xml:space="preserve">hal-04987848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Bonding Quality with Advanced Nondestructive Testing (NDT) and Data Fusion</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Focalization of electromagnetic power at the interface between two composites materials for induction welding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banda Kane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91 (1), pp.10902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2020200022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s20185127⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04074752v1</w:t>
+                <w:t xml:space="preserve">hal-04074695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal distribution in unidirectional carbon composite material due to the direct heating and microwave influence visualized by a thermo-elastic optical indicator microscope</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of Bonding Quality with Advanced Nondestructive Testing (NDT) and Data Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Levon Odabashyan</w:t>
+                <w:t xml:space="preserve">Bengisu Yilmaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shant Arakelyan</w:t>
+                <w:t xml:space="preserve">Abdoulaye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanju Lee</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elena Jasiuniene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 151, pp.107189. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (18), pp.5127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.measurement.2019.107189⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s20185127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04987848v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Multi-defects Analysis in Ferromagnetic Medium</w:t>
               </w:r>
@@ -1128,64 +1128,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of induction thermography NDT technique using SIBC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1539,51 +1539,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast 3D simulation of various applications of induction heating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.K. Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1669,51 +1669,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiacre Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1888,57 +1888,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04018408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on flaw detectability of NDT induction thermography technique for laminated CFRP composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Degenerated Hexahedral Whitney Elements for Electromagnetic Fields Computation in Multi-Layer Anisotropic Thin Regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1950,124 +1950,112 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 73 (1), pp.10902. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (3), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjap/2015150360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2497462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04086533v1</w:t>
+                <w:t xml:space="preserve">hal-04074934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degenerated Hexahedral Whitney Elements for Electromagnetic Fields Computation in Multi-Layer Anisotropic Thin Regions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Application of Degenerated Hexahedral Whitney Elements in the Modeling of NDT Induction Thermography of Laminated CFRP Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2085,106 +2073,106 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 52 (3), pp.1-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2497462⟩</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074934v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Degenerated Hexahedral Whitney Elements in the Modeling of NDT Induction Thermography of Laminated CFRP Composite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Study on flaw detectability of NDT induction thermography technique for laminated CFRP composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2196,363 +2184,375 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 73 (1), pp.10902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2015150360⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04074944v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Assessment of Induction Thermography Technique Applied to Carbon-Fiber-Reinforced Polymer Material</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Trichet</w:t>
+                <w:t xml:space="preserve">Characterization of anisotropic electrical conductivity of carbon fiber composite materials by a microwave probe pumping technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanju Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ogsen Galstyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsen Babajanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barry Friedman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2014.2363079⟩</w:t>
+              <w:t xml:space="preserve">Journal of Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (15), pp.1999-2004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0021998315599591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02454602v1</w:t>
+                <w:t xml:space="preserve">hal-02457132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of anisotropic electrical conductivity of carbon fiber composite materials by a microwave probe pumping technique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Barry Friedman</w:t>
+                <w:t xml:space="preserve">Performance Assessment of Induction Thermography Technique Applied to Carbon-Fiber-Reinforced Polymer Material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 50 (15), pp.1999-2004. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (3), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0021998315599591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2014.2363079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02457132v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02454602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo inductive nondestructive testing method applied to CFRP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2642,51 +2642,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3-D Modeling of Thermo Inductive Non Destructive Testing Method Applied to Multilayer Composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3141,90 +3141,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augmentation de Données pour l'Entrainement de Réseaux de Neurones Artificiels Appliqués au Contrôle Non Destructif par Courants de Foucault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cormerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aroune Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3262,90 +3262,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact Damages Detection on CFRP Using Eddy Current Pulsed Thermography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuji Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junzhen Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gui Yun Tian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3390,395 +3390,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04074810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focusing of Electromagnetic Field for Induction Welding of Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Banda Kane</w:t>
+                <w:t xml:space="preserve">3D Finite Element Model using SIBC to Accelerate Electromagnetic Thermal Simulation of Induction Thermography Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.K. Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Nancy, France. pp.1-2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074872v1</w:t>
+                <w:t xml:space="preserve">hal-03554046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Finite Element Model using SIBC to Accelerate Electromagnetic Thermal Simulation of Induction Thermography Technique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of Inter-Ply Electrical Percolation Phenomena in CFRP Composite Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banda Kane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2019 22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France. pp.1-2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03554046v1</w:t>
+                <w:t xml:space="preserve">hal-04518069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Inter-Ply Electrical Percolation Phenomena in CFRP Composite Materials</w:t>
+                <w:t xml:space="preserve">Focusing of Electromagnetic Field for Induction Welding of Composite Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Nancy, France. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096915⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518069v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focusing of Electromagnetic Field for Induction Welding of Composite Materials by Optimization of Fold Sequence</w:t>
               </w:r>
@@ -3790,51 +3790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3911,51 +3911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4108,641 +4108,667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical conductivity tensor modelling of stratified woven-fabric carbon fiber reinforced polymer composite materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Senghor</w:t>
+                <w:t xml:space="preserve">Application of degenerated hexahedral Whitney elements in the modeling of NDT induction thermography of laminated CFRP composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE Conference on Electromagnetic Field Computation (CEFC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CEFC.2016.7816051⟩</w:t>
+              <w:t xml:space="preserve">COMPUMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074914v1</w:t>
+                <w:t xml:space="preserve">hal-02460068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of degenerated hexahedral Whitney elements in the modeling of NDT induction thermography of laminated CFRP composite</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+                <w:t xml:space="preserve">Analytical model and reluctance network for high-speed PMSM design optimization application to electric vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bracikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
+              <w:t xml:space="preserve">2016 XXII International Conference on Electrical Machines (ICEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Lausanne, Switzerland. pp.1359-1365, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2016.7732701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02460068v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical model and reluctance network for high-speed PMSM design optimization application to electric vehicles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Berthiau</w:t>
+                <w:t xml:space="preserve">Formulation analytique de la matrice impédance de matériaux composites stratiﬁés anisotropes en ﬁbres de carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 XXII International Conference on Electrical Machines (ICEM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04039447v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation analytique de la matrice impédance de matériaux composites stratiﬁés anisotropes en ﬁbres de carbone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+                <w:t xml:space="preserve">Electrical conductivity tensor modelling of stratified woven-fabric carbon fiber reinforced polymer composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE Conference on Electromagnetic Field Computation (CEFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Miami, United States. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEFC.2016.7816051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361642v1</w:t>
+                <w:t xml:space="preserve">hal-04074914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Electrical Percolation Threshold of Carbon Graphite Composite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+                <w:t xml:space="preserve">Design Optimization of High-Speed PMSM for Electric Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bracikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Montreal, Canada. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02460072v1</w:t>
+                <w:t xml:space="preserve">hal-02460021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la detectabilite de defaut dans les composites de carbone stratifies par la technique de CND par thermographie inductive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4770,195 +4796,195 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NUMELEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02460080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inductive thermography nondestructive testing applied to carbon composite materials: multiphysics and multiscale modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H.K. Bui</w:t>
+                <w:t xml:space="preserve">Modeling of Electrical Percolation Threshold of Carbon Graphite Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Electromagnetic Processing of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Cannes, France</w:t>
+              <w:t xml:space="preserve">COMPUMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01334989v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02460072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du Seuil de Percolation Electrique de Matériaux Composites en Graphite de Carbone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4986,221 +5012,195 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NUMELEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02463149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Optimization of High-Speed PMSM for Electric Vehicles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Bracikowski</w:t>
+                <w:t xml:space="preserve">Inductive thermography nondestructive testing applied to carbon composite materials: multiphysics and multiscale modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.K. Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Conference on Electromagnetic Processing of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Cannes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352927⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02460021v1</w:t>
+                <w:t xml:space="preserve">hal-01334989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degenerated hexahedral Whitney elements for electromagnetic fields computation in multi-layer anisotropic thin regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5683,51 +5683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnétic Stimulation in NDT Thermography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Louaayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5827,90 +5827,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augmentation de Données pour l'Entrainement de Réseaux de Neurones Artificiels Appliqués au Contrôle Non Destructif par Courants de Foucault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cormerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aroune Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5993,51 +5993,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of electromagnetic phenomena within laminate composite materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6163,51 +6163,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6262,77 +6262,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Augmentation and Artificial Neural Networks for Eddy Currents Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Cormerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aroune Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6561,51 +6561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675986v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banda Kane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wasselynck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Trichet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berthiau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-03-2024-0114" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527836v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cormerais" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Longo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duclos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wasselynck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2022.102635" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203839v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cormerais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroune Duclos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21082598" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075356v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adib Safer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.310202" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074695v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kien Bui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2020200022" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074752v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bengisu Yilmaz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Ba" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Jasiuniene" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20185127" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987848v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhirayr Baghdasaryan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsen Babajanyan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levon Odabashyan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shant Arakelyan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanju Lee" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2019.107189" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987851v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Mehaddene" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Mohellebi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azouaou Berkache" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15199/48.2020.04.11" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086607v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074838v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Azzabi Zouraq" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Bui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Peterzol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2898733" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074854v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Senghor" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouladgar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2742979" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074843v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012048" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074858v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Senghor" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Branchu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2660529" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018408v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Dang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bracikowski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2017.2726962" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086533v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150360" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-C96ZF3X1-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074934v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2497462" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074944v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2492362" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454602v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363079" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457132v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogsen Galstyan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Friedman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998315599591" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086512v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Fouladgar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2012-0233" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077727v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2241037" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212690v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Menana" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Feliachi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518089v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987843v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Arakelyan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babajanyan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Friedman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11287-4_6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005057v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074810v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuji Yi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junzhen Zhu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gui Yun Tian" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SAEM200025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074872v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096915" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03554046v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097101" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518069v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518075v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074914v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC.2016.7816051" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460068v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039447v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bracikowski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthiau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2016.7732701" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361642v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Djonkone Senghor" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460072v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460080v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334989v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463149v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460021v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352927" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460063v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212794v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212791v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Zaoui" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213997v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212798v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401453v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Louaayou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saidi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Ploteau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275994v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514608v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pierquin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036681v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982338v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SAEM200040" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675986v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banda Kane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wasselynck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Trichet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berthiau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-03-2024-0114" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527836v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cormerais" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Longo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duclos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wasselynck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2022.102635" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075356v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adib Safer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.310202" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203839v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cormerais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroune Duclos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21082598" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987848v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhirayr Baghdasaryan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsen Babajanyan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levon Odabashyan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shant Arakelyan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanju Lee" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2019.107189" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074695v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kien Bui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2020200022" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074752v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bengisu Yilmaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Ba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Jasiuniene" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20185127" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987851v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Mehaddene" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Mohellebi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azouaou Berkache" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15199/48.2020.04.11" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086607v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074838v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Azzabi Zouraq" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Bui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Peterzol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2898733" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074854v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Senghor" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouladgar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2742979" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074843v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012048" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074858v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Senghor" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Branchu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2660529" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018408v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linh Dang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bracikowski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2017.2726962" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074934v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2497462" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074944v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2492362" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086533v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150360" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-C96ZF3X1-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457132v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogsen Galstyan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Friedman" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998315599591" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454602v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363079" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086512v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Fouladgar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2012-0233" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077727v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2241037" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212690v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Menana" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Feliachi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518089v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987843v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Arakelyan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babajanyan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Friedman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11287-4_6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005057v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074810v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuji Yi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junzhen Zhu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gui Yun Tian" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SAEM200025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03554046v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097101" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518069v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074872v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096915" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518075v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460068v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039447v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bracikowski" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthiau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2016.7732701" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361642v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Djonkone Senghor" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074914v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC.2016.7816051" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460021v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352927" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460080v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460072v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463149v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334989v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460063v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212794v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212791v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Zaoui" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213997v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212798v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401453v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Louaayou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saidi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Ploteau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275994v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514608v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pierquin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036681v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982338v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SAEM200040" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>