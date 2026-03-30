--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -179,1293 +179,1293 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lumières sur Michel Audiard (1920-1985)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études : revue de culture contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4317, pp.119-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Silence(s) dans le cinéma contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transposition. Musique et sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04860093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4317, pp.119-120</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le son, la star et le monstre (chronique cinéma)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27, pp. 98-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AVATAR, entre nature et culture : les meta-corps et meta-mondes de James Cameron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Littérature et environnement (29), pp. 129-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La scénarisation de la bande-son dans RESERVOIR DOGS : une esthétique du hors-champ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TIES - Revue de littérature, textes, images et sons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Musique et Polar, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique d'un cinéma confiné : le spectateur, la salle et la plateforme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Francophonies et Migrations, 25, pp.84-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03309021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Gainsbourg en Tenue de soirée (1986). Transtextualité et travestissements mélodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue musicale OICRM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Serge gainsbourg et le cinéma : images, textes et musiques, 8 (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03660362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DICTIONNAIRE AMOUREUX DU POLAR de Pierre Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp. 80-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le son, la star et le monstre (chronique cinéma)</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03183648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">POWER de Michaël Mention (2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 27, pp. 98-104</w:t>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">AVATAR, entre nature et culture : les meta-corps et meta-mondes de James Cameron</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LA CHANSON CHEZ DISNEY une stratégie en chanté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Littérature et environnement (29), pp. 129-139</w:t>
+              <w:t xml:space="preserve">, 2018, Il était une fois.. Walt Disney, 21, pp.111-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Musique et Polar, 6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02776102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE FILM NOIR de Christophe Champclaux et Linda Tahir Meriau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Chronique d'un cinéma confiné : le spectateur, la salle et la plateforme</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LES FANTÔMES DES TRANCHÉES. Mise en images d'une psyché abimée : La Chambre des Officiers et Les fragments d'Antonin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Francophonies et Migrations, 25, pp.84-90</w:t>
+              <w:t xml:space="preserve">, 2015, La Grande Guerre : regards historiques et visions artistiques, 14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Serge gainsbourg et le cinéma : images, textes et musiques, 8 (2)</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'écran territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-Lignes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Territoires de l'écran, territoires inter-dits, 15, pp.15-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">DICTIONNAIRE AMOUREUX DU POLAR de Pierre Lemaitre</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Illusions parricides du film d'animation : un réel anamorphosé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp. 80-2</w:t>
+              <w:t xml:space="preserve">, 2012, Le dessin animé ou les métamorphoses du réel, pp.303-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">POWER de Michaël Mention (2018)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02568590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'où vient la musique ? Frontières et porosité de la bande-son</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">, 2010, Musique et Cinéma. Harmonies et contrepoints, pp. 37-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">LA CHANSON CHEZ DISNEY une stratégie en chanté</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02434131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE FILM OPERA : Entretien avec Daniel TOSCAN DU PLANTIER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Il était une fois.. Walt Disney, 21, pp.111-124</w:t>
+              <w:t xml:space="preserve">, 2010, pp.97-101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">LE FILM NOIR de Christophe Champclaux et Linda Tahir Meriau</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02559876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le parfum de LAURA et l'aura du PARFUM : la musique de films ou la mémoire des sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">, 2009, L'Héritage en question(s), pp.99-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">L'écran territoire</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DU SILENCE ET DES HOMMES : entretien avec MAURICE JARRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter-Lignes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Territoires de l'écran, territoires inter-dits, 15, pp.15-19</w:t>
+              <w:t xml:space="preserve">, 2009, 5, pp.13-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...344 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02559886v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02612875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La scénarisation musicale dans Short Cuts de Robert Altman</w:t>
               </w:r>
@@ -1822,1476 +1822,1476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03181672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La Musique au Cinéma : et si on écoutait les films ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique et Cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UTLA, Mar 2020, Agen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La représentation du Diable au cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Représentations du Mal et du Diable : regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Catholique de Toulouse, Jan 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02615320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, UTLA, Mar 2020, Agen, France</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Polar à la Ville à l'Ecran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polar et Cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Carbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2020, Carbonne, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'illu-son du silence : l'exemple de DRIVE de Nicholas Winding Refn (2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique et design sonore dans les production audiovisuelles contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chloé Huvet, Grégoire Tosser, Université d'Evry val-d'Essone, Dec 2019, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du rapport unique et nécessaire ou l'effet Kulechov appliqué à la musique de film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michel Chion, l'inventeur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen, Feb 2019, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Polar fait son Cinéma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival Toulouse Polars du Sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NINO ROTA, de Fellini au Parrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique, On Tourne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Montreurs d'Images, Dec 2019, Agen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’édition discographique de musiques de film en France : l’exemple de Music Box Records</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dastugue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Cinéma Populaire et ses Musiciens en France de 1930 à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe Gonin, Université de Bourgogne, Jun 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rouen, Feb 2019, Rouen, France</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Herrmann et Alfred Hitchcock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musique on Tourne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Agen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Chloé Huvet, Grégoire Tosser, Université d'Evry val-d'Essone, Dec 2019, Evry, France</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ennio MORRICONE décrypté : enquête sur un musicien au-dessus de ses sons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il était une fois.. Ennio Morricone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Agen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Storytelling, marketing et politique : quand l'histoire (ré)écrit l'Histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l'Ecriture, Ecriture de l'H(h)istoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Catholique de Toulouse, Mar 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Les Montreurs d'Images, Dec 2019, Agen, France</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spin doctors et storytelling : une réécriture de l'Histoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l’Ecriture, Ecriture de l’Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Agen, France</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musique en séries : une question de conditionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce que les séries font à l'art contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA (Institut National de l'Histoire de l'Art), Jun 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Agen, France</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Access Prime Theme: conditionnement et réception spectatoriels des génériques de série TV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Musiques de Séries Télévisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, May 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut Catholique de Toulouse, Mar 2014, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La partition transparente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Transparence au Cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SAES, May 2012, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Herrmann’s art of scorytelling: musical conversion and viewer’s reception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Film Music Conference: Celebrating the Centennials of Bernard Herrmann &amp; Nino Rota</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Leeds, Ian Sapiro, Sep 2011, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, INHA (Institut National de l'Histoire de l'Art), Jun 2014, Paris, France</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">No Herrmann's land : the legacy of Bernard Herrmann's leadership and authorship in film scoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hitchcock/Hermann : partners in suspense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University St John, Steve Rawle, Mar 2011, York, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes, May 2013, Nantes, France</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du silence et des ombres : quand la musique se fait violence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Violence et Cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'Etudes Pluridisciplinaires Arts Lettres Langues, Université Jean-Jaurès, Mar 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, SAES, May 2012, Limoges, France</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02881218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violence et écriture musicale dans le cinéma hollywoodien classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Violence et Cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, I.R.P.A.L.L., Université Jean Jaurès, Mar 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, University of Leeds, Ian Sapiro, Sep 2011, Leeds, United Kingdom</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarde and French Film Music in the 70s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Cinema in the 70s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFC (Studies in French Cinema); Phil Powrie; Susan Hayward, Apr 2002, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, University St John, Steve Rawle, Mar 2011, York, United Kingdom</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02500095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La citation musicale à l'écran et ses subversions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dastugue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'imitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SERCIA, Université Paul Valéry, Sep 2002, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501583v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02500095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le savoir filmique du spectateur dans JAWS de Steven Spielberg (1975)</w:t>
               </w:r>
@@ -5472,51 +5472,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F7FA191C"/>
+    <w:nsid w:val="A6DD0377"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5703,51 +5703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerard-dastugue" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860093v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dastugue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857340v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943908v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146123v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309021v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660362v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183648v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497676v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776102v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508753v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612970v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497694v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568590v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434131v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559876v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559886v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612875v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467240v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555361v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660387v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181672v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615320v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615352v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615344v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507204v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501605v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615341v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892479v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508749v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500047v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501608v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501580v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501575v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561903v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881218v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501583v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500095v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568598v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465476v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055378v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.ube.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860148v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857346v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860089v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860086v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326915v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926398v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749810v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709688v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326877v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/musique-de-film-en-france" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599164v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/musicologie-analyses/2726-la-traduction-des-emotions-dans-les-musiques-de-films-9782752102492.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958392v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497706v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612946v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709700v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467199v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465493v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195977v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vincent-Arnaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507214v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566909v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerard-dastugue" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857340v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dastugue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860093v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943908v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146123v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309021v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660362v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183648v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497676v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776102v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508753v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497694v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612970v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568590v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434131v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559876v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612875v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559886v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467240v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555361v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660387v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181672v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615352v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615320v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615344v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501605v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615336v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615341v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507204v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892479v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508749v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500047v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501596v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501608v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501580v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501575v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881218v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561903v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500095v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501583v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568598v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465476v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055378v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.ube.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860148v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857346v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860089v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860086v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326915v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926398v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749810v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709688v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884053v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326877v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symetrie.com/fr/titres/musique-de-film-en-france" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599164v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/musicologie-analyses/2726-la-traduction-des-emotions-dans-les-musiques-de-films-9782752102492.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958392v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guillin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497706v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612946v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709700v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467199v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465493v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195977v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vincent-Arnaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507214v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566909v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>