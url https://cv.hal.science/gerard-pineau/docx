--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gérard PINEAU </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic effects of ship passage in confined channels: A multi-parameter study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maubant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 344, pp.123722. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oceaneng.2025.123722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous, non-intrusive stereo-refraction and stereo-PIV measurements around a boat in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 66 (10), pp.188. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-025-04116-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of the Unsteady 3D Flow in Vertical Slot Fishway—The Impact of Macro-Roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, pp.1088. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17071088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global and local behaviour of brown trout (Salmo trutta , L.) and chub (Squalius cephalus , L.) inside a laboratory vertical slot fishway model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24705357.2024.2366299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Flow Conditions and Fish Passage Success in Vertical Slot Fishways: Lessons from Fish Behavior Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (12), pp.1718. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w16121718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sediment bed destabilization by an isolated vortex: an experimental approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (2), pp.370-385. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42241-021-0035-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03228355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolated columnar vortex generation: influence of momentum impulsion characteristics and wall roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (2), pp.025511. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1873-7005/ab7ebf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental-Based Methodology to Improve the Design of Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 145 (9), pp.04019031. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)HY.1943-7900.0001621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of instantaneous flow behind a single fixed ripple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souria Hamidouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydro-environment Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19, pp.117-127. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jher.2018.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the influence of macro-roughnesses on vertical slot fishway flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 103 (2), pp.9-14. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2017011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed experimental study of hydrodynamic turbulent flows generated in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, vol. 11, pp. 1-21. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10652-010-9198-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental approach to adapt the turbulent flow in the vertical slot fishways to the small fish species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 609 (1), pp. 177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes Analysis of a regular Two-Dimensional Roughness Pattern Under Turbulent Flow Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Tribology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 128, pp. 122-130. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2000271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00119090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single pixel resolution correlation for flow measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.1039-1045. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/15/6/002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two dimensional Poiseuille flow in a grooved channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Flow Visualization and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/JFlowVisImageProc.v11.i4.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensionality development inside standard parallelepipedic lid-driven cavities at Re=1000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Migeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 17 (5), pp.717-738. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0889-9746(03)00009-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ship-generated waves in confined waterways: laboratory and numerical study of flow features near sloping banks with different angles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Maubant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MASHCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, flanders hydraulics; Gent University, May 2025, Bruges (Belgium), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swimming kinetics of fish in different turbulence conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towing Tank Stereo-PIV Measurements of the Evolution in Fluid Velocity from Bank to Ship in a Confined Waterway Configuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISOPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rhodes (Grèce), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical double slot fishways flow: influence of geometry, slope and discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects in a Vertical Double Slot Fishway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carl Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a numerical towing tank and comparison with experimental results: study of the flow around a vessel in a restricted waterway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Ship-induced Hydrodynamic Loads in Shallow Confined Coastal Waterways</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hambourg (Germany), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Comparison of RANS, URANS and LES Simulations of Turbulent Flow in Vertical Double Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.1378-1386, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL STUDY OF TURBULENT FLOW IN A VERTICAL DOUBLE SLOT FISHWAY: INFLUENCE OF FLOW DISCHARGE AND SLOPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des pertes de charges de faisceau de structures flexibles placé dans un écoulement turbulent à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées de l'Hydrodynamique (JH2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Pprime (UPR 3346 CNRS - Université de Poitiers - ISAE-ENSMA), Nov 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Macro-Roughnesses on Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Hydraulic Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, aachen, Germany. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15142/T39S7Q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of a vertical vortex propagating above a smooth wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18 th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02140181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DYNAMIQUE INSTATIONNAIRE DE L’ECOULEMENT A L’AVAL D’UNE RIDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souria Hamidouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Visualisation et de Traitement d’Images en Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of unsteady flow in a vertical slot fish pass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.W. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd IAHR Biennial Congress : Water Engineering for a Sustainable Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanks for advance research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Int. Symp. Flow Visualization, Nice, France, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical study of Poiseuille and a Couette flow in a smooth channel or with macro-roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zeraka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Int. Symp. Flow Visualization, Nice, France, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagement des passes à poisson pour toutes les espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ième Journée Thématique de l'AFVL, Hydrodynamique et environnement, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental and numerical study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème International Symposium of Environnement (Nouvelle Zélande) 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of a cylinder on the turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium of Environnement, New-Zealand, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, [Unknown], New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical study of a Poiseuille flow in a channel with macro-roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zerarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Pacific Symposium on Flow Visualization and Image Processing, Honolulu, Hawaii, USA, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des écoulements hydrodynamiques turbulents dans une passe à fentes verticales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ième Colloque National de la Recherche en IUT, Brest, 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poiseuille Flow in grooved channel for Reynolds numbers ranging from 472 to 4090</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zerarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00974484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Hydropower, Flood Control and Water Abstraction (EIFAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle théorique et validations expérimentales pour un écoulement de film mince en présence d'une surface texturée. Application aux joints annulaires d'étanchéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Frêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Journée Technique EDF/LMS Poitiers, Avancées techniques deans le domaine des étanchéités dynamiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'un écoulement de Couette en Canal Rainuré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes analysis of two dimensional roughness pattern under turbulent flow regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJTC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Long Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early flow stages in front of a prismatic obstacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'un écoulement de Poiseuille en canal rainuré de faible dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of incompressible flow in grooved channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow measurements in micro-channel using spatial image correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Busan, South Korea. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'effet de macros rugosités de surface sur un film mince. Application aux paliers fluides et joints d'étanchéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception, réalisation et qualification du banc d'essais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'effet de macros rugosités de surface sur un film mince. Applications aux paliers fluides & joints d'étanchéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Maeso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de macros rugosités sur un film mince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId137"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gérard PINEAU </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic effects of ship passage in confined channels: A multi-parameter study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maubant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 344, pp.123722. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oceaneng.2025.123722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous, non-intrusive stereo-refraction and stereo-PIV measurements around a boat in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 66 (10), pp.188. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-025-04116-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Simulation of the Unsteady 3D Flow in Vertical Slot Fishway—The Impact of Macro-Roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, pp.1088. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17071088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global and local behaviour of brown trout (Salmo trutta , L.) and chub (Squalius cephalus , L.) inside a laboratory vertical slot fishway model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24705357.2024.2366299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing Flow Conditions and Fish Passage Success in Vertical Slot Fishways: Lessons from Fish Behavior Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (12), pp.1718. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w16121718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sediment bed destabilization by an isolated vortex: an experimental approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (2), pp.370-385. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s42241-021-0035-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03228355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolated columnar vortex generation: influence of momentum impulsion characteristics and wall roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (2), pp.025511. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1873-7005/ab7ebf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02970879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental-Based Methodology to Improve the Design of Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 145 (9), pp.04019031. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)HY.1943-7900.0001621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of instantaneous flow behind a single fixed ripple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souria Hamidouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydro-environment Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19, pp.117-127. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jher.2018.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the influence of macro-roughnesses on vertical slot fishway flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 103 (2), pp.9-14. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2017011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed experimental study of hydrodynamic turbulent flows generated in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, vol. 11, pp. 1-21. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10652-010-9198-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental approach to adapt the turbulent flow in the vertical slot fishways to the small fish species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 609 (1), pp. 177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes Analysis of a regular Two-Dimensional Roughness Pattern Under Turbulent Flow Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Tribology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 128, pp. 122-130. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2000271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00119090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single pixel resolution correlation for flow measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.1039-1045. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/15/6/002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two dimensional Poiseuille flow in a grooved channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Flow Visualization and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 11, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/JFlowVisImageProc.v11.i4.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-dimensionality development inside standard parallelepipedic lid-driven cavities at Re=1000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Migeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 17 (5), pp.717-738. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0889-9746(03)00009-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ship-generated waves in confined waterways: laboratory and numerical study of flow features near sloping banks with different angles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Maubant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MASHCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, flanders hydraulics; Gent University, May 2025, Bruges (Belgium), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towing Tank Stereo-PIV Measurements of the Evolution in Fluid Velocity from Bank to Ship in a Confined Waterway Configuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISOPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rhodes (Grèce), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swimming kinetics of fish in different turbulence conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical double slot fishways flow: influence of geometry, slope and discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects in a Vertical Double Slot Fishway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carl Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a numerical towing tank and comparison with experimental results: study of the flow around a vessel in a restricted waterway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Nieutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Ship-induced Hydrodynamic Loads in Shallow Confined Coastal Waterways</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hambourg (Germany), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Comparison of RANS, URANS and LES Simulations of Turbulent Flow in Vertical Double Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.1378-1386, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL STUDY OF TURBULENT FLOW IN A VERTICAL DOUBLE SLOT FISHWAY: INFLUENCE OF FLOW DISCHARGE AND SLOPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Fleur Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des pertes de charges de faisceau de structures flexibles placé dans un écoulement turbulent à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Larrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées de l'Hydrodynamique (JH2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Pprime (UPR 3346 CNRS - Université de Poitiers - ISAE-ENSMA), Nov 2022, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Macro-Roughnesses on Vertical Slot Fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Ballu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Hydraulic Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, aachen, Germany. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15142/T39S7Q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of a vertical vortex propagating above a smooth wall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18 th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02140181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DYNAMIQUE INSTATIONNAIRE DE L’ECOULEMENT A L’AVAL D’UNE RIDE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souria Hamidouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Visualisation et de Traitement d’Images en Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of unsteady flow in a vertical slot fish pass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.W. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd IAHR Biennial Congress : Water Engineering for a Sustainable Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00555183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanks for advance research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Int. Symp. Flow Visualization, Nice, France, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00406389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical study of Poiseuille and a Couette flow in a smooth channel or with macro-roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zeraka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Int. Symp. Flow Visualization, Nice, France, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagement des passes à poisson pour toutes les espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ième Journée Thématique de l'AFVL, Hydrodynamique et environnement, 2008.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00385220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental and numerical study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème International Symposium of Environnement (Nouvelle Zélande) 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of a cylinder on the turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium of Environnement, New-Zealand, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, [Unknown], New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical study of a Poiseuille flow in a channel with macro-roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zerarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Pacific Symposium on Flow Visualization and Image Processing, Honolulu, Hawaii, USA, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00179570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des écoulements hydrodynamiques turbulents dans une passe à fentes verticales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ième Colloque National de la Recherche en IUT, Brest, 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poiseuille Flow in grooved channel for Reynolds numbers ranging from 472 to 4090</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zerarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Symposium on Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00974484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study of turbulent flow in vertical slot fishways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Tarrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Hydropower, Flood Control and Water Abstraction (EIFAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle théorique et validations expérimentales pour un écoulement de film mince en présence d'une surface texturée. Application aux joints annulaires d'étanchéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Frêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Journée Technique EDF/LMS Poitiers, Avancées techniques deans le domaine des étanchéités dynamiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale d'un écoulement de Couette en Canal Rainuré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluvisu11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navier-Stokes analysis of two dimensional roughness pattern under turbulent flow regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJTC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Long Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early flow stages in front of a prismatic obstacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude d'un écoulement de Poiseuille en canal rainuré de faible dimension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of incompressible flow in grooved channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSFVIP4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flow measurements in micro-channel using spatial image correlation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Busan, South Korea. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'effet de macros rugosités de surface sur un film mince. Application aux paliers fluides et joints d'étanchéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception, réalisation et qualification du banc d'essais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'effet de macros rugosités de surface sur un film mince. Applications aux paliers fluides & joints d'étanchéité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.B. Maeso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de macros rugosités sur un film mince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arghir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00148062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId137"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406270v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nieutin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maubant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2025.123722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406314v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellanger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04116-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104168v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ballu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17071088" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04645860v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cornu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2366299" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636089v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121718" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228355v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-021-0035-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970879v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1873-7005/ab7ebf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332099v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001621" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316864v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Texier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jher.2018.03.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493411v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Ballu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2017011" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tarrade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-010-9198-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384055v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarrade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larinier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119090v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Billy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arghir" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2000271" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/15/6/002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TV4WDC6W-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146820v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Arghir" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v11.i4.40" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146776v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Migeon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0889-9746(03)00009-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHM5HM1P-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406420v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Nieutin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maubant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933675v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493551v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ba" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933671v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fleur Lejeune" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Lejeune" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carl Rousseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493563v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881523v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022908" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881507v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913529v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moulin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328258v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ballu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pineau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Calluaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15142/T39S7Q" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140181v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154037v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555183v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Wang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406389v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monnet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416715v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeraka" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupuy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385220v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179409v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arinier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179414v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179570v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zerarka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146632v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarade" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146596v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974484v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larinier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146545v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017653v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fr&#234;ne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016871v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147159v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147003v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147000v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146997v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017731v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148100v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupuis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148064v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Maeso" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148062v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406270v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nieutin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maubant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2025.123722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406314v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellanger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04116-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104168v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ballu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17071088" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04645860v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cornu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2366299" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636089v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121718" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228355v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-021-0035-7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970879v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1873-7005/ab7ebf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332099v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001621" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316864v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Texier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jher.2018.03.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493411v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Ballu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2017011" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tarrade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-010-9198-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384055v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarrade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larinier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119090v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Billy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arghir" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2000271" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/15/6/002" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-TV4WDC6W-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146820v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Arghir" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/JFlowVisImageProc.v11.i4.40" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146776v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Migeon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0889-9746(03)00009-4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHM5HM1P-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406420v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Nieutin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maubant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493551v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933675v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933671v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fleur Lejeune" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Lejeune" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carl Rousseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493563v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881523v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022908" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881507v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913529v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moulin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328258v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ballu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pineau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Calluaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15142/T39S7Q" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140181v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154037v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555183v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Wang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406389v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monnet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416715v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeraka" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupuy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385220v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179409v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arinier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179414v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179570v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zerarka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146632v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarade" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146596v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974484v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larinier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146545v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017653v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fr&#234;ne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016871v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147159v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147003v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147000v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146997v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017731v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148100v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupuis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148064v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Maeso" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148062v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>