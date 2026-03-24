--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -3375,265 +3375,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00707981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveiller à distance les effets de la microgravité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Boucher</w:t>
+                <w:t xml:space="preserve">Distributed Synchronization Control to Trajectory Tracking of Multiple Robot Manipulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouteraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicole Vincent</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Derbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofutur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2011, pp.ID 652785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2011/652785⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00661963v1</w:t>
+                <w:t xml:space="preserve">hal-00646534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed Synchronization Control to Trajectory Tracking of Multiple Robot Manipulators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+                <w:t xml:space="preserve">Surveiller à distance les effets de la microgravité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Arbeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nabil Derbel</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Capri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Robotics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biofutur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30 (318), pp.47-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00646534v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00661963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Hybrid Fuzzy-DVZ Controller for a Unicycle Robot</w:t>
               </w:r>
@@ -4811,347 +4811,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02284442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotic Manipulator for Positioning a Magnetic Actuator Dedicated to Drug Delivery in the Cochlea</w:t>
+                <w:t xml:space="preserve">Permanent Magnets based Actuator for Microrobots Navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Abbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Belharet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouna Souissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassen Mekki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur la TéléSanté</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Macau, France. pp.7062-7067, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS40897.2019.8968558⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02161049v1</w:t>
+                <w:t xml:space="preserve">hal-02898365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution des architectures mécaniques des robots médicaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robotic Manipulator for Positioning a Magnetic Actuator Dedicated to Drug Delivery in the Cochlea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Belharet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Mekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Mécanique 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">Journées d'Etude sur la TéléSanté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Universités, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02284438v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permanent Magnets based Actuator for Microrobots Navigation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évolution des architectures mécaniques des robots médicaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français de Mécanique 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IROS40897.2019.8968558⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02898365v1</w:t>
+                <w:t xml:space="preserve">hal-02284438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Process of a New Lighting Robotic Arm for Operating Room</w:t>
               </w:r>
@@ -5261,278 +5261,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02898366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety performance of a variable stiffness actuator for collaborative robots</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Arsicault</w:t>
+                <w:t xml:space="preserve">Introducing OpenPHRI: a software library for physical human-robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïcha Fonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Cherubini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Robotics in Alpe Adria Danube Region (RAAD2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICRA 2018 Late Breaking Posters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Brisbane, Australia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975355v1</w:t>
+                <w:t xml:space="preserve">hal-01734741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing OpenPHRI: a software library for physical human-robot interaction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Fraisse</w:t>
+                <w:t xml:space="preserve">Safety performance of a variable stiffness actuator for collaborative robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrea Cherubini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRA 2018 Late Breaking Posters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th International Conference on Robotics in Alpe Adria Danube Region (RAAD2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Patras, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00232-9_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01734741v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel remote-center-of-motion serial manipulator for inner ear drug delivery</w:t>
               </w:r>
@@ -5940,900 +5940,900 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01974518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and simulation of spine affected by scoliosis and proposition of dynamic brace</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amokrane, Walid</w:t>
+                <w:t xml:space="preserve">Singularity avoidance in a robotized ultrasound scan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïcha Fonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Novales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics: ROBIO 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 22nd International Conference on Methods and Models in Automation and Robotics (MMAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Miedzyzdroje, Poland. pp.915-920, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MMAR.2017.8046951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975317v1</w:t>
+                <w:t xml:space="preserve">hal-02898835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized Framework for Control of Redundant Manipulators in RA-MIS</w:t>
+                <w:t xml:space="preserve">Kinematic Design of a Lighting Robotic Arm for Operating Room</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Parmantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur la TéléSANté, 6ème edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pôle Capteurs, Université d'Orléans, May 2017, Bourges, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Robotics and Mechatronics (IFToMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01565004v1</w:t>
+                <w:t xml:space="preserve">hal-02137253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic Design of a Lighting Robotic Arm for Operating Room</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+                <w:t xml:space="preserve">Design and simulation of spine affected by scoliosis and proposition of dynamic brace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amokrane, Walid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Parmantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Robotics and Mechatronics (IFToMM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Poitiers, France</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics: ROBIO 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Macau, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02137253v1</w:t>
+                <w:t xml:space="preserve">hal-01975317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singularity avoidance in a robotized ultrasound scan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aïcha Fonte</w:t>
+                <w:t xml:space="preserve">Generalized Framework for Control of Redundant Manipulators in RA-MIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Novales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 22nd International Conference on Methods and Models in Automation and Robotics (MMAR)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées d'Etude sur la TéléSANté, 6ème edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pôle Capteurs, Université d'Orléans, May 2017, Bourges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MMAR.2017.8046951⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02898835v1</w:t>
+                <w:t xml:space="preserve">hal-01565004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic simulation of vertebral Column and control of the posture using a parallel mechanism</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amokrane, Walid</w:t>
+                <w:t xml:space="preserve">Collaborative Impedance Control of a Redundant Robot for Tele-operated MIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giancarlo Ferrigno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics (ICINCO 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">7th Joint Workshop on New Technologies for Computer/Robot Assisted Surgery, CRAS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975418v1</w:t>
+                <w:t xml:space="preserve">hal-01975428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative Impedance Control of a Redundant Robot for Tele-operated MIS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+                <w:t xml:space="preserve">Dynamic simulation of vertebral Column and control of the posture using a parallel mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Souissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zefeng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amokrane, Walid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Joint Workshop on New Technologies for Computer/Robot Assisted Surgery, CRAS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">14th International Conference on Informatics in Control, Automation and Robotics (ICINCO 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975428v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Framework for intuitive collaboration with a mobile manipulator</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aïcha Fonte</w:t>
+                <w:t xml:space="preserve">A new kinematic formulation of the RCM constraint for redundant torque-controlled robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Fraisse</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IROS: Intelligent Robots and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2017 IEEE International Conference on Intelligent Robots and Systems (IROS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01489029v2</w:t>
+                <w:t xml:space="preserve">hal-01975091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new kinematic formulation of the RCM constraint for redundant torque-controlled robots</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+                <w:t xml:space="preserve">A Framework for intuitive collaboration with a mobile manipulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Cherubini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïcha Fonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fraisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Conference on Intelligent Robots and Systems (IROS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IROS: Intelligent Robots and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vancouver, BC, Canada. pp.6293-6298, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2017.8206532⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975091v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489029v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An ISO10218-compliant adaptive damping controller for safe Physical Human-Robot Interaction</w:t>
               </w:r>
@@ -8050,477 +8050,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00661966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed backstepping control for synchronization of networked class of underactuated systems: A passivity approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Faiçal Mnif</w:t>
+                <w:t xml:space="preserve">Comparaison des performances de deux robots sphériques à architecture sérielle et parallèle selon des critères géométriques et cinématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Miossec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Mediterranean Conference on Control and Automation, MED 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20ème Congres Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00647357v1</w:t>
+                <w:t xml:space="preserve">hal-00657062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the trajectory tracking and coordination of multi-robot systems with communication delay</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distributed backstepping control for synchronization of networked class of underactuated systems: A passivity approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouteraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiçal Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nabil Derbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Multi-Conference on Systems, Signals and Devices (SSD), 2011 8th</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SSD.2011.5986782⟩</w:t>
+              <w:t xml:space="preserve">19th Mediterranean Conference on Control and Automation, MED 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Greece. pp.7 - 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED.2011.5983043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00647591v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00647357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des performances de deux robots sphériques à architecture sérielle et parallèle selon des critères géométriques et cinématiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Miossec</w:t>
+                <w:t xml:space="preserve">Optimal synthesis of new spherical parallel mechanism for application to tele-echography chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème Congres Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+              <w:t xml:space="preserve">ASME 2011, International Design Engineering Technical Conferences (IDETC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.DETC2011-47184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00657062v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00647359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal synthesis of new spherical parallel mechanism for application to tele-echography chain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Said Zeghloul</w:t>
+                <w:t xml:space="preserve">On the trajectory tracking and coordination of multi-robot systems with communication delay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouteraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Derbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2011, International Design Engineering Technical Conferences (IDETC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Multi-Conference on Systems, Signals and Devices (SSD), 2011 8th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Sousse, Tunisia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSD.2011.5986782⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00647359v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00647591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DVZ-based Obstacle Avoidance Control of a Wheelchair Mobile Robot</w:t>
               </w:r>
@@ -8971,261 +8971,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00647927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Multi-Robots Synchronization</w:t>
+                <w:t xml:space="preserve">Adaptive synchronization control of multi-robot teams: Cooperative and coordinated schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouteraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Derbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nabil Derbel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics (ISIE), 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Bari, Italy. pp.1797 - 1802, </w:t>
+              <w:t xml:space="preserve">Mediterranean Conference on Control &amp; Automation (MED), 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Marrakech, Morocco. pp.586 - 591, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIE.2010.5637712⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MED.2010.5547733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00647380v1</w:t>
+                <w:t xml:space="preserve">hal-00647537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive synchronization control of multi-robot teams: Cooperative and coordinated schemes</w:t>
+                <w:t xml:space="preserve">Adaptive Multi-Robots Synchronization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouteraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawhar Ghommam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Derbel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Conference on Control &amp; Automation (MED), 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Marrakech, Morocco. pp.586 - 591, </w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics (ISIE), 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Bari, Italy. pp.1797 - 1802, </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MED.2010.5547733⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2010.5637712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00647537v1</w:t>
+                <w:t xml:space="preserve">hal-00647380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a 4 dof tele-echography robot</w:t>
               </w:r>
@@ -9250,51 +9250,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie Smith-Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arbeille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Intelligent Robots and Systems (IROS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan. pp.3501 - 3506, </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10202,51 +10202,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer design for euler lagrange systems: application to path following control of an underactuated surface vessel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawhar Ghommam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiçal Mnif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderraouf Benali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12992,51 +12992,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AC0BFCC4"/>
+    <w:nsid w:val="931A3C4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13223,51 +13223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerard-poisson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6730-9411" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094239576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735003v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Abbes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13060091" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424632v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belharet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Souissi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Mekki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2022.06.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710065v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Housseyne Nadour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bozorg Grayeli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062973" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490453v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Ray" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nouaille" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briac Colobert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Calistri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001825" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898363v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Nelson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2020.103862" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898364v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Amouri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jallouli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Novales" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Derbel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14313/JAMRIS/3-2019/23" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandoval" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Su" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Ferrigno" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2018.04.001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083125v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayadi Noura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derbel Nabil" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jaiscr-2018-0006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284394v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S&#233;bastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818911v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Navarro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Fonte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fraisse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cherubini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2018.2810098" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284301v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12555-017-0486-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047702v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Amine Laribi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl A. Nelson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zeghloul" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037053" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083178v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284427v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baumeyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Miossec" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069213v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Essomba" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zeghloul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574714001805" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406215590639" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069216v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406214530598" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923693v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Zhang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069214v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842596v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVAS.2014.063021" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678792v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouteraa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawhar Ghommam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678791v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5120/5742-7608" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739309v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Laribi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Gazeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zeghloul" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11465-012-0326-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JGQCL7S7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661957v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574711001305" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-BJCHJ14Z-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707981v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.384" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661963v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arbeille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boucher" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Capri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Vincent" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646534v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/652785" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661958v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646865v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/632374" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658630v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Courr&#232;ges" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.43.165-195" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NXSPRTKQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661959v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mourioux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.42.403-422" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647996v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Smith-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/01439910810876418" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-GXFT3VL2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096018v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735038v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_30" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491145v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Elahres" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895968v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898816v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diab" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284442v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161049v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284438v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898365v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS40897.2019.8968558" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898366v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Parmantier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Magnain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_37" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975355v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Arsicault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734741v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974591v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2018.8452258" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823337v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974504v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974518v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975317v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amokrane, Walid" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565004v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137253v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898835v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMAR.2017.8046951" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975418v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zefeng Wang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975428v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489029v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2017.8206532" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975091v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274736v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Passama" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2016.7487468" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975331v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050802v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Li&#233;nard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Massenzio" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01247148v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prajval Kumar" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836776v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Drouin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836839v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Pourghodrat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773353v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnier Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieffer V&#233;ronique" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923696v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gazeau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82744" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707983v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2012.6197996" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647415v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Djebrani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderraouf Benali" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661966v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647357v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fai&#231;al Mnif" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2011.5983043" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647591v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2011.5986782" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657062v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647359v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630139v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Njah" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647386v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647420v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2010.5585567" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647927v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647380v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2010.5637712" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647537v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2010.5547733" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647560v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5649680" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661967v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647581v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankur Edkie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354366" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647582v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AMC.2008.4516039" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647570v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650901" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661965v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Haddad" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660428v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056291v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Mnif" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659782v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couverture" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rosenberger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIG.2007.127" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056288v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659301v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00660388v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00659333v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2006.1642217" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659757v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotos Voskarides" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotoris Avgousti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Kassinopoulos" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorges Florides" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costas Pattichis" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20060522-3-FR-2904.00059" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04005224v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poignet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920627v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Canou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2004.1302484" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021442v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guerraz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hennion" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Vilchis" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Troccaz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cinquin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920625v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marche" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.933242" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021553v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Althuser" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ayoubi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428940v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Jridi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poisson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490557v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799730v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debarsy" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cem Ertur" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nemo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit-Lucas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898819v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48989-2_4" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606531v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Debarsy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Cordier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ertur" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nemo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649659v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647923v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78871-3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660410v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-26559-7_35" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-GVC4W58M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377409v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490979v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-92442-3_16" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284437v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137272v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerard-poisson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6730-9411" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094239576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735003v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Abbes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics13060091" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424632v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belharet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Souissi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Mekki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2022.06.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710065v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Housseyne Nadour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bozorg Grayeli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23062973" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490453v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Ray" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nouaille" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briac Colobert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Calistri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001825" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898363v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Nelson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2020.103862" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898364v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lobna Amouri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jallouli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Novales" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Derbel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14313/JAMRIS/3-2019/23" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandoval" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Su" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Ferrigno" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2018.04.001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083125v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayadi Noura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derbel Nabil" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jaiscr-2018-0006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284394v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S&#233;bastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818911v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Navarro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Fonte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fraisse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cherubini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2018.2810098" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284301v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12555-017-0486-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047702v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Amine Laribi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl A. Nelson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zeghloul" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4037053" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083178v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284427v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baumeyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Miossec" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377551v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069213v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Essomba" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zeghloul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574714001805" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974938v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406215590639" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069216v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406214530598" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923693v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Zhang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069214v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842596v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVAS.2014.063021" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678792v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouteraa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawhar Ghommam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678791v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5120/5742-7608" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739309v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Laribi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Gazeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zeghloul" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11465-012-0326-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JGQCL7S7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661957v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574711001305" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-BJCHJ14Z-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707981v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.162.384" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/652785" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661963v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arbeille" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boucher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Capri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Vincent" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661958v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646865v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/632374" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658630v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Courr&#232;ges" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.43.165-195" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NXSPRTKQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661959v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mourioux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.42.403-422" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647996v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Smith-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/01439910810876418" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-GXFT3VL2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096018v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735038v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59888-3_30" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491145v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Elahres" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895968v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898816v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diab" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284442v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898365v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS40897.2019.8968558" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161049v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284438v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898366v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Parmantier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Magnain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_37" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734741v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975355v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Arsicault" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974591v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2018.8452258" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823337v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974504v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974518v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898835v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMAR.2017.8046951" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137253v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975317v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amokrane, Walid" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565004v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975428v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975418v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zefeng Wang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975091v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489029v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2017.8206532" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274736v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Passama" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2016.7487468" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975331v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050802v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Li&#233;nard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Massenzio" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01247148v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prajval Kumar" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836776v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Drouin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836839v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Pourghodrat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773353v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnier Fr&#233;d&#233;rique" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieffer V&#233;ronique" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923696v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gazeau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82744" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707983v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2012.6197996" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647415v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Djebrani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderraouf Benali" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661966v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657062v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647357v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fai&#231;al Mnif" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2011.5983043" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647359v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647591v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2011.5986782" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630139v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Njah" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647386v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647420v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2010.5585567" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647927v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647537v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2010.5547733" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647380v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2010.5637712" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647560v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5649680" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661967v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647581v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankur Edkie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2009.5354366" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647582v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AMC.2008.4516039" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647570v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2008.4650901" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661965v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Haddad" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660428v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056291v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Mnif" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659782v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couverture" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rosenberger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIG.2007.127" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01056288v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659301v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00660388v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00659333v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2006.1642217" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659757v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotos Voskarides" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sotoris Avgousti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Kassinopoulos" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorges Florides" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costas Pattichis" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20060522-3-FR-2904.00059" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04005224v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poignet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920627v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Canou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2004.1302484" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021442v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guerraz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hennion" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Vilchis" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Troccaz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cinquin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920625v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marche" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.933242" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021553v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Althuser" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ayoubi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428940v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Jridi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poisson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490557v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799730v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debarsy" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cem Ertur" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nemo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit-Lucas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898819v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48989-2_4" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606531v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Debarsy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Cordier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ertur" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nemo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649659v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647923v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78871-3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660410v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-26559-7_35" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-GVC4W58M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377409v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Nourrit" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490979v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-92442-3_16" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284437v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137272v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>