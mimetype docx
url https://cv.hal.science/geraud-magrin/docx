--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -368,851 +368,851 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03805211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La boucle de l’Anthropocène au Sahel : nature et sociétés face aux grands projets environnementaux (Grande Muraille Verte, Sauvegarde du lac Tchad)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’Anthropocène sous les tropiques : tropicalité et développement à l’heure des changements globaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraud Magrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ronan Mugelé</w:t>
+                <w:t xml:space="preserve">Bénédicte Thibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 3</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 2020 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.42708⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02973478v1</w:t>
+                <w:t xml:space="preserve">halshs-02973341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Anthropocène sous les tropiques : tropicalité et développement à l’heure des changements globaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Violences et régionalisation en Afrique centrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Thibaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 2020 (3), </w:t>
+              <w:t xml:space="preserve">, 2020, 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/belgeo.42708⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.43632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02973341v1</w:t>
+                <w:t xml:space="preserve">halshs-03000770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violences et régionalisation en Afrique centrale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transition et développement en Afrique : un continent d’incertitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 97 (4), pp. 395-411</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03936563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...15 lines deleted...]
-                <w:t xml:space="preserve">Géraud Magrin</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La boucle de l’Anthropocène au Sahel : nature et sociétés face aux grands projets environnementaux (Grande Muraille Verte, Sauvegarde du lac Tchad)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Mugelé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 4, </w:t>
+              <w:t xml:space="preserve">, 2020, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02973478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chami, ville nouvelle et ville de l'or : une trajectoire urbaine insolite en Mauritanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Chevrillon-Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Espace Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (2), en ligne [24 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacepolitique.6562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ruées vers l'or au Sahara et au nord du Sahel. Ferment de crise ou stabilisateur?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Chevrillon-Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 172, pp. 193-215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02102544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concepts and terms for dose/volume parameters in carbon-ion radiotherapy: Conclusions of the ULICE taskforce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vogin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Wambersie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pötter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.E. Combs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancer/Radiothérapie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (8), pp.802-809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.canrad.2017.11.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique, du Sahel et du Sahara à la Méditerranée : intégrations, circulations et fragmentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fournet-Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/belgeo.43632⟩</w:t>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Olivier Ninot</w:t>
+                <w:t xml:space="preserve">Geraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 97 (4), pp. 395-411</w:t>
+              <w:t xml:space="preserve">, 2018, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La région du lac Tchad face à la crise Boko Haram . interdépendances et vulnérabilités d'une charnière sahélienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...182 lines deleted...]
-                <w:t xml:space="preserve">Geraud Magrin</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 2</w:t>
-[...214 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2018, p. 203-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03822113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1364,51 +1364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrôle des ressources dans une guerre civile régionalisée (Centrafrique). Une dynamique de décentralisation par les armes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1531,328 +1531,328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La Mauritanie et la mer : et si le pétrole aidait à mieux gérer l'insécurité écologique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bopp van Dessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Chabason</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 19 (3), pp.245-255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2011147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'élevage pastoral au Sénégal : entre pressions spatiales et mutations commerciales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ninot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Cesaro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@ppemonde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 3-2011 (103), pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00814868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Mauritanie et la mer : et si le pétrole aidait à mieux gérer l'insécurité écologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lucien Chabason</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. van Dessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chabason</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 19 (3), pp.245-255. </w:t>
-[...115 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2011, 19 (3), p. 245-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00844455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1939,51 +1939,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Peut-on décentraliser des ressources naturelles stratégiques ? L'articulation des niveaux de gestion autour du lac de Guiers (Sénégal) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.F. Mar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 36 (141), p. 47-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2002,933 +2002,933 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00345513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Afrique et les famines énergétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.Version électronique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le développement local introuvable. Réflexions sur l'importation d'un concept au Sénégal »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de GIRARDEL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4, pp.31-63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00336182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le lac Tchad n'est pas la mer d'Aral »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 22 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00345497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Afrique sub-saharienne face aux famines énergétiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, n°3, 12 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00461716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Sopi or not sopi. A propos des élections présidentielles de 2007 au Sénégal »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1, pp.Version électronique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« La ruée vers l'or noir : une chance pour sortir l'Afrique de l'impasse ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Défense Nationale et sécurité collective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.75-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00342030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...150 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les nouvelles conditions de la pêche au lac de Guiers : de l'après-barrages à la décentralisation »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.S. Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de GIRARDEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 4, pp.31-63</w:t>
+              <w:t xml:space="preserve">, 2006, 3, pp.155-177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00336176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greffe pétrolière et dynamiques territoriales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, n°3, 12 p</w:t>
+              <w:t xml:space="preserve">Afrique Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 216 (4), pp.87-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Géraud Magrin</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Greffe pétrolière et dynamiques territoriales : l'exemple de l'on shore tchadien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. van Vliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 22 p</w:t>
+              <w:t xml:space="preserve">Afrique Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4 (216), pp.87-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">M.S. Diop</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00339965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les zones soudaniennes du Tchad et du Sénégal : deux Suds enclavés entre mondialisation et marginalisation »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1, pp.15-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00337625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« A propos de l'aménagement pastoral de Débi Tiguette »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mbengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de GIRARDEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 3, pp.155-177</w:t>
+              <w:t xml:space="preserve">, 2004, 2, pp.109-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...266 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00336183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les compétences territoriales dans la communauté rurale de Ross Béthio. La question des limites »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de GIRARDEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 2, pp.23-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00336184v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-00336183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les savanes d'Afrique centrale entre enclavement et intégration aux marchés</w:t>
               </w:r>
@@ -3266,51 +3266,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Afrique du Sahel et du Sahara à la Méditerraée : intégrations, circulations et fragmentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Fournet-Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3352,51 +3352,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centrafrique/Afrique centrale : ressources et conflits armés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3694,64 +3694,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régionalisation et conflits en Afrique centrale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un monde de régions ? Échanges et croisements disciplinaires sur l’intégration régionale dans le monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Diderot, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3776,51 +3776,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New mining at the margins: use-conflicts, territorial integration and uncertainty ( Senegal Niger Chad)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conflicts over land and global change International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Berlin, Germany. p.1-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3966,51 +3966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avoir les Addax et l’argent du pétrole. Etat, conservation et extraction au Niger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Diversité et Coexistence des Mondes agricoles, séance Coexistence et globalisation dans les Suds, Toulouse,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4143,51 +4143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legitimating State by Exploiting Resources from the Margin : Addax and Oil exploitation in Niger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6e Rencontres européennes des études africaines (ECAS), panel 114 – Lands and Minerals : Grabbings and Resistances. Africa in the Heart of a worldwide issue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4212,51 +4212,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ressources entre conflits et paix : des théories aux pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4458,51 +4458,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désenclaver le pétrole : une bifurcation pour le Tchad ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e colloque du réseau Megatchad, Naples, 13-15 septembre 2012.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Naples, Italie. pp.289-312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4527,51 +4527,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4652,51 +4652,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental regulation of American and Chinese oil companies in Chad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4734,51 +4734,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écorce et le noyau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4810,536 +4810,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03071040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut-il vraiment sauver le lac Tchad</w:t>
+                <w:t xml:space="preserve">Chinese and American oil companies and their environmental practices in Chad : a quiet confluence of streams or silence before the battle ? .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Maoundonodji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Doudjindingao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Rising Powers and Global Standards Research Network .</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Manchester, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émergence. Un défi pour l'Afrique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hugon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde animée par Oumarou Barry, 22e Festival International de géographie de Saint Dié .</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Saint Die, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00847706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du nouveau dans les économies de rente africaines ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22e Festival International de géographie de Saint Dié</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2011, Saint dié, France</w:t>
+              <w:t xml:space="preserve">, Oct 2011, Saint Dié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00961103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lac Tchad entre écologie et géopolitique .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société des Africanistes .</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation et gouvernance minière dans le Pacifique : une synthèse .</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthèse du colloque international : Exploitation et gouvernance minière dans le Pacifique .</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Noumea, Nouvelle-Calédonie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00848576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Du nouveau dans les économies de rente africaines ?</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il vraiment sauver le lac Tchad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22e Festival International de géographie de Saint Dié</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2011, Saint Dié, France</w:t>
+              <w:t xml:space="preserve">, Oct 2011, Saint dié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...253 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-00846921v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00961121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lac Tchad et N'Djaména une relation porteuse de développement ?</w:t>
               </w:r>
@@ -5446,51 +5446,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Public steering in the hydro-fuel sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5528,90 +5528,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scientific panel on oil and gas activities in the Islamic Republic of Mauritania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bopp Van Dessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Chabason</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUCN World Conservation Congress, Barcelone, 8 octobre 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5712,260 +5712,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00334494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Compétition pétrolière et développement en Afrique : quels enjeux pour l'Europe et les Etats-Unis ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Compétition pétrolière et développement en Afrique : quels enjeux pour l'Europe et les Etats-Unis ? », Conférence organisée par le Groupe des Belles Feuilles, Assemblée Nationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00334492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Eclairages sur la question pétrolière au Tchad »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pétrole en Afrique, séminaire AFD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00334601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Ressources territoriales des communautés rurales et développement local : un rendez vous manqué de la décentralisation au Sénégal ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Seck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Fall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum sous-régional du GRDR Développement local : Migration, citoyenneté, développement. Bassin du fleuve Sénégal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Saint Louis, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00333996v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-00334601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Le pétrole en Afrique : entre réseaux et territoires »</w:t>
               </w:r>
@@ -6027,299 +6027,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00334522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du vivrier au vivrier marchand et à l'intégration sous-régionale : le cas de la filière arachide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Essang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kadekoy-Tigague</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savanes africaines : des espaces en mutation, des acteurs face à de nouveaux défis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Garoua, Cameroun. 7 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les savanes d'Afrique centrale entre enclavement et intégration aux marchés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duteurtre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savanes africaines : des espaces en mutation, des acteurs face à de nouveaux défis.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Garoua, Cameroun. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00131552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'or noir dans les savanes cotonnières du Tchad : premiers impacts et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savanes africaines : des espaces en mutation, des acteurs face à de nouveaux défis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Garoua, Cameroun. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00131523v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-00128918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (75)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6460,2187 +6460,2187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Orpaillage et développement des territoires en Afrique : une équation difficile ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Dessertine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Chevrillon-Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Betabelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamadou Malal Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peyroux E.(dir.); Lavie E. (dir.); Viel V. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développement, changements globaux et dynamiques des territoires : théories, approches et perspectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Editions, p. 163-181, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03820514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche, expertise et développement. Le difficile dialogue entre sciences sociales et politiques publiques autour du lac Tchad.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Mbagogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mahamadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peyroux E.(dir.); Lavie E. (dir.); Raimond C. (dir); Viel V. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développement, changements globaux et dynamiques des territoires. Théories, approches et perspectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE, p.287-302, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Afrique face au nouveau monde multipolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pourtier, R. (Ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géopolitique de 1’Afrique et du Moyen-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nathan, p.288-303, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03820533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des équilibres agricoles fragiles : alimentation, terre et conflits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pourtier, R. (Ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géopolitique de l'Afrique et du Moyen-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nathan, p.227-243, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03820528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economies de rente et ancrage dans la mondialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pourtier, R. (Ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géopolitique de 1’Afrique et du Moyen-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nathan, p.80-98, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03820518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’Afrique face au nouveau monde multipolaire</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géopolitique de l'Afrique, maillon faible de la mondialisation ou puissance en puissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pourtier, R. (Ed.). </w:t>
+              <w:t xml:space="preserve">Delamotte, G. (Ed.); Tellenne, C. (Ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géopolitique et géoéconomie du monde contemporain. Puissance et confiits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Découverte, p.569-584, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03820570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pic Pétrolier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Donner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire critique de l'Anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du CNRS, p. 642-644, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03820681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insécurités au lac Tchad : environnement et conflits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chauvin E. (Ed.); Langlois O. (Ed.); Seignobos C. (Ed.); Baroin C. (Ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conflits et violences dans le bassin du lac Tchad. Actes du XVIIe colloque Méga-Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Editions, pp.135-147, 2020, Synthèses, 978-2-7099-2828-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02938802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insécurités au lac Tchad : environnement et conflit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chauvin E. (dir.); Langlois O. (dir.); Seignobos C. (dir.); Baroin C. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conflits et violences dans le bassin du lac Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Editions, p.135-147, 2020, Conflits et violences dans le bassin du lac Tchad, Actes du XVIIe colloque du réseau Méga-Tchad</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03788926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lac Tchad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire critique de l'Anthropocène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du CNRS, p.769-771, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03820624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lithium andin entre enjeux globaux et attentes locales chronique d'un malentendu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Serandour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Baggioni V. (dir.); Burger C. (dir.); Cacciari J. (dir.); Mangold M. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repenser la transition énergétique. Un défi pour les sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Renne, p.191-205, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'avenir du lac Tchad. Les échelles de l'incertitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Raimond, C. (dir); Sylvestre, F. (dir); Zakinet, D. (dir); Moussa F. (dir). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Tchad des lacs. Les zones humides sahéliennes au défi du changement global</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Editions, p. 289-303, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La région du lac Tchad avant Boko Haram. Développement et gouvernance : un espace fragile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Géraud Magrin; Marc-Antoine Pérouse de Monclos. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et développement. La région du lac Tchad à l’épreuve de Boko Haram</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AFD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.75-125, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01853715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régime humanitaire, tensions sociales et enjeux de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hessana Ahmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Don</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et développement. La région du lac Tchad à l’épreuve de Boko Haram</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le système régional : environnement, populations et ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard Magrin; Marc-Antoine Perouse de Monclos. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et développement : la région du lac Tchad à l’épreuve de Boko Haram</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AFD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.25-73, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01853710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Magrin, G. (dir.); Pérouse de Montclos M.-A. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et développement. La région du lac Tchad à l'épreuve de Boko Haram</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFD, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Options de politiques et scénarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Magrin, G. (dir.); Pérouse de Montclos M.-A. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et développement à La région du lac Tchad à l’épreuve de Boko Haram</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFD, p. 243-259, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variables-clés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Géraud Magrin; Marc-Antoine Perouse de Montclos. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crise et développement. La région du lac Tchad à l’épreuve de Boko Haram</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AFD</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.219-240, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01853721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des mines entre villes et campagnes : un autre regard sur le boom extractif ouest-africain (2000-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sanjuan T. (ed.); Lesourd M. (ed.); Tallet B. (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tropiques, développement et mondialisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, p. 165-180, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02270958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désenclavement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mareï, N. (dir.); Richard, Y.( dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire de la régionalisation du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlande, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La desaparicion del lago Chad : Historia de un mito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Salamanca Villamizar S. (dir.); Astudillo Pizarro F. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recursos, vinculos y territorios. Infiexiones transversales en torno al agua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Nacional de Rosario, p.299-307, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion. Les relations villes-campagnes : un prisme d'analyse toujours efficace dans une géographie en renouvellement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Poulot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berger M. (dir.); Chaléard J.L. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Villes et campagnes en relations. Regards croisés Nords-Suds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Karthala, p. 277-294, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03822772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des équilibres agricoles fragiles : alimentation, terre et conflits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pourtier, R. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géopolitique de 1’Afrique et du Moyen-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nathan, p.288-303, 2022</w:t>
+              <w:t xml:space="preserve">, Nathan, p.195-210, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...1781 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03822801v1</w:t>
-              </w:r>
-[...157 lines deleted...]
-                <w:t xml:space="preserve">halshs-03822772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mines et pétrole du Maghreb au Sahel : intégration territoriale et vulnérabilité</w:t>
               </w:r>
@@ -9076,1495 +9076,2045 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01400551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lac Tchad à l’épreuve de l’ère pétrolière : risques et enjeux de gestion régionale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les transports sur le lac et sur ses rives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bouvarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IRD Editions; Passages, p.166-168, 2015</w:t>
+              <w:t xml:space="preserve">, IRD Editions, p.130-133, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01237700v1</w:t>
-[...23 lines deleted...]
-                <w:t xml:space="preserve">Le lac et les infrastructures de transport du bassin tchadien</w:t>
+                <w:t xml:space="preserve">hal-01237693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enclavement empêche le développement de l’Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Courade G. (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L’Afrique des idées reçues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Belin, p.96-102, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01389280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enfer est pavé de bonnes intentions : la régulation environnementale et sociale de l’or au Sénégal oriental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Lamine Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Publications de la Sorbonne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ressources mondialisées. Essais de géographie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.305-326, 2015, Territoires en mouvement</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démographie du lac Tchad : incertitude, croissance différenciée et prospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IRD Editions; Passages, p.127-129, 2015</w:t>
+              <w:t xml:space="preserve">, IRD Editions; Passages, p.74-77, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les projets de transfert d’eau vers le lac Tchad : des utopies initiales aux défis contemporains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Editions; Passages, p.156-158, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ressources, enjeux géographiques d’un objet pluriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Perrier Bruslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lavie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Redon M. (ed.); Magrin G. (ed.); Chauvin E. (ed.); Perrier Bruslé L. (ed.); Lavie E. (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ressources mondialisées. Essais de géographie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, p.5-23, 2015, Territoires en mouvement</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un grand pôle d’échanges du Sahel central</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Editions; Passages, p.124-126, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Double alchimie au lac Tchad : ou comment transformer la ressource en pénurie et la pénurie en ressources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Publications de la Sorbonne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ressources mondialisées. Essais de géographie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.167-197, 2015, Territoires en mouvement</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’agriculture de décrue. Innovations et contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Mbagogo Koumbrait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD Editions; Passages, p.101-103, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tchad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Royoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des migrations internationales. Approche géohistorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, p.390-394, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Démographie du lac Tchad : incertitude, croissance différenciée et prospective</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lac Tchad à l’épreuve de l’ère pétrolière : risques et enjeux de gestion régionale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IRD Editions; Passages, p.74-77, 2015</w:t>
+              <w:t xml:space="preserve">, IRD Editions; Passages, p.166-168, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les ressources, enjeux géographiques d’un objet pluriel</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lac et les infrastructures de transport du bassin tchadien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IRD Editions; Passages, p.156-158, 2015</w:t>
+              <w:t xml:space="preserve">, IRD Editions; Passages, p.127-129, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. De la circulation d’outils lithiques au web 2.0 : études pluridisciplinaires des échanges et de la communication dans le bassin du lac Tchad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Publications de la Sorbonne. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Arditi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Baldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Università "L'Orientale". </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ressources mondialisées. Essais de géographie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p.305-326, 2015, Territoires en mouvement</w:t>
+              <w:t xml:space="preserve">Les échanges et la communication dans le bassin du lac Tchad, actes du 15e colloque du réseau Mégatchad, Naples, 13-15 septembre 2012, Naples, L’Orientale.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’enclavement empêche le développement de l’Afrique</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désenclaver le pétrole : une bifurcation pour le Tchad ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Courade G. (dir.). </w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Università "L'Orientale". </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> L’Afrique des idées reçues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Belin, p.96-102, 2015</w:t>
+              <w:t xml:space="preserve">Les échanges et la communication dans le bassin du lac Tchad, actes du 15e colloque du réseau Mégatchad, Naples, 13-15 septembre 2012, Naples, L’Orientale.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.289-312, 2014, Studi Africanistici. Serie Ciado-Sudanese, 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marie Bouvarel</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulations locales de l’accès aux ressources et articulation des pouvoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Boureima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Rangé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRD Editions. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRD Editions, p.130-133, 2015</w:t>
+              <w:t xml:space="preserve">Le développement du lac Tchad : situation actuelle et futurs possibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.476-501, 2014, Expertise collégiale</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Un grand pôle d’échanges du Sahel central</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01265586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les futurs du lac Tchad : prospective, en guise de conclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRD. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRD Editions; Passages, p.124-126, 2015</w:t>
+              <w:t xml:space="preserve">Le développement du Lac Tchad : situation actuelle et futurs possibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.600-638, 2014, Expertise collégiale, 978-2-7099-1836-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...176 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01265556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour du lac Tchad : l’intégration régionale dans tous ses états</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La régionalisation du le monde. Construction territoriale et articulation global/local</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, p.233-252, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a new rural-urban model : decompartmentalising territories and policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Losch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">IRD. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Losch B. (dir.); Magrin G. (dir.); Imbernon J. dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le développement du Lac Tchad : situation actuelle et futurs possibles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p.600-638, 2014, Expertise collégiale, 978-2-7099-1836-7</w:t>
+              <w:t xml:space="preserve">A new emerging rural world. An overview of rural change in Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRAD; NEPAD, p.12-13, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Empty land ? Pressure on resources and development choices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">IRD Editions. </w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Losch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CIRAD; NEPAD. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le développement du lac Tchad : situation actuelle et futurs possibles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p.476-501, 2014, Expertise collégiale</w:t>
+              <w:t xml:space="preserve">A new emerging rural world. An overview of rural change in Africa, Atlas for the Nepad Rural Futures programme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.36-37, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Introduction. De la circulation d’outils lithiques au web 2.0 : études pluridisciplinaires des échanges et de la communication dans le bassin du lac Tchad</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’urbanisation africaine. Croissance, palier et incertitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Università "L'Orientale". </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CIRAD. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les échanges et la communication dans le bassin du lac Tchad, actes du 15e colloque du réseau Mégatchad, Naples, 13-15 septembre 2012, Naples, L’Orientale.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Regards croisés sur les transformations rurales africaines. Atlas pour le programme Rural Futures du Nepad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.18-19, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Désenclaver le pétrole : une bifurcation pour le Tchad ?</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urbanisation in Africa : Growth, Plateau and Uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Università "L'Orientale". </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CIRAD; NEPAD. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les échanges et la communication dans le bassin du lac Tchad, actes du 15e colloque du réseau Mégatchad, Naples, 13-15 septembre 2012, Naples, L’Orientale.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p.289-312, 2014, Studi Africanistici. Serie Ciado-Sudanese, 6</w:t>
+              <w:t xml:space="preserve">A new emerging rural world. An overview of rural change in Africa, Atlas for the Nepad Rural Futures programme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.20-21, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des terres vacantes ? Pression sur les ressources et choix de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Losch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CIRAD; NEPAD. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une nouvelle ruralité émergente : regards croisés sur les transformations rurales africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.34-35, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lake Chad’s resources : intervention or adaptation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CIRAD; NEPAD. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A new emerging rural world. An overview of rural change in Africa, Atlas for the Nepad Rural Futures programme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.42-43, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ressources du lac Tchad : aménager ou s’adapter ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CIRAD; NEPAD. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une nouvelle ruralité émergente : regards croisés sur les transformations rurales africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.40-41, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Villes et campagnes à la recherche d'un nouveau modèle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Losch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10584,1481 +11134,931 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Losch; Géraud Magrin; Jacques Imbernon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une nouvelle ruralité émergente : Regards croisés sur les transformations rurales africaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CIRAD, pp.10-12, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03056692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’urbanisation africaine. Croissance, palier et incertitude</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pétrole et mines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">CIRAD. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Maoundonodji</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Géraud Magrin; Christine Raimond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards croisés sur les transformations rurales africaines. Atlas pour le programme Rural Futures du Nepad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, p.18-19, 2013</w:t>
+              <w:t xml:space="preserve">Atlas de l’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Editions du Jaguar, p.106-107, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...497 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Van Vliet G. (ed.); Magrin G. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l’enjeu environnemental au Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, AFD, p.229-233, 2012, Focales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01249186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écorce et le noyau : les relations entre Banque mondiale, Etat, ONG et entreprises pétrolières au Tchad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Etat, acteur du développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, p.59-76, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01249200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad [Conclusion générale]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Van Vliet G. (ed.); Magrin G. (ed.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Van Vliet; Geert ; Magrin; Géraud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 9, AFD, p.121-149, 2012, Focales</w:t>
+              <w:t xml:space="preserve">, AFD, Agence française de développement, pp.229-233, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...22 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03056522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lac Tchad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">Van Vliet; Geert ; Magrin; Géraud. </w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas de l’Afrique - Un continent émergent ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Editions du Jaguar, p.124-125, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet Rônier pour la Chine et pour le Tchad. Enjeux d’une nouvelle aventure pétrolière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Maoundonodji</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Van Vliet G. (ed.); Magrin G. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, AFD, Agence française de développement, pp.229-233, 2012</w:t>
+              <w:t xml:space="preserve">, 9, AFD, p.121-149, 2012, Focales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le poisson du ceeb bu jën est-il durable ? La pêche maritime sénégalaise face au défi alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas de l’Afrique - Un continent émergent ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les Editions du Jaguar, p.124-125, 2012</w:t>
+              <w:t xml:space="preserve">La faim par le marché : aspects sénégalais de la mondialisation .</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, p. 317-344, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pétrole et mines</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet Exxon Doba en héritage. La régulation environnementale pétrolière au Tchad avant l’arrivée de la CNPC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Maoundonodji</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Doudjidingao</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Geert Van Vliet G. (ed.); Magrin G. (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFD, p.79-117, 2012, Focales n°9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perspectives de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Null Arditi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l’Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Les Editions du Jaguar, p.106-107, 2012</w:t>
+              <w:t xml:space="preserve">, Les Editions du Jaguar, p.116-117, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...201 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion : The environmental challenges facing a Chinese oil company in Chad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Van Vliet Geert; Magrin Géraud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The environmental challenges facing a Chinese oil company in Chad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFD, Agence française de développement, pp.225-229, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02875913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of oil revenues in Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12163,639 +12163,639 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00992116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Activités extractives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bosc; Pierre-Marie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés et développement durable : apport des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agropolis international, 37 p., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03056499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Energies fossiles et inégalités mondiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas des développements durables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris, Autrement, p. 24-25, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00992115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La décentralisation résoudra les problèmes de l'Etat en Afrique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés et développement durable : apport des sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agropolis international, 37 p., 2008</w:t>
+              <w:t xml:space="preserve">L'Afrique des idées reçues.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Belin, p. 383-389., 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00462633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Perspectives de développement »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Null Arditi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Arditi &amp; C. Raymond (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas du Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris : Éd. du Jaguar, pp. 48-49, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00143490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Villes et industries »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ngaressem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlas Jeune Afrique, pp.30-31, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00332520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L'enclavement empêche le développement de l'Afrique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Afrique des idées reçues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Belin, pp.112-118, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00332203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le pétrole »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tchad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlas Jeune Afrique, pp.38-39, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00332210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Arditi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tchad, Atlas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jeune Afrique, pp.48-49, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00327328v1</w:t>
-              </w:r>
-[...373 lines deleted...]
-                <w:t xml:space="preserve">hal-00332210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les décentralisations doivent-elles prendre en compte les relations villes - campagnes ? Quelques réflexions sur Saint Louis et la vallée du fleuve Sénégal »</w:t>
               </w:r>
@@ -13127,51 +13127,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas de l'Afrique. Un continent émergent ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dubresson Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13346,51 +13346,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crisis and Development. The Lake Chad Region and Boko Haram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Pérouse de Montclos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFD</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 267 p., 2018, 978-2-37902-009-4</w:t>
             </w:r>
           </w:p>
@@ -13499,50 +13499,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01389271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand les Suds investissent au Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Mesclier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de Sciences-Po, 76, 190 p., 2015, Autrepart</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01450689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ressources mondialisées. Essais de géographie politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Perrier Bruslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lavie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presse Universitaires de la Sorbonne. 336 p., 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Atlas du lac Tchad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -13557,1290 +13759,1088 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Pourtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Magrin G. (dir.); Lemoalle J. (dir.); Pourtier R. (dir.). Passages, 230 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01237595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le développement du lac Tchad : situation actuelle et futurs possibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Presses de Sciences-Po, 76, 190 p., 2015, Autrepart</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRD Editions, 620 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marie Redon</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les échanges et la communication dans le bassin du lac Tchad : actes du colloque de Naples du réseau Méga-Tchad, Università degli studi di Napoli &amp;quot;L'Orientale&amp;quot;, Naples 13-15 septembre 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Presse Universitaires de la Sorbonne. 336 p., 2015</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Baldi S. (ed.); Magrin G. (ed.). Mega-Tchad, 573 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Sergio Baldi</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une nouvelle ruralité émergente : regards croisés sur les transformations rurales africaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Losch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Imbernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Baldi S. (ed.); Magrin G. (ed.). Mega-Tchad, 573 p., 2014</w:t>
+              <w:t xml:space="preserve">CIRAD, 46 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lemoalle</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une nouvelle ruralité émergente : Regards croisés sur les transformations rurales africaines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Losch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">IRD Editions, 620 p., 2014</w:t>
+              <w:t xml:space="preserve">CIRAD; NEPAD. 46 p., 2013, 978-2-87614-692-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une nouvelle ruralité émergente : Regards croisés sur les transformations rurales africaines.</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new emerging rural world. An overview of rural change in Africa, Atlas for the Nepad Rural Futures programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Losch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">CIRAD; NEPAD. 46 p., 2013, 978-2-87614-692-1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Imbernon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Losch B. (dir.); Magrin G. (dir.); Imbernon J. (dir.). CIRAD; NEPAD, 48 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyage en Afrique rentière. Une lecture géographique des trajectoires du développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CIRAD, 46 p., 2013</w:t>
+              <w:t xml:space="preserve">Publications de la Sorbonne, 424 p., 2013, Territoires en mouvements</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The environmental challenges facing a Chinese oil company in Chad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Publications de la Sorbonne, 424 p., 2013, Territoires en mouvements</w:t>
+              <w:t xml:space="preserve">Van Vliet; Geert ; Magrin; Géraud (eds). AFD, Agence française de développement, 252 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bruno Losch</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Losch B. (dir.); Magrin G. (dir.); Imbernon J. (dir.). CIRAD; NEPAD, 48 p., 2013</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AFD, 251 p., 2012, Focales n°9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00941230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlas du Tchad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Raimond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions du Jaguar, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une compagnie pétrolière chinoise face à l'enjeu environnemental au Tchad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">AFD, 251 p., 2012, Focales n°9</w:t>
+              <w:t xml:space="preserve">AFD, Agence française de développement, 256 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Geert van Vliet</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03051054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlas de l'élevage au Sénégal. Commerce et territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Cesaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Van Vliet; Geert ; Magrin; Géraud (eds). AFD, Agence française de développement, 252 p., 2012</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cirad, Prodig, ATP Icare, 32 p., 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Atlas du Tchad</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des fleuves entre conflits et compromis. Essais d'hydropolitique africaine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Editions du Jaguar, 2012</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Raison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Karthala, pp.300, 2009, Hommes et Sociétés : Histoire et géographie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Geert van Vliet</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00448843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cahiers de GIRARDEL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Bignante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">AFD, Agence française de développement, 256 p., 2012</w:t>
+              <w:t xml:space="preserve">U.G.B., 255 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Atlas de l'élevage au Sénégal. Commerce et territoires</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Políticas ambientales y gobernabilidad en América Latina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...236 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15156,51 +15156,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Réserve du Termit Tin-Toumma et l'exploitation pétrolière au Niger : état des lieux et pistes d'action (Version finale): Appui du CIRAD à la mise en oeuvre du PCBR (Partenariat pour la Conservation de la Biodiversité sahélo-saharienne de la Réserve Naturelle Nationale de Termit et Tin-Toumma)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CIRAD. 2014, 34 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -15235,51 +15235,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignements et impacts de l'investissement chinois en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ID4D. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -15301,51 +15301,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinese and American oil companies and their environmental practices in Chad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15791,602 +15791,602 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Réserve du Termit Tin-Toumma et l’exploitation pétrolière au Niger : état des lieux et pistes d’action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, 33p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révolution bleue : les enjeux de l’eau douce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autopsie géographique du « développement hydraulique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des territoires pastoraux en sursis : l'élevage au Sénégal .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.D. Cesaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gestion environnementale de la CNPC au Tchad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010, 427 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panel scientifique indépendant sur les activités pétrolières et gazières en République Islamique de Mauritanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bopp Van Dessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lucien Chabason</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009, 70 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panel scientifique indépendant sur les activités pétrolières et gazières en République Islamique de Mauritanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2014, 33p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Chabason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bopp van Dessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraud Magrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008, 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...408 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...77 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan de développement régional (PDR) de la zone pétrolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert van Vliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16492,51 +16492,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lake Chad : present situation and possible future management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraud Magrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lemoalle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16846,51 +16846,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130521v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Chevrillon-Guibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel C&#244;te" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Magrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140dl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03805241v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ninot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03805211v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973478v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraud Magrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Mugel&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973341v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thibaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.42708" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03000770v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.43632" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936563v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02102544v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190936v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gagnol" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Magrin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.6562" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862814v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fournet-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vogin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wambersie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#246;tter" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beuve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Combs" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canrad.2017.11.016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822113v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Raimond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01338258v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342477v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.hs1.0105" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853666v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237419v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.13444" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00814868v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Cesaro" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061929v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert van Vliet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bopp van Dessel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Chabason" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2011147" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844455v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Vliet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. van Dessel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chabason" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341536v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345513v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. Mar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342030v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341521v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341542v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336182v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461716v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345497v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336176v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Diop" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337625v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060977v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339965v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336184v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336183v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mbengue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Jamin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Faure" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duteurtre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603585v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kerdiles" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rebella C." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Seguin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130741v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140e0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01889928v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853676v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.7611" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571139v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galitzine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391104v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539639v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549137v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404967v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chal&#233;ard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Auquier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aquiles Sim&#245;es" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238147v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238161v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lemoalle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pourtier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238088v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474999v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238168v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238176v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069480v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074717v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiyong Yang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Maoundonodji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Doudjidingao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072587v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071040v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961121v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848576v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961103v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847706v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bost" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hugon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perret" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846978v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doudjindingao" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846921v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00471340v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Reounodji" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goltob Ngaressem" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mbagogo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamat Assouyouti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068882v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872704v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bopp Van Dessel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334494v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.N. Dieye" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333996v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Seck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Fall" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334492v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334601v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334522v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131552v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jamin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Faure" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131523v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128918v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Essang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kadekoy-Tigague" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520515v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Rang&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Mbagogo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahamadou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820528v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820518v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820533v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820514v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dessertine" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betabelet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Malal Diallo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822613v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mbagogo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820570v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820681v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Donner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03788926v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02938802v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820624v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822057v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Serandour" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822032v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01853710v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/fr/lac-tchad-boko-haram" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02270958v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gr&#233;goire" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822208v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine P&#233;rouse de Montclos" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853721v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822174v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870591v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hessana Ahmat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Don" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01853715v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822091v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822801v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822696v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822772v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Poulot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822730v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822781v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01400536v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Losch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pesche" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Imbernon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01438988v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01400551v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237700v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237666v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237708v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Royoux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237627v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237427v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perrier Brusl&#233;" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237696v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237562v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Diallo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01389280v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237693v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouvarel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237663v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237540v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237649v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mbagogo Koumbrait" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237716v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01265556v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01265586v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Boureima" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237732v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Arditi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Baldi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langlois" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237939v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056692v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238040v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238045v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238052v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237958v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238058v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238071v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238066v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249186v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249200v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249185v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056522v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249198v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249191v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909957v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Diop" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249180v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875913v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249194v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Null Arditi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872703v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992116v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992115v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056499v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327328v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462633v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00143490v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332203v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332520v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ngaressem" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332210v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332116v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406064v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Beau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionslesliensquiliberent.fr" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180531v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820472v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubresson Alain" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267349v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alexandre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Argoun&#232;s" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blanchon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822151v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/en/crisis-and- development-1ake-chad-re9ion-and-boko-haram" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01389271v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dubresson" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237595v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450689v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mesclier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piveteau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236170v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Redon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236666v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236656v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237949v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876447v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237296v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237401v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941230v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876329v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170265v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051054v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730494v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448843v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Raison" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730489v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bignante" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050779v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04709464v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulatif Abass Saley" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Adidi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Becerra" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benidir Mohamed" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01821660v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ballarin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ban&#233;gas" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Beauville" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boilley" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourlet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078278v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078199v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117655v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dittgen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822234v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822740v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03824274v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zoutenet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03470077v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238196v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238185v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238202v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238189v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849471v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Cesaro" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078122v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078070v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078181v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078071v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Koulro-B&#233;zo" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mad-To&#239;ngu&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Miank&#233;ol" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238095v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02844303v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130521v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Chevrillon-Guibert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel C&#244;te" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Magrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140dl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03805241v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ninot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03805211v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973341v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thibaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.42708" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03000770v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chauvin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.43632" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936563v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02973478v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraud Magrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Mugel&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190936v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gagnol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Magrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.6562" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02102544v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909661v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vogin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wambersie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#246;tter" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beuve" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Combs" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canrad.2017.11.016" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862814v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fournet-Gu&#233;rin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822113v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Raimond" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01338258v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01342477v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.hs1.0105" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853666v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237419v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.13444" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061929v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert van Vliet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bopp van Dessel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Chabason" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2011147" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00814868v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Cesaro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844455v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Vliet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. van Dessel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chabason" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341536v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345513v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.F. Mar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341542v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336182v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345497v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461716v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341521v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342030v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336176v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Diop" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060977v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337625v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336183v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mbengue" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336184v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Jamin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Faure" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duteurtre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603585v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kerdiles" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rebella C." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Seguin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130741v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140e0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01889928v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853676v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.7611" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571139v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galitzine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391104v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539639v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549137v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404967v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Chal&#233;ard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Auquier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aquiles Sim&#245;es" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238147v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238161v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lemoalle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pourtier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238088v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474999v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238168v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238176v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069480v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074717v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiyong Yang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Maoundonodji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Doudjidingao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072587v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071040v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846978v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Doudjindingao" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847706v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bost" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hugon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perret" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961103v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846921v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848576v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961121v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00471340v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Reounodji" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goltob Ngaressem" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mbagogo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamat Assouyouti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068882v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872704v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bopp Van Dessel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334494v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.N. Dieye" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334492v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334601v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333996v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Seck" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Fall" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00334522v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128918v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Essang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kadekoy-Tigague" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131552v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Jamin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Faure" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131523v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520515v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Rang&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Mbagogo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mahamadou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820514v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Dessertine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betabelet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Malal Diallo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822613v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mbagogo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820533v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820528v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820518v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820570v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820681v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Donner" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02938802v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03788926v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820624v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822057v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Serandour" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822032v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01853715v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine P&#233;rouse de Montclos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/fr/lac-tchad-boko-haram" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870591v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hessana Ahmat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Don" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01853710v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822174v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822208v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01853721v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02270958v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gr&#233;goire" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822091v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822696v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822772v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Poulot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822801v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822730v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822781v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01400536v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Losch" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pesche" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Imbernon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01438988v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01400551v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237693v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouvarel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01389280v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237562v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Diallo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237627v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237696v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237427v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perrier Brusl&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237663v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237540v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237649v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mbagogo Koumbrait" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237708v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Royoux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237700v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237666v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237732v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Arditi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Baldi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Langlois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237939v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01265586v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Boureima" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01265556v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237716v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237958v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238058v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238040v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238045v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238052v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238071v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238066v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056692v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249191v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249186v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249200v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056522v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249198v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249185v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909957v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Diop" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249180v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249194v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Null Arditi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875913v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872703v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992116v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056499v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992115v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462633v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00143490v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332520v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ngaressem" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332203v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332210v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327328v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332116v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04406064v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Caron" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Beau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionslesliensquiliberent.fr" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180531v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03820472v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubresson Alain" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267349v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alexandre" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Argoun&#232;s" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;nos" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blanchon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blot" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822151v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/en/crisis-and- development-1ake-chad-re9ion-and-boko-haram" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01389271v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dubresson" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450689v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Mesclier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piveteau" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236170v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Redon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237595v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236656v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236666v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876447v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237949v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237401v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237296v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876329v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00941230v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170265v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051054v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730494v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448843v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Raison" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730489v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bignante" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050779v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04709464v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulatif Abass Saley" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Adidi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baratoux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Becerra" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benidir Mohamed" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01821660v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ballarin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ban&#233;gas" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Beauville" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boilley" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourlet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078278v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078199v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117655v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dittgen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822234v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822740v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03824274v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Zoutenet" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03470077v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238196v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238185v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238202v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238189v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849471v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Cesaro" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078122v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078070v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078181v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078071v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Koulro-B&#233;zo" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mad-To&#239;ngu&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Miank&#233;ol" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238095v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02844303v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>