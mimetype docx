--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -66,2767 +66,2949 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Initiation of Regularized Cracks is Explained by the Coupled Criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.106576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2026.106576⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fracture Toughness of Periodic Beam Lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.14812⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04793587v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Review of Characteristic Lengths in the Coupled Criterion Framework and Advanced Fracture Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 353 (G1), pp.91-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04785401v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phase-field simulation and coupled criterion link echelon cracks to internal length in antiplane shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 188, pp.105675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2024.105675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of rate-dependent damage phase-field on the limiting crack-tip velocity in dynamic fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 292, pp.109620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2023.109620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topology optimization of periodic beam lattices using Cosserat elasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawfal Blal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 281, pp.107037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2023.107037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting facet nucleation under mixed mode I+III loading with T-stress and mode-dependent fracture properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-023-00703-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099410v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strength-based regularization length in phase field fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.103728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2022.103728⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Memory effect in the plasticity of a silicate glass densified at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Champagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (22), pp.224206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.105.224206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le verre : fragile ou ductile ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reflets de la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 74, pp.46-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/refdp/202274046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling between mechanical stresses and lithium penetration in a lithium ion battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Saidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fourmeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderraouf Boucherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.104532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2022.104532⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermodynamically consistent linear-gradient damage model in Abaqus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Jaccon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Prabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 266, pp.108390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2022.108390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling diffusive phase transformation and fracture in viscoplastic materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethel Djeumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Desquines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 252, pp.111757. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2022.111757⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709190v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An open-source Abaqus implementation of the phase-field method to study the effect of plasticity on the instantaneous fracture toughness in dynamic crack propagation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rian Seghir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2020.113004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toughness or strength? Regularization in phase-field fracture explained by the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafaël Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2020.102736⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03004341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Highlighting the impact of shear strain on the SiO 2 glass structure: From experiments to atomistic simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Heili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 533, pp.119898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2020.119898⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02869331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cellulose crystals plastify by localized shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rodney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Martoïa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre J.J. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshiharu Nishiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (28), pp.7260-7265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1800098115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01828806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">2D and 3D Abaqus implementation of a robust staggered phase-field solution for modeling brittle fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gravouil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 130, pp.27-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2017.03.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plastic response of amorphous silicates, from atomistic simulations to experiments – A general constitutive relation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 114, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2017.07.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of composition and pressure on the shear strength of sodium silicate glasses: An atomic scale simulation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.043001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transition from ductile to brittle failure of sodium silicate glasses: a numerical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">János Török</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MRS Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (24), pp.1797-1802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/adv.2016.166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sodium effect on static mechanical behavior of MD-modeled sodium silicate glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Török</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 440, pp.12-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2016.02.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01353593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Densification dependent yield criteria for sodium silicate glasses - An atomistic simulation approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gergely Molnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Barthel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Kermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 111, pp.129-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.03.053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01353610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of &amp;quot;Fracture Toughness of Periodic Beam Lattices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Réthoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532872v1</w:t>
-              </w:r>
-[...2532 lines deleted...]
-                <w:t xml:space="preserve">hal-02132519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of length scales in material failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mechanics [physics]. INSA Lyon - Ecole Doctorale Mécanique, Energétique, Génie Civil, Accoustique, 2025. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04981472v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2836,763 +3018,656 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges in Phase-Field Modeling of Glass Fracture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Challenging Glass Conference 9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Delft, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes d'accélérations numériques dédiées à la fissuration en fatigue à grand nombre de cycle par champ de phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jaccon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Prabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Bluthé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Gravouil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04709828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From microstructure to fracture toughness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sára Lévay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPLAS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Barcelona, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04239460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size effect in phase-field fracture explained by the coupled criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Gravouil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propagation de fissure de fatigue par champ de phase avec raffinement adaptatif de maillage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Jaccon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Prabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Gravouil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High temperature oxidation and creep behavior of pre-oxidized zircaloy-4 claddings under loca conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E-B Djeumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Desquines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Taurines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gergely Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topfuel 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENS, Oct 2021, Santander, Spain, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04165854v1</w:t>
-              </w:r>
-[...105 lines deleted...]
-                <w:t xml:space="preserve">hal-04793587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId106"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3739,51 +3814,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Moln&#225;r" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785401v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gravouil" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.280" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611234v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lazarus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105675" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239479v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Eid" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109620" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831937v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfal Blal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107037" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099410v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-023-00703-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919622v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103728" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725673v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deschamps" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Champagnon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moln&#225;r" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barthel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.224206" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955403v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Barthel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deschamps" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kermouche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martinet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/202274046" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876062v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Saidi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tanguy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fourmeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderraouf Boucherif" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2022.104532" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623490v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jaccon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prabel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108390" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709190v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethel Djeumen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardif" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desquines" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2022.111757" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rian Seghir" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004341v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Estevez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102736" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869331v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Heili" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Martinez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2020.119898" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828806v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marto&#239;a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J.J. Dumont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiharu Nishiyama" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1800098115" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132509v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.03.002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132500v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.043001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132502v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barthel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.07.002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353593v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T&#246;r&#246;k" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2016.02.024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTCLXV0H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353610v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.03.053" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132519v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos T&#246;r&#246;k" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2016.166" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04981472v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684123v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04709828v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Bluth&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239460v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ra L&#233;vay" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717718v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165854v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E-B Djeumen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Taurines" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793587v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539961v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Moln&#225;r" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2026.106576" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793587v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.14812" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785401v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gravouil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.280" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611234v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lazarus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2024.105675" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239479v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Eid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2023.109620" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831937v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawfal Blal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107037" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099410v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-023-00703-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919622v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103728" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725673v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deschamps" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Champagnon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moln&#225;r" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barthel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.224206" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955403v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Barthel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deschamps" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kermouche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martinet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/202274046" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876062v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Saidi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tanguy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fourmeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderraouf Boucherif" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2022.104532" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623490v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jaccon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Prabel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2022.108390" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709190v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethel Djeumen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desquines" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2022.111757" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541808v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rian Seghir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004341v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Estevez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102736" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869331v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Heili" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Martinez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2020.119898" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828806v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Marto&#239;a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J.J. Dumont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiharu Nishiyama" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1800098115" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132509v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.03.002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132502v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barthel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2017.07.002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132500v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.043001" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132519v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos T&#246;r&#246;k" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2016.166" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353593v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. T&#246;r&#246;k" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2016.02.024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTCLXV0H-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353610v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.03.053" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532872v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04981472v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684123v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04709828v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Bluth&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239460v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ra L&#233;vay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717718v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717687v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165854v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E-B Djeumen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Taurines" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>