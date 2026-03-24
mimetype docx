--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1933,260 +1933,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Alchemy of soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Tondeur</w:t>
+                <w:t xml:space="preserve">Earthly rythms, loops and leaks: lessons from a collective investigation (chapter 14)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Labussiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Meulemans</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Lucia Pietroiusti; Filipa Ramos. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Granjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Baysse-Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Labussière; Germain Meulemans; Céline Granjou; Adrien Baysse-Lainé; Pierre-Olivier Garcia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Shape of a Circle in the Mind of a Fish</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Back to the ground. Knowledge, Politics and Practices of remaking Earth Strata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.297-308, 2025, 978-3-031-88887-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-88888-5_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05456745v1</w:t>
+                <w:t xml:space="preserve">halshs-04917698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthly rythms, loops and leaks: lessons from a collective investigation (chapter 14)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Labussiere</w:t>
+                <w:t xml:space="preserve">An Alchemy of soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tondeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Meulemans</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Olivier Labussière; Germain Meulemans; Céline Granjou; Adrien Baysse-Lainé; Pierre-Olivier Garcia. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucia Pietroiusti; Filipa Ramos. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Back to the ground. Knowledge, Politics and Practices of remaking Earth Strata</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Shape of a Circle in the Mind of a Fish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hatje Cantz, 2025, 978-3-7757-5575-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-88888-5_14⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-04917698v1</w:t>
+                <w:t xml:space="preserve">hal-05456745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingold in the minor key</w:t>
               </w:r>
@@ -2346,64 +2346,64 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Baysse-Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Olivier Labussière, Germain Meulemans, Céline Granjou, Adrien Baysse-Lainé et Pierre-Olivier Garcia. </w:t>
+              <w:t xml:space="preserve">Olivier Labussière; Germain Meulemans; Céline Granjou; Adrien Baysse-Lainé; Pierre-Olivier Garcia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Back to the ground. Knowledge, Politics and Practices of remaking Earth Strata</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palgrave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-3-031-88887-8 ; 978-3-031-88888-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-88888-5_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3768,51 +3768,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Meulemans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13eg9" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456795v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cristina Torres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14w4s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943515v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soisec.2022.100082" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182598v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tondeur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14866" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821866v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristi&#225;n Simonetti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Clark" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Engelmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gruppuso" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Ingold" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Krause" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02632764211030976" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821861v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02632764211030997" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821865v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939316v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.14027" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882863v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/22011919-8142330" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882907v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263276419851857" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882980v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.105.0149" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883010v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882883v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yesenia Thibault-Picazo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/cla.2017.0001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05446735v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussi&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851287v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z. Lerch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Robain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Cristina Torres" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gauthier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth R&#233;my" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04917718v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussiere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-88888-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456745v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04917698v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783031888878" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_14" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151413v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Higgin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://directory.doabooks.org/handle/20.500.12854/161405" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003343134-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04917679v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739043v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Laurent" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Merlin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291114v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13169-1_14" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821867v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778723v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28938/9781912729180" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821868v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882904v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883221v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883023v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knowingfromtheinside.org/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883028v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shagufta Bhangu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ally Bisshop" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Reinert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anthropocene-curriculum.org/contribution/feeling-following-creative-experiments-and-material-play" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02310628v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibo Labat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/en/le-sol-des-villes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934694v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Desrousseaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Angers" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sauveur Ay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04828558v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leenhardt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Meulemans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13eg9" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456795v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cristina Torres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14w4s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943515v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soisec.2022.100082" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182598v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tondeur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14866" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821866v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristi&#225;n Simonetti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Clark" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Engelmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gruppuso" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Ingold" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Krause" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02632764211030976" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821861v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02632764211030997" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821865v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02939316v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.14027" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882863v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/22011919-8142330" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882907v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263276419851857" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882980v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.105.0149" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883010v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882883v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yesenia Thibault-Picazo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/cla.2017.0001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05446735v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussi&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851287v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Z. Lerch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Robain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Cristina Torres" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gauthier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth R&#233;my" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04917718v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussiere" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-88888-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04917698v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783031888878" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_14" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456745v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151413v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Higgin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://directory.doabooks.org/handle/20.500.12854/161405" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003343134-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04917679v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88888-5_1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739043v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Laurent" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Merlin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291114v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13169-1_14" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821867v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778723v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28938/9781912729180" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821868v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tari" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882904v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883221v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883023v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://knowingfromtheinside.org/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883028v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shagufta Bhangu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ally Bisshop" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Reinert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anthropocene-curriculum.org/contribution/feeling-following-creative-experiments-and-material-play" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02310628v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibo Labat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/en/le-sol-des-villes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934694v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Desrousseaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Angers" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sauveur Ay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04828558v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leenhardt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>