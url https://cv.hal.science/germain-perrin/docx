--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -166,295 +166,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphi Consensus Among French Obesity Experts on Clinical Recommendations for Drug Prescription in Patients With Severe Obesity</w:t>
+                <w:t xml:space="preserve">Factors associated with medication adherence trajectory among patients treated with oral anticancer drugs: a multicentre cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Berdot</w:t>
+                <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germain Perrin</w:t>
+                <w:t xml:space="preserve">Audrey Thomas-Schoemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Disse</w:t>
+                <w:t xml:space="preserve">François Goldwasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armelle Arnoux</w:t>
+                <w:t xml:space="preserve">Pascaline Boudou-Rouquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Bertin</w:t>
+                <w:t xml:space="preserve">Nicolas Delanoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (12), pp.e13977. </w:t>
+              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (11), pp.951. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/obr.13977⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00520-025-09996-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05228358v1</w:t>
+                <w:t xml:space="preserve">hal-05368907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors associated with medication adherence trajectory among patients treated with oral anticancer drugs: a multicentre cohort study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Delphi Consensus Among French Obesity Experts on Clinical Recommendations for Drug Prescription in Patients With Severe Obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Berdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Goldwasser</w:t>
+                <w:t xml:space="preserve">Emmanuel Disse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascaline Boudou-Rouquette</w:t>
+                <w:t xml:space="preserve">Armelle Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Delanoy</w:t>
+                <w:t xml:space="preserve">Eric Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 33 (11), pp.951. </w:t>
+              <w:t xml:space="preserve">Obesity Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (12), pp.e13977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00520-025-09996-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/obr.13977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05368907v1</w:t>
+                <w:t xml:space="preserve">hal-05228358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychometric Properties of a Machine Learning–Based Patient-Reported Outcome Measure on Medication Adherence: Single-Center, Cross-Sectional, Observational Study</w:t>
               </w:r>
@@ -466,51 +466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Korb-Savoldelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -568,295 +568,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04343657v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bleeding risk of intramuscular injection of COVID‐19 vaccines in adult patients with therapeutic anticoagulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association Between Exposure to Effervescent Paracetamol and Hospitalization for Acute Heart Failure: A Case-Crossover Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Berdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gendron</w:t>
+                <w:t xml:space="preserve">Sandrine Katsahian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lina Khider</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claire Auditeau</w:t>
+                <w:t xml:space="preserve">Nicolas Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jth.15709⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (7), pp.883-890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcph.2027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03866352v1</w:t>
+                <w:t xml:space="preserve">hal-03644630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between Exposure to Effervescent Paracetamol and Hospitalization for Acute Heart Failure: A Case-Crossover Study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sarah Berdot</w:t>
+                <w:t xml:space="preserve">Bleeding risk of intramuscular injection of COVID‐19 vaccines in adult patients with therapeutic anticoagulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Khider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Beller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Katsahian</w:t>
+                <w:t xml:space="preserve">Benjamin Espinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Danchin</w:t>
+                <w:t xml:space="preserve">Claire Auditeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 62 (7), pp.883-890. </w:t>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (6), pp.1507-1510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcph.2027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jth.15709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03644630v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03866352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying homogeneous healthcare use profiles and treatment sequences by combining sequence pattern mining with care trajectory clustering in kidney cancer patients on oral anticancer drugs: A case study</w:t>
               </w:r>
@@ -868,64 +868,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Baudrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delanoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Katsahian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -970,606 +970,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmaceutical consultation to detect drug interactions in patients treated with oral chemotherapies: A descriptive cross‐sectional study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of a multifaceted intervention to promote the use of intravenous iron sucrose complex instead of ferric carboxymaltose in patients admitted for more than 24 h</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Berdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Lachuer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Germain Perrin</w:t>
+                <w:t xml:space="preserve">Jacques Pouchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymeric Chastel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Constance Thibault</w:t>
+                <w:t xml:space="preserve">Marie-Caroline Loustalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ecc.13396⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 77 (2), pp.189-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00228-020-02993-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349595v1</w:t>
+                <w:t xml:space="preserve">hal-03335341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a multifaceted intervention to promote the use of intravenous iron sucrose complex instead of ferric carboxymaltose in patients admitted for more than 24 h</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effectiveness of a ‘do not interrupt’ vest intervention to reduce medication errors during medication administration: a multicenter cluster randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Berdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Vilfaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonnick Bezie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Pouchot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Caroline Loustalot</w:t>
+                <w:t xml:space="preserve">Marion Berge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00228-020-02993-y⟩</w:t>
+              <w:t xml:space="preserve">BMC Nursing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (1), pp.153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12912-021-00671-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335341v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03331021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of a ‘do not interrupt’ vest intervention to reduce medication errors during medication administration: a multicenter cluster randomized controlled trial</w:t>
+                <w:t xml:space="preserve">Intramuscular Vaccination in Adults with Therapeutic Anticoagulation in the Era of COVID-19 Vaccines Outbreak: A Practical Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Berdot</w:t>
+                <w:t xml:space="preserve">Germain Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Beller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Darnige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Khider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Vilfaillot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marion Berge</w:t>
+                <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Nursing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12912-021-00671-7⟩</w:t>
+              <w:t xml:space="preserve">TH Open : Companion Journal To Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 05 (02), pp.e166-e170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0041-1729627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03331021v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramuscular Vaccination in Adults with Therapeutic Anticoagulation in the Era of COVID-19 Vaccines Outbreak: A Practical Review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Pharmaceutical consultation to detect drug interactions in patients treated with oral chemotherapies: A descriptive cross‐sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Lachuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christine Le Beller</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Chastel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Darnige</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lina Khider</w:t>
+                <w:t xml:space="preserve">Hail Aboudagga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Smadja</w:t>
+                <w:t xml:space="preserve">Constance Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TH Open : Companion Journal To Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 05 (02), pp.e166-e170. </w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0041-1729627⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ecc.13396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03349600v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of BKCa channels to vascular tone regulation by PDE3 and PDE4 is lost in heart failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Idres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1646,103 +1646,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of interventions by pharmacists collected in a computerised physician order entry context: a prospective observational study with a 10-year reassessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Loustalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Berdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss Medical Weekly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
@@ -1780,103 +1780,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of exposure to effervescent drugs in a large health check-up population in France: a cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Berdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (7), pp.e022368. </w:t>
@@ -1927,77 +1927,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pharmaceutical interventions to improve safety of chemotherapy-treated cancer patients: A cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Daupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Lhermitte-Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Loustalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2048,90 +2048,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiovascular risk associated with high sodium-containing drugs: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Korb-Savoldelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Durieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2214,51 +2214,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation du risque associé à l’exposition aux médicaments à haute teneur en sodium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cardiologie et système cardiovasculaire. Université Paris Cité, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019UNIP5183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2375,51 +2375,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="604E59FA"/>
+    <w:nsid w:val="F2A9A0E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2606,51 +2606,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/germain-perrin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5330-1777" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228358v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berdot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Perrin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Disse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Arnoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13977" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368907v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thomas-Schoemann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goldwasser" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Boudou-Rouquette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delanoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09996-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343657v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Korb-Savoldelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Tran" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Touchard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pastre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/42384" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866352v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gendron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Khider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Beller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Espinasse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auditeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15709" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03644630v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Katsahian" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Danchin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcph.2027" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816638v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Baudrier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Sabatier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14604582221101526" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349595v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lachuer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Chastel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hail Aboudagga" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Thibault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecc.13396" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335341v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pouchot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Loustalot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-020-02993-y" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03331021v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vilfaillot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick Bezie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12912-021-00671-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349600v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Darnige" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smadja" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1729627" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463726v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Idres" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Domergue" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Gomez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvy161" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335354v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durieux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4414/smw.2019.20015" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Thomas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pannier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-022368" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349547v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Daupin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Lhermitte-Pastor" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pernot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1078155219826344" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349535v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karras" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180634" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04071522v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019UNIP5183" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/germain-perrin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5330-1777" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368907v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Perrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Thomas-Schoemann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goldwasser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Boudou-Rouquette" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delanoy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09996-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228358v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berdot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Disse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Arnoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13977" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343657v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Korb-Savoldelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Tran" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Touchard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pastre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/42384" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03644630v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Katsahian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Danchin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcph.2027" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866352v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gendron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Khider" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Beller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Espinasse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auditeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15709" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816638v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Baudrier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Sabatier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14604582221101526" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335341v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pouchot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Loustalot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-020-02993-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03331021v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vilfaillot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick Bezie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12912-021-00671-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349600v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Darnige" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smadja" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1729627" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349595v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lachuer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Chastel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hail Aboudagga" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Thibault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecc.13396" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463726v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Idres" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Domergue" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Gomez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvy161" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335354v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durieux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4414/smw.2019.20015" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335364v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Thomas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pannier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-022368" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349547v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Daupin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Lhermitte-Pastor" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pernot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1078155219826344" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349535v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karras" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180634" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04071522v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019UNIP5183" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>