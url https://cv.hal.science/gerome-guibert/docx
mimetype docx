--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gérôme Guibert </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gerome-guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2365-0271</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05350075X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">48157581696433781829</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">000000005061399X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert est Professeur de sociologie à l'Institut de la Communication et des Médias (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFR Arts et Médias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, université Sorbonne-Nouvelle - Paris 3).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est directeur adjoint du département ICM (Institut de la Communication et des Médias), ainsi que de la spécialité de Master 2 MGCS (Médias, Genre et Cultural Studies)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est Chercheur à l'</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRMECCEN, EA 7546</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Université Sorbonne Nouvelle, et membre de la commission Formation & Recherche de l'UFR Arts & Médias.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Contact : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gerome.guibert[at]sorbonne-nouvelle.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projets de recherche :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directeur de l'équipe Irméccen du projet ANR pluridisciplinaire </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCAENA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> sur les dynamiques des scènes culturelles (2019-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Porteur du projet sur le </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tournant numérique de la musique live pour le Labex ICCA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Laboratoire d'excellence Industries culturelles et creations artistiques)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'ISMMS (International Society for Metal Music Studies) et de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l'Editorial Board</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de la </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">revue de recheche MMS (Metal Music Studies)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, il a été l'oganisateur du </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">quatrième colloque mondial de l'ISMMS en juin 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coorganisateur de l'atelier de recherche mensuel Campus Condorcet (2020-2022) &amp;quot;</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acazine. le fanzine nouvel outil de recherche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Projets éditoriaux</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-fondateur et membre du comité de rédaction de la revue de recherche </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume!</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">popular music studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">) dont il a été directeur de la publication entre 2009 et 2017</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Il est directeur de la collection d'ouvrages &amp;quot;Musiques et société&amp;quot; édités par les Editions Mélanie Seteun (diffusion </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Presses du Réel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">en numérique disponible en Freemium sur OpenBooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est membre du conseil scientifique du CNMLab (Centre National de la Musique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est également membre des comités scientifiques des revues de recherche : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transposition (musique et sciences sociales) ; Revue musicale OICRM ; Journal of World Popular Music ; Zines ; Communiquer ; Emerald Studies in Metal Music Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Book collection).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Licence :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Médias et culture (cours transversal mineure Arts & Médias de la licence 1) Sociologie des musiques populaires (licence 3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les entreprises de la culture et des medias : Modèles économiques et logiques de fonctionnement (séminaire de Master 1ère année).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de la culture (M2 Communication Interculturelle et Ingénierie de Projets)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de la culture et pratiques culturelles (M2 Journalisme Culturel) .</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les cultures populaires : théories et pratiques (Master 2 MGCS)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La dimension culturelle de l'économie (séminaire Master 2 MGCS)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Industries et scènes musicales (Master 2 Industries médiatiques et médiation numérique, dpt Médiation culturelle)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Informations complémentaires</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IASPM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (International Association for the Study of Popular Music)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Laboratoire Interdisciplinaire pour la Sociologie Economique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASES</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et de l'</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Association des Sociologues de l'Enseignement Supérieur / Association française de Sociologie )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commission d'Acquisition de la Collection Musiques Amplifiées </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">dirigée par Marc Touché au MUCEM (ex : MNATP : Musée national des Arts et Traditions populaires)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Popular Cultures Research Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musical Scenes and Social Class</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Nature Switzerland, 2024, Pop Music, Culture and Identity, 2052-3998. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56506-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in French Popular Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2018, 978-1138793040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médias, culture et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Rebillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2200614546</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques actuelles, ça part en live</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRMA - DEPS, Ministère de la culture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.140, 2013, Evolutic, 978-2-916668-95-6. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/deps.guibe.2013.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00827262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Production de la culture. Le cas des musiques amplifiées en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Mélanie Seteun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Musique et société, 9782913169487. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.ms.554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouveaux courants musicaux. Simples produits des Industries culturelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mélanie Seteun, 1998, Collection Musique et société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music-hall. La musique en grand spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Piana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Moine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! recherches sur les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22 (1), 186 p., 2025, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/140pv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique live en contexte numérique. Captation, diffusion, valorisation, usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, 2022, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communiquer.9550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paradoxal metal. Entre pratiques ordinaires et représentations transgressives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 : 2, 2019, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de « scène », entre sociologie de la culture et sociologie urbaine : genèse, actualités et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bellavance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de recherche sociologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 57, 2014, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035272ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les scènes metal. Sciences sociales et pratiques culturelles radicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), 2006, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonorités Hip-Hop. Logiques globales et hexagonales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3 : 2, 2004, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forme music-hall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Piana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Moine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! recherches sur les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22 (1), pp.7-20. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/140pk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la pratique au concept, et retour. Quand tous les chemins mènent au Walkman Sony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22 (2), pp.9-14. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/159m0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reflection on Fabien Hein’s Hard Rock, Heavy Metal, Metal: Histoire, Cultures et Pratiquants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metal Music Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (1), pp.127-130. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1386/mms_00151_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Good Times, Bad Times’: Hellfest in the days of COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metal Music Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (2), pp.145-154. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1386/mms_00133_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Howard Becker, Philip Tagg, Numa Murard. Hommage à trois membres du comité scientifique de Volume ! récemment disparus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1&amp;2), pp.311-314. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12vl4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hesmondhalgh : l’indie anglophone et le destin de l’alternative musicale, lettre française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1&amp;2), pp.221-225. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12vkm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données chiffrées sur la revue Volume ! entre 2002 et 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adélie Laruncet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1&amp;2), pp.281-299. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12vl0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le live et après. Sociologie d’une filière de la production audiovisuelle de concerts de musiques actuelles en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les nouvelles médiations audiovisuelles de la musique live, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sociologies.21438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Live Performance and Filmed Concerts: Remarks on Music Production and Livestreaming before, during, and after the Public Health Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnomusicology Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique live en contexte numérique. Captation, diffusion, valorisation, usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35, pp.01-06. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communiquer.9554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everyone Loves Live Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35, pp.163-165. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communiquer.10114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randal J. Stevens, The Devil’s Music: How Christians Inspired, Condemned, and Embraced Rock’n’Roll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transposition. Musique et sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transposition.5751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03885696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique metal, une mondialisation minoritaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Essentiels d'Hermès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 86 (1), pp.164-169. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/herm.086.0164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant numérique du spectacle vivant. Le cas des festivals de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Essentiels d'Hermès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 86 (1), pp.59-61. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/herm.086.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le heavy metal comme cas limite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 : 2, pp.7-12. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03885684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les spécificités culturelles de la production de musique metal. Le cas de l’industrie de la musique live en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 : 2, pp.25-35. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Heesch & Niall Scott, Heavy metal, gender and sexuality. Interdisciplinary approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.116-120. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Lesourd, Black metal et art contemporain : pour une migration des symboles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Lesourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guesde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.71-89. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Hellfest, arène discursive. Sociologie des festivals de musique live comme sphères publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminocorpus, revue hypermédia. Histoire de la justice, des crimes et des peines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/criminocorpus.6393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adepte du rock, militant communiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgard Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.151-173. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.5487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité et auto-organisation en entrepreneuriat collectif : analyse d’une scène musicale locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (2), pp.87-113. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1040457ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila, Take a Bow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Scott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ferrett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Inglis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Spelman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Lloyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (2), pp.205-215. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène comme outil d'analyse en sociologie de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Observatoire, la revue des politiques culturelles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47 (1), pp.17-20. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lobs.047.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punkitude et vie quotidienne dans le Paris de la fin des années 1970. Entretien avec Marie Roué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Roué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (1), pp.141-155. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.5087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique punk DIY vs Education populaire. Analyse de l'émergence et de la persistance d'une scène musicale locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Observatoire, la revue des politiques culturelles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47, pp.26-30. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lobs.047.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Bitches Brew”. Le jazz et les musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 303 : arts, recherches et créations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 129, pp.24-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultural Studies et Économie Politique de la Communication : quel rapport au marxisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 33 (192), pp.88-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Olivier, dir. : Musiques au monde. La tradition au prisme de la création, Sampzon : Delatour France, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27, pp.323-325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le vinyle était soldé et le CD roi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Audimat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, N° 2 (2), pp.84-100. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/audi.002.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bellavance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de recherche sociologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57, pp.5. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035272ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques actuelles : les restructurations au cœur de la production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 493, pp.27-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« This is the Modern World. Pour une histoire sociale du rock », Colloque international, Université Lille 3/Aéronef, 13-14-15 juin 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (2), pp.206-208. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tdm.021.0203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dancing with the Devil. Panorama des “metal studies”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal studies : la naissance d'un champ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.199-204. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.3486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01489197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des festivals de musiques actuelles dans le dynamisme de la scène pop nantaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3, http://tristan.u-bourgogne.fr/CGC/publications/Festivals_societes/G_Guibert.htm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01395402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Spracklen, Andy R. Brown et Keith Kahn Harris (eds.), “Metal studies ? Cultural Research in the Heavy Metal Scene”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.208-211. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.3474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellfest: The Thing That Should not Be? Local Perceptions and Catholic Discourses on Metal Culture in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Popular Music History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.100-115. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1558/pomh.v6i1/2.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La course à la taille dans le secteur associatif des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Eynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 326, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1016870ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01884848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiocrité, artifices, manipulation ? À propos des adolescents et de la musique à succès. Une illustration à partir du groupe Kiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes et médias, les cahiers francophones de l'éducation aux médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Emancipation of Mimi ? Les enjeux du tournant communicationnel de Mariah Carey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (2), pp.65-91. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.2681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La classe rémoise » : A propos du traitement médiatique des musiques populaires émergentes en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (1-2), pp.113-126. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3828/cfc.2011.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiocrité, artifices, manipulation ? À propos des adolescents et de la musique à succès.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes et médias, les cahiers francophones de l'éducation aux médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (1), pp.17-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détourner le contrôle ? Le cas de la fédération des lieux de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (1), pp.79-92. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sopr.022.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en œuvre des sociétés coopératives d’intérêt collectif (SCIC) dans le secteur culturel. Diversités entrepreneuriales et difficultés managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2 (30), pp.71 - 97. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.030.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Perrenoud, Les musicos. Enquête sur des musiciens ordinaires, Paris, La Découverte, coll. « Textes à l’appui », 2007, 320 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38 (1), pp.163-166. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.081.0163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publier par gros temps. Kargo, un itinéraire éditorial des musiques populaires à la philosophie contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laumonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (1&amp;2), pp.177-191. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’originalité du travail de Philip Tagg, pionnier des popular music studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (1&amp;2), pp.162-167. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La structuration de la diffusion dans le secteur des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de l'Orcca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques amplifiées en France. Phénomènes de surface et dynamiques invisibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25, pp.141-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal. Une culture de la transgression sonore. Entretien avec Marc Touché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Touché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.137-152. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplicité en œuvre. Spécificité des circuits de production et diversité des pratiques jazzistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Saladin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 8 (1), pp.77-102. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/soart.008.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Internationale-metal au conflit sociétal local : la scène de Casablanca. Entretien avec Amine Hamma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Hamma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.153-177. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris M. Berger, Metal, Rock and Jazz. Perception and the Phenomenology of Musical Experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.180-183. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques amplifiées : commerce, loisir, underground ou tiers secteur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de psychologie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Musiques et politique, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Petiau (dir), « Pratiques musicales », Sociétés, vol. 85, n° 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (2), pp.127-130. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Mitchell (ed.), Global Noise. Rap and Hip-Hop outside the USA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (2), pp.150-152. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonorités du hip-hop. Logiques globales et hexagonales. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (2), pp.5-15. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Chantez-vous en français ou en anglais ?”. Le choix de la langue dans le rock en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (2), pp.83-98. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.2266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de deux ouvrages récents sur le black metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (1), pp.124-127. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de deux ouvrages français sur les études de fan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (2), pp.122-127. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrie musicale et musiques amplifiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chimères : revue des schizoanalyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 40, pp.11-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique hip hop et l’esprit du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 11, pp.54-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les approches pionnières des scènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles Ambrosino; Basile Michel; Dominique Sagot-Duvauroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes artistiques : Au‑delà de la ville créative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-60, 2025, Politiques culturelles, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pug.ambro.2025.01.0053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture underground et (in)visibilité des scènes musicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles Ambrosino; Basile Michel; Dominique Sagot-Duvauroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes artistiques : Au‑delà de la ville créative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-147, 2025, Politiques culturelles, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pug.ambro.2025.01.0133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Social Class, Punk and Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musical Scenes and Social Class. Debating Punk and Metal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-13, 2024, Pop Music, Culture and Identity, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56506-9_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse magazine musicale. Etat des lieux et enjeux du tournant numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Etienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Musique en Mouvements. Horizon 2030,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre national de la musique, 2022, CNM Lab</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un nouvel héritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.399-404, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-20, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carrières, subcultures, scènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-152, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique des identités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-210, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des esthétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-26, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Live Shows: Regulation and Innovation in the French Live Music Video Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chris Anderton; Sergio Pisfil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Researching Live Music: Gigs, Tours, Concerts and Festivals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Focal Press; Routledge, pp.238-249, 2022, 9780367405007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de la popularité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.285-290, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1972, les débuts du mouvement punk rock ? L’impact décisif du rock critic Lester Bangs des deux côtés de l’Atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Poirrier; Lucas Le Texier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulations musicales transatlantiques au XXe siècle. Des Beatles au hardcore Punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Universitaires de Dijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-36441-406-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Belle Endormie Awakened by Hellfest Open Air? A Study of the Nantes Heavy Metal Music Scene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Turbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bryan Bardine; Jerome Stueart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Metal Metal Scenes around the World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chicago University Press, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Live Shows: Regulation and Innovation in the French Live Music Video Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chris Anderton; Sergio Pisfil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Researching Live Music. Gigs, Tours, Concerts and Festivals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9780367405007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier les dynamiques associatives locales dans le domaine de la musique. Apports et limites de l’interdisciplinarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chloé Langeard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valeurs de la culture. Méthodes et concepts à l’épreuve du pluralisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-7535-7903-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(La scène de) Montaigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Robène; Solveig Serre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Punk is not dead. Lexique franco-punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de scène en sociologie. Un prisme d'analyse des dynamiques culturelles territorialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sandrine Emin; Nathalie Schieb-Bienfait. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes locales, clusters culturels et quartiers créatifs. Les ressorts et enjeux territoriaux du developpement culturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assimilation, Appropriation, French Specificity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloire et déclin du groupe de hard-rock français Trust (1977-1984) : une hypothèse socio-politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arnaud Baubérot; Florence Tamagne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">This is The Modern Rock. Pour une Histoire Sociale du Rock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politicizing Popular Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">We Freed Ourselves From the Band Format: A Conversation with Nicolas Godin (Air - French band)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Godin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeitgeist. The Mutations of French Popular Music During the “30 glorieuses”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse musicale. Production d'un univers culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Blandin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manuel d'analyse de la presse magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-243, 2018, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.bland.2018.01.0229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s the French Touch in French Popular Music? A Sociohistorical Introduction to Chanson and Other French Repertoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marche ou Crève: The Band Trust and the Singular Case of the Birth of French Heavy Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Digital Stakes to Cultural Heritage : French Contemporary Topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s the French Touch in French Popular Music? A Sociohistorical Introduction to Chanson and Other French Repertoires (Introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made In France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-16, 2017, 9781315761619</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Social Characteristics of the Contemporary Metalhead: The Hellfest Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Andy Brown; Keith Kahn-Harris; Niall W. R. Scott; Karl Spracklen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Metal Music and Culture. Current Direction in Metal Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9781138822382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la tradition folk dépoussière le rock. Patrimonialisation et « Do-it-Yourself » dans une commune de l’Ouest de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Colleu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire Collective. Patrimoines culturels d'avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2016, 978-2-343-09562-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“L’oeil du tigre”. Metal, punk, culture hippie et musiques de variétés dans le film Persepolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barbara Laborde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Persepolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Bord de l'Eau, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metalheads Characteristics : Some Statistics From the Main French Metal Event (Hellfest)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Toni-Matti Karjalainen; Kimi Kärki. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Heavy Metal : Markets, Practices and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IIPC, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Folk Meets Pop': DIY archives in the making in a punk rock DIY community in Western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sarah Baker. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preserving Popular Music Heritage: Do-it-Yourself, Do-it-Together</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9781138781436</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02396006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notoriété des artistes et organisation des concerts de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wenceslas Lizé; Delphine Naudier; Séverine Sofio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stratèges de la notoriété. Intermédiaires et consécration dans les univers artistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition des Archives Contemporaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-2-813000-99-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellfest: the Thing That Should not Be? Local Perceptions and Catholic Discourses on Metal Culture in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titus Hjelm; Keith Kahn-Harris; Mark LeVine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heavy Metal: Controversies and Countercultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equinox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-118, 2013, 9781845539412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de scène locale. Pour une approche renouvelée de l’analyse des courants musicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Dorin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound Factory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Mélanie Séteun; Editions Uqbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-124, 2012, 978-2-913169-31-9. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.ms.1055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03889364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charting the History of Amplified Music in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Guern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hugh Dauncey; Philippe Le Guern. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereo: Comparative Perspectives on the Sociological Study of Popular Music in Franc and Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate Publishing, pp.23-43, 2011, 9781409405689</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruit ? Pour une sociologie du volume sonore dans les musiques amplifiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Olivier Gonseth; Bernard Knodel; Yann Laville; Grégoire Mayor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée d’ethnographie de Neuchâtel, 2011, 9782880780371</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Music Scenes in France. Definitions, Stakes, Particularities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hugh Dauncey; Philippe Le Guern. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereo: Comparative Perspectives on the Sociological Study of Popular Music in Franc and Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate Publishing, pp.223-238, 2011, 9781409405689</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rock’n’roll est-il du jazz ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Claude Taddei. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Territoires du jazz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’université d’Angers, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise sociale – SCIC entre intégration et tensions : le cas du secteur culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Economie sociale et solidaire: Nouvelles pratiques et dynamiques territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.79 - 98, 2011, Économie et société, 9782753512733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène musicale à Nantes. De la ville perçue à la ville vécue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magali Grandet; Gérôme Guibert; Stéphane Pajot; Dominique Sagot-Duvauroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nantes, la Belle Eveillée, le pari de la culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'Attribut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9782916002156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03889382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène musicale à Nantes. De la ville perçue à la ville vécue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nantes, la belle éveillée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l’Attribut, pp.109-137, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupes professionnels en musique : entre spectacle vivant et industries culturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Henry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une Indépendance en croisée des chemins. Les compagnies professionnelles de spectacle vivant en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions l'Espace d'un Instant, pp.147-152, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le secteur des musiques actuelles : les paradoxes de la professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Gaudez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Arts moyens aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, L'Harmattan, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie solidaire entre normatif et pragmatisme. Le cas de l'UFISC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Colin; Arthur Gauthier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une autre économie de l'art et de la culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Érès, pp.87-100, 2008, Collection sociologie économique, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.gauti.2008.01.0087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques actuelles et politiques publiques en France. Quelles actions pour quels effets ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie Seca. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques populaires underground et représentations du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InterCommunications; EME, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de l'autre économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Places Shape Creative Territories? The case of a French Audiovisual Cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Rallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Suire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musical Scenes and Social Class, Debating Punk and Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse magazine musicale. État des lieux et enjeux du tournant numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La musique en mouvements : horizon 2030</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques populaires et leurs images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antipode, 10 ans de création graphique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking Metal Music Seriously. An Interview with Deena Weinstein and Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deena Weinstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guesde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Metal sort de l’ombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rock, de la scène au musée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.70-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographie du souvenir, chemins de la connaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l'andouille à Bacon, la chair des cultures populaire. Journée d'étude en l'honneur de Christophe Lamoureux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabienne Laurioux; Bernard Lehman; Anna Mesclon; Valérie Rolle; Antoine Vion, Feb 2023, Nantes, Laboratoire Cens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reste-t-il une place pour une expression musicale de la jeunesse populaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les peuples de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP; GdR OpuS CNRS, Nov 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique live versus livestream. Confinements et couvre-feux, quels développements pour la musique live en ligne durant la crise sanitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Institutions musicales en temps de crise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Interdisciplinaire d’études et de Recherches sur l’Allemagne, Oct 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magic RPM (Revue pop Moderne) 1995-2017, du print au web. Remarques sur un travail journalistique en immersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La critique culturelle sur le web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julie Anselmini; Valerie Vignaux, Jun 2021, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le live et après ? Comment le numérique transforme et prolonge l’expérience du concert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le futur du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Suisse de Sociologie, Sep 2019, Neuchâtel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tournant numérique de l'économie de la musique live. Le cas de SoCoop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Rencontres du Réseau Interuniversitaire de l'Economie Sociale et Solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Marne-la-vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numérisation de la billetterie de l’économie de la musique “live”.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe rencontres du Réseau Interuniversitaire de l’Economie Sociale et Solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hervé Defalvard, May 2019, Marne-La-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régie publicitaire et projet éditorial. La première décennie du magazine musical Magic RPM (Revue Pop Moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marques, publicités et création audiovisuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kira Kitsopanidou; Alan Ouakrat; Laurence Allard; Julien Mésangeau, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there cultural specificities of the metal music economy? The case of the live music industry in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hardwired 6, approching the metal reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Siegen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène rock nantaise et le punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND. La scène punk à Nantes (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elvire Bornand; Gildas Lescop; Solveig Serre; Luc Robène, Nov 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant numérique du &amp;quot;spectacle vivant de musiques actuelles&amp;quot; et ses effets sur l’offre de musique live. L’exemple de la billetterie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International CUMEN : Cultures des médias numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabien Bonnet; Eleni Mitropoulou; Catherine Roth; Carsten Wilhelm, Dec 2018, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitales culturelles et industries de la musique : éléments pour une approche spatiale du rôle de Paris dans la production des musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Les capitales européennes et la culture depuis 1945”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Françoise Taliano-des Garets; Laurent Martin; Centre d'histoire sociale du XXe siècle; Intégration et Coopération dans l'Espace Européen, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène punk à Montaigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, Punk is not dead, work in Progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solveig Serre; Luc Robène, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les préférences politiques et religieuses des spectateurs du festival Hellfest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Society for Metal Music Studies Conference : Boundaries and Ties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Metal Music Studies Conference, Jun 2017, British Columbia, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fanzine Kérosène et la scène de Montaigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gérardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, La scène punk à Montaigu (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gérôme Guibert; Solveig Serre; Luc Robène, Jul 2017, Montaigu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débuts de la scène musicale hip-hop nantaise (1997-2001). Institutions, acteurs, réseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conçues pour durer. Perspectives francophones sur les musiques hip-hop. Colloque international et interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alice Aterianus-owanga; Emmanuelle Carinos; Séverin Guillard; Karim Hammou; Virginie Millot; Marie Sonnette, Feb 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Craoued à Aïnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pietrucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, La scène punk à Montaigu (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gérôme Guibert; Solveig Serre; Luc Robène, Jul 2017, Montaigu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre singularité et normalisation. Les salariés des lieux de musiques actuelles en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyacinthe Chataigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bezsonoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travailler dans la musique,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marc Perrenoud; Pierre Bataille, Jan 2017, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place aux punks : trois générations de punk à Montaigu et dans le bocage vendéen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Rochelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Néfastes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jello Biafine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, La scène punk à Montaigu (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gérôme Guibert; Solveig Serre; Luc Robène, Jul 2017, Montaigu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier les moments du punk : entre subjectivité, mémoire collective et artefacts matériels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND La scène punk en France Quarante ans d'histoire (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solveig Serre; Luc Robène, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sociologie de la classe ouvrière ? Michel Verret lecteur de Richard Hoggart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultural Studies et critique marxiste : dialogues, tensions, confrontations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEMTI; BPI, Jun 2016, Université Paris 8, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au renouveau de la sociologie économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultural Studies/Études Culturelles : au-delà des politiques des identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éric Maigret; Laurent Martin, Sep 2015, Centre Culturel International de Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier les dynamiques territoriales à l’oeuvre au sein des musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND. La scène punk en France (1976-2016) : objets et méthodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solveig Serre; Luc Robène, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’où vient le concept de scène ? Contribution à une histoire des rapports entre espace physique et espace sociale en sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, MSH Ange Guépin, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une dynamique hors norme ? Structuration et enjeux de la pérennisation d'un collectif d'associations centré sur la culture en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Gérôme Guibert </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gerome-guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2365-0271</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">05350075X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">48157581696433781829</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">000000005061399X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert est Professeur de sociologie à l'Institut de la Communication et des Médias (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFR Arts et Médias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, université Sorbonne-Nouvelle - Paris 3).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est directeur adjoint du département ICM (Institut de la Communication et des Médias), ainsi que de la spécialité de Master 2 MGCS (Médias, Genre et Cultural Studies)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est Chercheur à l'</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRMECCEN, EA 7546</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Université Sorbonne Nouvelle, et membre de la commission Formation & Recherche de l'UFR Arts & Médias.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Contact : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">gerome.guibert[at]sorbonne-nouvelle.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Projets de recherche :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directeur de l'équipe Irméccen du projet ANR pluridisciplinaire </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCAENA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> sur les dynamiques des scènes culturelles (2019-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Porteur du projet sur le </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tournant numérique de la musique live pour le Labex ICCA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Laboratoire d'excellence Industries culturelles et creations artistiques)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'ISMMS (International Society for Metal Music Studies) et de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l'Editorial Board</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> de la </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">revue de recheche MMS (Metal Music Studies)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, il a été l'oganisateur du </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">quatrième colloque mondial de l'ISMMS en juin 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Coorganisateur de l'atelier de recherche mensuel Campus Condorcet (2020-2022) &amp;quot;</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acazine. le fanzine nouvel outil de recherche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Projets éditoriaux</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-fondateur et membre du comité de rédaction de la revue de recherche </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume!</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">popular music studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">) dont il a été directeur de la publication entre 2009 et 2017</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Il est directeur de la collection d'ouvrages &amp;quot;Musiques et société&amp;quot; édités par les Editions Mélanie Seteun (diffusion </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Presses du Réel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) et </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">en numérique disponible en Freemium sur OpenBooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est membre du conseil scientifique du CNMLab (Centre National de la Musique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est également membre des comités scientifiques des revues de recherche : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transposition (musique et sciences sociales) ; Revue musicale OICRM ; Journal of World Popular Music ; Zines ; Communiquer ; Emerald Studies in Metal Music Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Book collection).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Licence :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Médias et culture (cours transversal mineure Arts & Médias de la licence 1) Sociologie des musiques populaires (licence 3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les entreprises de la culture et des medias : Modèles économiques et logiques de fonctionnement (séminaire de Master 1ère année).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de la culture (M2 Communication Interculturelle et Ingénierie de Projets)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sociologie de la culture et pratiques culturelles (M2 Journalisme Culturel) .</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les cultures populaires : théories et pratiques (Master 2 MGCS)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La dimension culturelle de l'économie (séminaire Master 2 MGCS)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Industries et scènes musicales (Master 2 Industries médiatiques et médiation numérique, dpt Médiation culturelle)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Informations complémentaires</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IASPM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (International Association for the Study of Popular Music)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LISE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Laboratoire Interdisciplinaire pour la Sociologie Economique)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASES</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et de l'</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Association des Sociologues de l'Enseignement Supérieur / Association française de Sociologie )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commission d'Acquisition de la Collection Musiques Amplifiées </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">dirigée par Marc Touché au MUCEM (ex : MNATP : Musée national des Arts et Traditions populaires)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Popular Cultures Research Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musical Scenes and Social Class, Debating Punk and Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave Macmillan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musical Scenes and Social Class. Debating Punk and Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer Nature Switzerland, 2024, Pop Music, Culture and Identity, 2052-3998. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56506-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in French Popular Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2018, 978-1138793040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médias, culture et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Rebillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2200614546</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques actuelles, ça part en live</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRMA - DEPS, Ministère de la culture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.140, 2013, Evolutic, 978-2-916668-95-6. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/deps.guibe.2013.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00827262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Production de la culture. Le cas des musiques amplifiées en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Mélanie Seteun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Musique et société, 9782913169487. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.ms.554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouveaux courants musicaux. Simples produits des Industries culturelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mélanie Seteun, 1998, Collection Musique et société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Music-hall. La musique en grand spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Piana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Moine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! recherches sur les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22 (1), 186 p., 2025, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/140pv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique live en contexte numérique. Captation, diffusion, valorisation, usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, 2022, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communiquer.9550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paradoxal metal. Entre pratiques ordinaires et représentations transgressives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15 : 2, 2019, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de « scène », entre sociologie de la culture et sociologie urbaine : genèse, actualités et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bellavance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de recherche sociologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 57, 2014, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035272ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les scènes metal. Sciences sociales et pratiques culturelles radicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), 2006, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonorités Hip-Hop. Logiques globales et hexagonales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3 : 2, 2004, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forme music-hall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Piana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Moine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! recherches sur les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22 (1), pp.7-20. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/140pk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la pratique au concept, et retour. Quand tous les chemins mènent au Walkman Sony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 22 (2), pp.9-14. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/159m0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A reflection on Fabien Hein’s Hard Rock, Heavy Metal, Metal: Histoire, Cultures et Pratiquants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metal Music Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11 (1), pp.127-130. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1386/mms_00151_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Howard Becker, Philip Tagg, Numa Murard. Hommage à trois membres du comité scientifique de Volume ! récemment disparus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1&amp;2), pp.311-314. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12vl4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Good Times, Bad Times’: Hellfest in the days of COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metal Music Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (2), pp.145-154. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1386/mms_00133_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hesmondhalgh : l’indie anglophone et le destin de l’alternative musicale, lettre française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1&amp;2), pp.221-225. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12vkm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données chiffrées sur la revue Volume ! entre 2002 et 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adélie Laruncet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1&amp;2), pp.281-299. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12vl0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le live et après. Sociologie d’une filière de la production audiovisuelle de concerts de musiques actuelles en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les nouvelles médiations audiovisuelles de la musique live, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sociologies.21438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Live Performance and Filmed Concerts: Remarks on Music Production and Livestreaming before, during, and after the Public Health Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnomusicology Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique live en contexte numérique. Captation, diffusion, valorisation, usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lussier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35, pp.01-06. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communiquer.9554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Everyone Loves Live Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communiquer : Revue de communication sociale et publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35, pp.163-165. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communiquer.10114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Randal J. Stevens, The Devil’s Music: How Christians Inspired, Condemned, and Embraced Rock’n’Roll</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transposition. Musique et sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/transposition.5751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03885696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique metal, une mondialisation minoritaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Essentiels d'Hermès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 86 (1), pp.164-169. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/herm.086.0164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant numérique du spectacle vivant. Le cas des festivals de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Essentiels d'Hermès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 86 (1), pp.59-61. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/herm.086.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le heavy metal comme cas limite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 : 2, pp.7-12. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03885684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les spécificités culturelles de la production de musique metal. Le cas de l’industrie de la musique live en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 : 2, pp.25-35. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Heesch & Niall Scott, Heavy metal, gender and sexuality. Interdisciplinary approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.116-120. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Lesourd, Black metal et art contemporain : pour une migration des symboles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Lesourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guesde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.71-89. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.6664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Hellfest, arène discursive. Sociologie des festivals de musique live comme sphères publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminocorpus, revue hypermédia. Histoire de la justice, des crimes et des peines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/criminocorpus.6393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adepte du rock, militant communiste. Un entretien avec Edgard Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgard Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.151-173. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.5487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité et auto-organisation en entrepreneuriat collectif : analyse d’une scène musicale locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (2), pp.87-113. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1040457ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila, Take a Bow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Scott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ferrett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Inglis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Spelman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Lloyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (2), pp.205-215. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène comme outil d'analyse en sociologie de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Observatoire, la revue des politiques culturelles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47 (1), pp.17-20. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lobs.047.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punkitude et vie quotidienne dans le Paris de la fin des années 1970. Entretien avec Marie Roué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Roué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (1), pp.141-155. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.5087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éthique punk DIY vs Education populaire. Analyse de l'émergence et de la persistance d'une scène musicale locale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Observatoire, la revue des politiques culturelles </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47, pp.26-30. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lobs.047.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Bitches Brew”. Le jazz et les musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 303 : arts, recherches et créations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 129, pp.24-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultural Studies et Économie Politique de la Communication : quel rapport au marxisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 33 (192), pp.88-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03758591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Olivier, dir. : Musiques au monde. La tradition au prisme de la création, Sampzon : Delatour France, 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'ethnomusicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27, pp.323-325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le vinyle était soldé et le CD roi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Audimat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, N° 2 (2), pp.84-100. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/audi.002.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Bellavance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de recherche sociologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57, pp.5. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1035272ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques actuelles : les restructurations au cœur de la production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 493, pp.27-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« This is the Modern World. Pour une histoire sociale du rock », Colloque international, Université Lille 3/Aéronef, 13-14-15 juin 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (2), pp.206-208. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tdm.021.0203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dancing with the Devil. Panorama des “metal studies”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des festivals de musiques actuelles dans le dynamisme de la scène pop nantaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3, http://tristan.u-bourgogne.fr/CGC/publications/Festivals_societes/G_Guibert.htm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01395402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal studies : la naissance d'un champ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.199-204. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.3486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01489197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Spracklen, Andy R. Brown et Keith Kahn Harris (eds.), “Metal studies ? Cultural Research in the Heavy Metal Scene”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.208-211. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.3474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellfest: The Thing That Should not Be? Local Perceptions and Catholic Discourses on Metal Culture in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Popular Music History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (2), pp.100-115. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1558/pomh.v6i1/2.100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02185904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La course à la taille dans le secteur associatif des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Eynaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 326, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1016870ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01884848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiocrité, artifices, manipulation ? À propos des adolescents et de la musique à succès. Une illustration à partir du groupe Kiss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes et médias, les cahiers francophones de l'éducation aux médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Emancipation of Mimi ? Les enjeux du tournant communicationnel de Mariah Carey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (2), pp.65-91. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.2681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiocrité, artifices, manipulation ? À propos des adolescents et de la musique à succès.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes et médias, les cahiers francophones de l'éducation aux médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (1), pp.17-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La classe rémoise » : A propos du traitement médiatique des musiques populaires émergentes en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French Civilization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (1-2), pp.113-126. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3828/cfc.2011.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détourner le contrôle ? Le cas de la fédération des lieux de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 22 (1), pp.79-92. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sopr.022.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en œuvre des sociétés coopératives d’intérêt collectif (SCIC) dans le secteur culturel. Diversités entrepreneuriales et difficultés managériales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2 (30), pp.71 - 97. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.030.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Perrenoud, Les musicos. Enquête sur des musiciens ordinaires, Paris, La Découverte, coll. « Textes à l’appui », 2007, 320 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 38 (1), pp.163-166. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.081.0163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publier par gros temps. Kargo, un itinéraire éditorial des musiques populaires à la philosophie contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Laumonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (1&amp;2), pp.177-191. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’originalité du travail de Philip Tagg, pionnier des popular music studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 6 (1&amp;2), pp.162-167. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La structuration de la diffusion dans le secteur des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de l'Orcca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques amplifiées en France. Phénomènes de surface et dynamiques invisibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25, pp.141-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal. Une culture de la transgression sonore. Entretien avec Marc Touché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Touché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.137-152. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiplicité en œuvre. Spécificité des circuits de production et diversité des pratiques jazzistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Saladin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 8 (1), pp.77-102. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/soart.008.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Internationale-metal au conflit sociétal local : la scène de Casablanca. Entretien avec Amine Hamma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Hamma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.153-177. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris M. Berger, Metal, Rock and Jazz. Perception and the Phenomenology of Musical Experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.180-183. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques amplifiées : commerce, loisir, underground ou tiers secteur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de psychologie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Musiques et politique, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Petiau (dir), « Pratiques musicales », Sociétés, vol. 85, n° 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (2), pp.127-130. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Mitchell (ed.), Global Noise. Rap and Hip-Hop outside the USA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (2), pp.150-152. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonorités du hip-hop. Logiques globales et hexagonales. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (2), pp.5-15. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.1864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Chantez-vous en français ou en anglais ?”. Le choix de la langue dans le rock en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (2), pp.83-98. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.2266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de deux ouvrages récents sur le black metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (1), pp.124-127. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de deux ouvrages français sur les études de fan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (2), pp.122-127. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrie musicale et musiques amplifiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chimères : revue des schizoanalyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 40, pp.11-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique hip hop et l’esprit du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 11, pp.54-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les approches pionnières des scènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles Ambrosino; Basile Michel; Dominique Sagot-Duvauroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes artistiques : Au‑delà de la ville créative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-60, 2025, Politiques culturelles, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pug.ambro.2025.01.0053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture underground et (in)visibilité des scènes musicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charles Ambrosino; Basile Michel; Dominique Sagot-Duvauroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes artistiques : Au‑delà de la ville créative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-147, 2025, Politiques culturelles, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pug.ambro.2025.01.0133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: Social Class, Punk and Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Garbaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musical Scenes and Social Class. Debating Punk and Metal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-13, 2024, Pop Music, Culture and Identity, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56506-9_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un nouvel héritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.399-404, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse magazine musicale. Etat des lieux et enjeux du tournant numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Etienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Musique en Mouvements. Horizon 2030,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre national de la musique, 2022, CNM Lab</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carrières, subcultures, scènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.147-152, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-20, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique des identités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.203-210, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des esthétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-26, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Live Shows: Regulation and Innovation in the French Live Music Video Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chris Anderton; Sergio Pisfil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Researching Live Music: Gigs, Tours, Concerts and Festivals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Focal Press; Routledge, pp.238-249, 2022, 9780367405007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de la popularité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philharmonie de Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.285-290, 2022, 9791094642320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1972, les débuts du mouvement punk rock ? L’impact décisif du rock critic Lester Bangs des deux côtés de l’Atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Poirrier; Lucas Le Texier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulations musicales transatlantiques au XXe siècle. Des Beatles au hardcore Punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Universitaires de Dijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-36441-406-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Belle Endormie Awakened by Hellfest Open Air? A Study of the Nantes Heavy Metal Music Scene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Turbé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bryan Bardine; Jerome Stueart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living Metal Metal Scenes around the World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chicago University Press, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Live Shows: Regulation and Innovation in the French Live Music Video Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chris Anderton; Sergio Pisfil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Researching Live Music. Gigs, Tours, Concerts and Festivals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9780367405007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier les dynamiques associatives locales dans le domaine de la musique. Apports et limites de l’interdisciplinarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chloé Langeard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valeurs de la culture. Méthodes et concepts à l’épreuve du pluralisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-7535-7903-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(La scène de) Montaigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Robène; Solveig Serre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Punk is not dead. Lexique franco-punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de scène en sociologie. Un prisme d'analyse des dynamiques culturelles territorialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sandrine Emin; Nathalie Schieb-Bienfait. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes locales, clusters culturels et quartiers créatifs. Les ressorts et enjeux territoriaux du developpement culturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assimilation, Appropriation, French Specificity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politicizing Popular Music</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gloire et déclin du groupe de hard-rock français Trust (1977-1984) : une hypothèse socio-politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Arnaud Baubérot; Florence Tamagne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">This is The Modern Rock. Pour une Histoire Sociale du Rock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">We Freed Ourselves From the Band Format: A Conversation with Nicolas Godin (Air - French band)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Godin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse musicale. Production d'un univers culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Blandin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manuel d'analyse de la presse magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-243, 2018, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.bland.2018.01.0229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeitgeist. The Mutations of French Popular Music During the “30 glorieuses”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s the French Touch in French Popular Music? A Sociohistorical Introduction to Chanson and Other French Repertoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marche ou Crève: The Band Trust and the Singular Case of the Birth of French Heavy Metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Digital Stakes to Cultural Heritage : French Contemporary Topics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2018, 9780367869779</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s the French Touch in French Popular Music? A Sociohistorical Introduction to Chanson and Other French Repertoires (Introduction)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made In France. Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-16, 2017, 9781315761619</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Social Characteristics of the Contemporary Metalhead: The Hellfest Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Andy Brown; Keith Kahn-Harris; Niall W. R. Scott; Karl Spracklen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Metal Music and Culture. Current Direction in Metal Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9781138822382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la tradition folk dépoussière le rock. Patrimonialisation et « Do-it-Yourself » dans une commune de l’Ouest de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Colleu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire Collective. Patrimoines culturels d'avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2016, 978-2-343-09562-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“L’oeil du tigre”. Metal, punk, culture hippie et musiques de variétés dans le film Persepolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barbara Laborde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Persepolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Bord de l'Eau, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metalheads Characteristics : Some Statistics From the Main French Metal Event (Hellfest)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Toni-Matti Karjalainen; Kimi Kärki. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Heavy Metal : Markets, Practices and Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IIPC, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Folk Meets Pop': DIY archives in the making in a punk rock DIY community in Western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sarah Baker. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preserving Popular Music Heritage: Do-it-Yourself, Do-it-Together</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9781138781436</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02396006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notoriété des artistes et organisation des concerts de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wenceslas Lizé; Delphine Naudier; Séverine Sofio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stratèges de la notoriété. Intermédiaires et consécration dans les univers artistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition des Archives Contemporaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-2-813000-99-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellfest: the Thing That Should not Be? Local Perceptions and Catholic Discourses on Metal Culture in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titus Hjelm; Keith Kahn-Harris; Mark LeVine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heavy Metal: Controversies and Countercultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equinox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-118, 2013, 9781845539412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de scène locale. Pour une approche renouvelée de l’analyse des courants musicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Dorin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound Factory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Mélanie Séteun; Editions Uqbar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-124, 2012, 978-2-913169-31-9. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.ms.1055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03889364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charting the History of Amplified Music in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Guern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hugh Dauncey; Philippe Le Guern. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereo: Comparative Perspectives on the Sociological Study of Popular Music in Franc and Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate Publishing, pp.23-43, 2011, 9781409405689</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruit ? Pour une sociologie du volume sonore dans les musiques amplifiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Olivier Gonseth; Bernard Knodel; Yann Laville; Grégoire Mayor. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée d’ethnographie de Neuchâtel, 2011, 9782880780371</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Music Scenes in France. Definitions, Stakes, Particularities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hugh Dauncey; Philippe Le Guern. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereo: Comparative Perspectives on the Sociological Study of Popular Music in Franc and Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate Publishing, pp.223-238, 2011, 9781409405689</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rock’n’roll est-il du jazz ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Claude Taddei. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Territoires du jazz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’université d’Angers, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise sociale – SCIC entre intégration et tensions : le cas du secteur culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Economie sociale et solidaire: Nouvelles pratiques et dynamiques territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.79 - 98, 2011, Économie et société, 9782753512733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03363556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène musicale à Nantes. De la ville perçue à la ville vécue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magali Grandet; Gérôme Guibert; Stéphane Pajot; Dominique Sagot-Duvauroux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nantes, la Belle Eveillée, le pari de la culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'Attribut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 9782916002156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03889382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène musicale à Nantes. De la ville perçue à la ville vécue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nantes, la belle éveillée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l’Attribut, pp.109-137, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groupes professionnels en musique : entre spectacle vivant et industries culturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Henry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une Indépendance en croisée des chemins. Les compagnies professionnelles de spectacle vivant en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions l'Espace d'un Instant, pp.147-152, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le secteur des musiques actuelles : les paradoxes de la professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florent Gaudez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Arts moyens aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, L'Harmattan, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie solidaire entre normatif et pragmatisme. Le cas de l'UFISC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Colin; Arthur Gauthier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une autre économie de l'art et de la culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Érès, pp.87-100, 2008, Collection sociologie économique, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eres.gauti.2008.01.0087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques actuelles et politiques publiques en France. Quelles actions pour quels effets ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie Seca. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques populaires underground et représentations du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InterCommunications; EME, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scènes locales, scène globale : contribution à une sociologie économique des producteurs de musiques amplifiées en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. université de Nantes, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2004NANT3013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05566351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à une sociologie des cultures populaires. La musique à la frontière des industries culturelles et des scènes locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Sorbonne Nouvelle, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05564404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de l'autre économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do Places Shape Creative Territories? The case of a French Audiovisual Cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Rallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Rochelandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Suire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse magazine musicale. État des lieux et enjeux du tournant numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La musique en mouvements : horizon 2030</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques populaires et leurs images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antipode, 10 ans de création graphique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking Metal Music Seriously. An Interview with Deena Weinstein and Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deena Weinstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guesde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Metal sort de l’ombre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rock, de la scène au musée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.70-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographie du souvenir, chemins de la connaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De l'andouille à Bacon, la chair des cultures populaire. Journée d'étude en l'honneur de Christophe Lamoureux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabienne Laurioux; Bernard Lehman; Anna Mesclon; Valérie Rolle; Antoine Vion, Feb 2023, Nantes, Laboratoire Cens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reste-t-il une place pour une expression musicale de la jeunesse populaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les peuples de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP; GdR OpuS CNRS, Nov 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique live versus livestream. Confinements et couvre-feux, quels développements pour la musique live en ligne durant la crise sanitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Institutions musicales en temps de crise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Interdisciplinaire d’études et de Recherches sur l’Allemagne, Oct 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magic RPM (Revue pop Moderne) 1995-2017, du print au web. Remarques sur un travail journalistique en immersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La critique culturelle sur le web</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julie Anselmini; Valerie Vignaux, Jun 2021, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le live et après ? Comment le numérique transforme et prolonge l’expérience du concert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rudent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Spanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le futur du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Suisse de Sociologie, Sep 2019, Neuchâtel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tournant numérique de l'économie de la musique live. Le cas de SoCoop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Rencontres du Réseau Interuniversitaire de l'Economie Sociale et Solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Marne-la-vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numérisation de la billetterie de l’économie de la musique “live”.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe rencontres du Réseau Interuniversitaire de l’Economie Sociale et Solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hervé Defalvard, May 2019, Marne-La-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régie publicitaire et projet éditorial. La première décennie du magazine musical Magic RPM (Revue Pop Moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marques, publicités et création audiovisuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kira Kitsopanidou; Alan Ouakrat; Laurence Allard; Julien Mésangeau, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène rock nantaise et le punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND. La scène punk à Nantes (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elvire Bornand; Gildas Lescop; Solveig Serre; Luc Robène, Nov 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there cultural specificities of the metal music economy? The case of the live music industry in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hardwired 6, approching the metal reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Siegen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournant numérique du &amp;quot;spectacle vivant de musiques actuelles&amp;quot; et ses effets sur l’offre de musique live. L’exemple de la billetterie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International CUMEN : Cultures des médias numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabien Bonnet; Eleni Mitropoulou; Catherine Roth; Carsten Wilhelm, Dec 2018, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitales culturelles et industries de la musique : éléments pour une approche spatiale du rôle de Paris dans la production des musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Les capitales européennes et la culture depuis 1945”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Françoise Taliano-des Garets; Laurent Martin; Centre d'histoire sociale du XXe siècle; Intégration et Coopération dans l'Espace Européen, Feb 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène punk à Montaigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, Punk is not dead, work in Progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solveig Serre; Luc Robène, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les préférences politiques et religieuses des spectateurs du festival Hellfest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Society for Metal Music Studies Conference : Boundaries and Ties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Metal Music Studies Conference, Jun 2017, British Columbia, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fanzine Kérosène et la scène de Montaigu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gérardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, La scène punk à Montaigu (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gérôme Guibert; Solveig Serre; Luc Robène, Jul 2017, Montaigu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débuts de la scène musicale hip-hop nantaise (1997-2001). Institutions, acteurs, réseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conçues pour durer. Perspectives francophones sur les musiques hip-hop. Colloque international et interdisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alice Aterianus-owanga; Emmanuelle Carinos; Séverin Guillard; Karim Hammou; Virginie Millot; Marie Sonnette, Feb 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Craoued à Aïnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pietrucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, La scène punk à Montaigu (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gérôme Guibert; Solveig Serre; Luc Robène, Jul 2017, Montaigu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place aux punks : trois générations de punk à Montaigu et dans le bocage vendéen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Rochelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Néfastes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jello Biafine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND, La scène punk à Montaigu (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gérôme Guibert; Solveig Serre; Luc Robène, Jul 2017, Montaigu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre singularité et normalisation. Les salariés des lieux de musiques actuelles en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyacinthe Chataigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Bezsonoff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travailler dans la musique,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marc Perrenoud; Pierre Bataille, Jan 2017, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier les moments du punk : entre subjectivité, mémoire collective et artefacts matériels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Parent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND La scène punk en France Quarante ans d'histoire (1976-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solveig Serre; Luc Robène, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sociologie de la classe ouvrière ? Michel Verret lecteur de Richard Hoggart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultural Studies et critique marxiste : dialogues, tensions, confrontations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEMTI; BPI, Jun 2016, Université Paris 8, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au renouveau de la sociologie économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultural Studies/Études Culturelles : au-delà des politiques des identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éric Maigret; Laurent Martin, Sep 2015, Centre Culturel International de Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier les dynamiques territoriales à l’oeuvre au sein des musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIND. La scène punk en France (1976-2016) : objets et méthodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solveig Serre; Luc Robène, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04046879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une dynamique hors norme ? Structuration et enjeux de la pérennisation d'un collectif d'associations centré sur la culture en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe
  Rencontres
- du Réseau Interuniversitaire de l'Economie sociale et solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Popular Music Heritage: Initiatives and Contentions in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Costambeys-Kempczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">POPID Conference, Popular Music Heritage, Cultural Memory &amp; Cultural Identity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Rotterdam, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les punk de Montaigu et après ? Analyse de l’émergence et de l’évolution d’une scène musicale locale en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, MSH Ange Guépin, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de « scène » en sociologie. Quelle pertinence?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champs, mondes, scènes aux prismes des réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale des Sociologues de Langue Française, Oct 2014, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« French Frith». What do the French translations of Simon Frith’s work tell us about the development of popular music studies in France?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">An International Conference in Honour of Simon Frith</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, University of Edimbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultural Economy vs. Solidarity economy : similarities and antagonisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossroads in Cultural Studies Biennial Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Cultural Studies, Jun 2014, Tampere, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sociological reception of the French band Trust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heavy Metal and Popular Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeremy Wallach; ISMMS, Apr 2013, Bowling Green State University, OH, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forestall control? The case of the French Federation of Popular Music Venues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bridge Over Troubled Water. Challenging Orthodoxies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 17th Biennial Conference of the IASPM, Jun 2013, Gijón, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les restructurations dans le secteur associatif : bilan, enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management et économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE Paris, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre l’artiste et le public. Mutations récentes des stratégies de production dans la filière de la musique live</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La participation des publics. Pratiques et conceptions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Actes, Nov 2013, MSH Paris Nord, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and the singular birth of French heavy metal in the late 70’s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heavy Metal and Popular Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeremy Wallach; ISMMS, Apr 2013, Bowling Green State University, OH, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marche ou Crève ». Sociology of the heavy metal band Trust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossroads in cultural studies conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 3 Sorbonne Nouvelle; UNESCO, Jul 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie du spectacle vivant : l'exemple des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journées du Pôle Régional des Musiques Actuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Laval, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valeur économique d’un spectacle de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et consécration artistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dominique Sagot-Duvauroux; GRESCO, Nov 2012, Université de Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de la réputation des artistes dans l'organisation de la filière concert de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et consécration artistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valeur économique d’un spectacle de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et consécration artistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRESCO, Nov 2012, Université de Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est ce que le rock ? Une approche générationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude sur le rock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Communication et Politique; CNRS, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène nantaise et les festivals de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festivals et Sociétés en Europe XIXe-XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Dijon, Feb 2011, Dijon, Université de Bourgogne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation et tradition dans le jazz. Deux cas d’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Territoires du Jazz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRANEM; Université d'Angers, Jun 2010, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et économie plurielle. Du rôle des logiques économiques dans l’élaboration de la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musique et globalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CDMC; Cité de la Musique; Université Montpellier 3; Paris 8; Lille 3, Oct 2009, Paris, Cité de la Musique, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versailles and the French Touch. When a virtual local scene become real</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Popular Music Worlds, Popular Music Histories. 15th Biennial IASPM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASPM, Jul 2009, Université de Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'émergence entrepreneuriale dans l'économie sociale et solidaire : acteurs, projets et logiques d'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bréchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Charles-Pauvers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Urbain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Economie sociale et solidaire : nouvelles pratiques et dynamiques territoriales de l'économie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nantes, Réseau Ouest Economie Sociale, Sep 2008, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence des SCIC dans le domaine culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie sociale et solidaire. Nouvelles pratiques et dynamiques territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Economie et Management, Sep 2008, Université de Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie économique et musique. Comment les cadres de l’économie plurielle questionnent l’appréhension d’un mouvement culturel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25 ans de sociologie de la musique en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERLIS; CSRPC-RoMA; OMF; GdR CNRS OPuS, Nov 2008, Paris, Université Paris 3, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la patrimonialisation des productions musicales enregistrées en région</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude CPER Patrimoine Culturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences Humaines, May 2008, Université d’Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le public du festival les Accroches Cœurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Univers relationnels, univers culturels”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DEPS; Olivier Donnat; Dominique Pasquier, Jun 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Field of musiques actuelles as a Challenge to the Analysis of Cultural Legitimacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture, Politics and Policies Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Nord-Pas-de-Calais; OSC (Sciences Po/CNRS), Mar 2007, Université Lille 1, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le secteur des musiques actuelles. Vers une configuration économique originale au sein du secteur culturel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de Sociologie économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LISE-CNRS; Cnam, Oct 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schémas territoriaux en Pays de la Loire : l’exemple des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire, action sociale et emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEE; Cnam; Lise, Jun 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques actuelles sont-elles devenues des musiques moyennes ? Les paradoxes de la démocratie culturelle et de la professionnalisation d’un secteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dorin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les arts moyens aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRUS; CERS; P@RSAC3; GdR OPuS CNRS, Apr 2006, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de scène locale comme mécanisme de construction de territoires musicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Étude Géographie et musique : quelles perspectives ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Paris IV, Jun 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du cercle de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Université Laval, Québec, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques actuelles, loisirs, underground ou tiers secteur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques Underground</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Versailles/Saint-Quentin; LAREQUOI, Jun 2005, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche universitaire sur les musiques populaires en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Aimer la musique”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Antoine Hennion, Jun 2005, Ecole des Mines de Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the French word chanson equivalent to the English term popular music?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meaning Music. IASPM International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASPM, Jul 2005, Università di Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réappropriation des musiques afro-américaines par les musiciens français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sociétés de la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP; Université de Nantes, Dec 2004, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantez-vous en français ou en anglais ? Le choix de la langue dans le rock en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French popular music conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Manchester, Jun 2003, Manchester, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques amplifiées en France : de la réappropriation des musiques afro-américaines à la constitution de modes d’expression autonomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practizing popular music. 12th biennal conference of the IASPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASPM; McGill University, Jul 2003, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recensement des groupes et artistes de musiques amplifiées : questions de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains de la musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESS, May 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques amplifiées, musiques populaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acculturation et milieux populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP, Mar 2001, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passion de détruire et destruction des passions : les punks contre l’amour ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nommer l’amour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP, Feb 2000, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La trilogie chez The Cure ou l’œuvre noire comme rite de passage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les œuvres noires de l’art et de la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEFRESS; GdR OpuS CNRS, Nov 2000, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous-traitance et production musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sous-traitance dans l’industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Lefebvre, May 1999, Nantes, Maison des sciences de l'homme Ange Guépin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes à une analyse des jeux vidéos : le cas Tomb Raider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morin Ulmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une sociologie des œuvres. Rencontres internationales de Sociologie de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes d’articulation, logiques de changements : communautés et scènes de musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will Straw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03856791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« But we remember when we were young ». Joy Division et les « ordres nouveaux » de la nostalgie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Strong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alastair Greig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Costambeys-Kempczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrialisation de la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Frith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.ms.1037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contre-cultures : Musiques, Théorie et Scènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila Whiteley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.3056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aspects du death metal ». Affect, objet et vécu social de la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId380"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+ du Réseau Interuniversitaire de l'Economie sociale et solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03108681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’où vient le concept de scène ? Contribution à une histoire des rapports entre espace physique et espace sociale en sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, MSH Ange Guépin, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Popular Music Heritage: Initiatives and Contentions in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Costambeys-Kempczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">POPID Conference, Popular Music Heritage, Cultural Memory &amp; Cultural Identity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Rotterdam, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les punk de Montaigu et après ? Analyse de l’émergence et de l’évolution d’une scène musicale locale en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scènes et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, MSH Ange Guépin, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de « scène » en sociologie. Quelle pertinence?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champs, mondes, scènes aux prismes des réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale des Sociologues de Langue Française, Oct 2014, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« French Frith». What do the French translations of Simon Frith’s work tell us about the development of popular music studies in France?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">An International Conference in Honour of Simon Frith</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, University of Edimbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultural Economy vs. Solidarity economy : similarities and antagonisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossroads in Cultural Studies Biennial Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Cultural Studies, Jun 2014, Tampere, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forestall control? The case of the French Federation of Popular Music Venues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bridge Over Troubled Water. Challenging Orthodoxies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 17th Biennial Conference of the IASPM, Jun 2013, Gijón, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sociological reception of the French band Trust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heavy Metal and Popular Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeremy Wallach; ISMMS, Apr 2013, Bowling Green State University, OH, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les restructurations dans le secteur associatif : bilan, enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management et économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE Paris, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre l’artiste et le public. Mutations récentes des stratégies de production dans la filière de la musique live</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La participation des publics. Pratiques et conceptions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Actes, Nov 2013, MSH Paris Nord, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and the singular birth of French heavy metal in the late 70’s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heavy Metal and Popular Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeremy Wallach; ISMMS, Apr 2013, Bowling Green State University, OH, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marche ou Crève ». Sociology of the heavy metal band Trust</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crossroads in cultural studies conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris 3 Sorbonne Nouvelle; UNESCO, Jul 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie du spectacle vivant : l'exemple des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journées du Pôle Régional des Musiques Actuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Laval, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valeur économique d’un spectacle de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et consécration artistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dominique Sagot-Duvauroux; GRESCO, Nov 2012, Université de Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de la réputation des artistes dans l'organisation de la filière concert de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sagot-Duvauroux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et consécration artistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03085109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valeur économique d’un spectacle de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconnaissance et consécration artistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRESCO, Nov 2012, Université de Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est ce que le rock ? Une approche générationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude sur le rock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Communication et Politique; CNRS, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La scène nantaise et les festivals de musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festivals et Sociétés en Europe XIXe-XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Dijon, Feb 2011, Dijon, Université de Bourgogne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation et tradition dans le jazz. Deux cas d’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Territoires du Jazz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GRANEM; Université d'Angers, Jun 2010, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et économie plurielle. Du rôle des logiques économiques dans l’élaboration de la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musique et globalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CDMC; Cité de la Musique; Université Montpellier 3; Paris 8; Lille 3, Oct 2009, Paris, Cité de la Musique, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versailles and the French Touch. When a virtual local scene become real</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Popular Music Worlds, Popular Music Histories. 15th Biennial IASPM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASPM, Jul 2009, Université de Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'émergence entrepreneuriale dans l'économie sociale et solidaire : acteurs, projets et logiques d'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bréchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Charles-Pauvers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Prouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Schieb-Bienfait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Urbain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Economie sociale et solidaire : nouvelles pratiques et dynamiques territoriales de l'économie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nantes, Réseau Ouest Economie Sociale, Sep 2008, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’émergence des SCIC dans le domaine culturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Emin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie sociale et solidaire. Nouvelles pratiques et dynamiques territoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Economie et Management, Sep 2008, Université de Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie économique et musique. Comment les cadres de l’économie plurielle questionnent l’appréhension d’un mouvement culturel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25 ans de sociologie de la musique en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERLIS; CSRPC-RoMA; OMF; GdR CNRS OPuS, Nov 2008, Paris, Université Paris 3, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la patrimonialisation des productions musicales enregistrées en région</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude CPER Patrimoine Culturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences Humaines, May 2008, Université d’Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le public du festival les Accroches Cœurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Univers relationnels, univers culturels”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DEPS; Olivier Donnat; Dominique Pasquier, Jun 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Field of musiques actuelles as a Challenge to the Analysis of Cultural Legitimacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture, Politics and Policies Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Nord-Pas-de-Calais; OSC (Sciences Po/CNRS), Mar 2007, Université Lille 1, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le secteur des musiques actuelles. Vers une configuration économique originale au sein du secteur culturel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de Sociologie économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LISE-CNRS; Cnam, Oct 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schémas territoriaux en Pays de la Loire : l’exemple des musiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire, action sociale et emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEE; Cnam; Lise, Jun 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques actuelles sont-elles devenues des musiques moyennes ? Les paradoxes de la démocratie culturelle et de la professionnalisation d’un secteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dorin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les arts moyens aujourd’hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRUS; CERS; P@RSAC3; GdR OPuS CNRS, Apr 2006, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de scène locale comme mécanisme de construction de territoires musicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Étude Géographie et musique : quelles perspectives ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Paris IV, Jun 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences du cercle de musicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Université Laval, Québec, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques actuelles, loisirs, underground ou tiers secteur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musiques Underground</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Versailles/Saint-Quentin; LAREQUOI, Jun 2005, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche universitaire sur les musiques populaires en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire “Aimer la musique”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Antoine Hennion, Jun 2005, Ecole des Mines de Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the French word chanson equivalent to the English term popular music?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meaning Music. IASPM International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASPM, Jul 2005, Università di Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réappropriation des musiques afro-américaines par les musiciens français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sociétés de la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP; Université de Nantes, Dec 2004, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantez-vous en français ou en anglais ? Le choix de la langue dans le rock en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French popular music conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Manchester, Jun 2003, Manchester, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les musiques amplifiées en France : de la réappropriation des musiques afro-américaines à la constitution de modes d’expression autonomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Practizing popular music. 12th biennal conference of the IASPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IASPM; McGill University, Jul 2003, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recensement des groupes et artistes de musiques amplifiées : questions de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains de la musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESS, May 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musiques amplifiées, musiques populaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acculturation et milieux populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP, Mar 2001, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passion de détruire et destruction des passions : les punks contre l’amour ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nommer l’amour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LESTAMP, Feb 2000, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La trilogie chez The Cure ou l’œuvre noire comme rite de passage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les œuvres noires de l’art et de la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEFRESS; GdR OpuS CNRS, Nov 2000, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes à une analyse des jeux vidéos : le cas Tomb Raider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morin Ulmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une sociologie des œuvres. Rencontres internationales de Sociologie de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous-traitance et production musicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sous-traitance dans l’industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Lefebvre, May 1999, Nantes, Maison des sciences de l'homme Ange Guépin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes d’articulation, logiques de changements : communautés et scènes de musiques populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will Straw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Heuguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03856791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« But we remember when we were young ». Joy Division et les « ordres nouveaux » de la nostalgie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Strong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alastair Greig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Costambeys-Kempczynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014, </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrialisation de la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Frith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.ms.1037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03889539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contre-cultures : Musiques, Théorie et Scènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila Whiteley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.3056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aspects du death metal ». Affect, objet et vécu social de la musique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId383"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -108,51 +108,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1B092F98"/>
+    <w:nsid w:val="9A747F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -256,51 +256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E4AB5A7D"/>
+    <w:nsid w:val="7FB016C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -404,51 +404,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="B88F86CB"/>
+    <w:nsid w:val="84A3E118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -552,51 +552,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="8D51509B"/>
+    <w:nsid w:val="C8E884A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -700,51 +700,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="326CA983"/>
+    <w:nsid w:val="8A546D81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -848,51 +848,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="35F54361"/>
+    <w:nsid w:val="52777592"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -996,51 +996,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="88B5D200"/>
+    <w:nsid w:val="09CBDE2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1245,51 +1245,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerome-guibert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2365-0271" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05350075X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/48157581696433781829" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000005061399X" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris3.fr/63122996/0/fiche___defaultstructureksup/&amp;RH=1178827308773#KLINK" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris3.fr/irmeccen-institut-de-recherche-medias-cultures-communication-et-numerique-ea-7546-447954.kjsp" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerome.guibert@sorbonne-nouvelle.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scaena.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icca.univ-paris13.fr/limpact-de-la-numerisation-dans-la-transformation-des-processus-de-production-et-de-diffusion-des-concerts-le-cas-de-la-billetterie-et-de-la-captation-video/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intellectbooks.com/metal-music-studies" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erudit.org/fr/revues/crs/2014-n57-crs02378/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/project/ACAZINE-le-fanzine-nouvel-outil-de-recherche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/volume/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/editeur_collection.php?id=163&amp;menu=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ms/306?lang=fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iaspm.net/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lise.cnrs.fr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ases-asso.com/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afs-socio.fr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mucem.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leeds.ac.uk/arts/info/20043/school_of_modern_languages_and_cultures" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725515v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garbaye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Guibert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56506-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889389v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Heuguet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://librairie.philharmoniedeparis.fr/rue-musicale/penser-musiques-populaires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964493v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rudent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401850v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rochelandet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rebillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/medias-culture-et-numerique--9782200614546.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00827262v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sagot-Duvauroux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.culturecommunication.gouv.fr/Politiques-ministerielles/Etudes-et-statistiques/Publications/Collections-d-ouvrages/Questions-de-culture/Musiques-actuelles-ca-part-en-en-live" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deps.guibe.2013.01" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889392v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ms/554?lang=fr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ms.554" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889393v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089910v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Piana" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Moine" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140pv" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978032v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lussier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.9550" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889387v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6375" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889333v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bellavance" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035272ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222912v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.456" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889388v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Parent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1861" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089920v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140pk" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512723v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/159m0" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090680v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/mms_00151_7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725506v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/mms_00133_1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844516v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vl4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844513v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vkm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844515v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Laruncet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vl0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318883v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Spanu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.21438" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075384v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978034v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.9554" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978038v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.10114" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885696v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transposition.5751" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.086.0164" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889325v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.086.0059" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885684v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6656" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889327v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6481" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891043v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6769" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891054v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lesourd" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guesde" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6664" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889326v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/criminocorpus.6393" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185956v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Garcia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jedediah Sklower" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Spanu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.5487" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538615v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Emin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040457ar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891057v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Scott" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ferrett" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Inglis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Spelman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lloyd" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4858" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889329v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lobs.047.0017" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891056v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rou&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.5087" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538593v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lobs.047.0026" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075206v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758591v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Quemener" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889385v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760171v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/audi.002.0084" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889332v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875608v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889386v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.021.0203" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181857v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01489197v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.3486" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395402v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891044v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.3474" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185904v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/pomh.v6i1/2.100" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01884848v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Eynaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1016870ar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875612v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889340v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.2681" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889337v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/cfc.2011.9" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889339v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889338v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.022.0079" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016248v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.030.0071" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891070v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.081.0163" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891063v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laumonnier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.328" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891066v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.317" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075202v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889342v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222921v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Touch&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.539" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889343v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Saladin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soart.008.0077" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891068v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Hamma" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.550" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891045v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.555" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889345v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891047v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1432" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891049v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1996" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891041v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1864" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891042v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.2266" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891051v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4761" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891050v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4757" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889347v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889346v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134286v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/scenes-artistiques--9782706154331-page-53?lang=fr" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.ambro.2025.01.0053" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134282v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/scenes-artistiques--9782706154331-page-133?lang=fr" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.ambro.2025.01.0133" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725523v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56506-9_1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875626v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983851v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983844v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983846v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983849v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983845v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318894v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983850v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889348v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/musicologie/753-circulations-musicales-transatlantiques-au-xxe-siecle-9782364414068.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889349v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Turb&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075702v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Researching-Live-Music-Gigs-Tours-Concerts-and-Festivals/Anderton-Pisfil/p/book/9780367405007" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318887v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8529/valeurs-de-la-culture" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046875v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pind.univ-tours.fr/productions/punk-is-not-dead-lexique-franco-punk/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889350v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889357v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889359v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889356v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889354v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Godin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889355v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889352v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/manuel-d-analyse-de-la-presse-magazine--9782200619930-page-229.htm" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.bland.2018.01.0229" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889351v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889353v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889358v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03885689v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/9781315761619" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889360v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guibert" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Global-Metal-Music-and-Culture-Current-Directions-in-Metal-Studies/Brown-Spracklen-Kahn-Harris-Scott/p/book/9781138822382" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02395929v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889363v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889362v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02396006v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107060v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivescontemporaines.com/books/9782813000996" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189918v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.equinoxpub.com/index.php/PMH/article/view/14439" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03889364v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ms/1055" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ms.1055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03889372v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Guern" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889366v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03889375v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889378v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363556v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03889382v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-attribut.com/product/nantes-la-belle-eveillee/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075203v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889383v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889380v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dorin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889384v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.gauti.2008.01.0087" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03889381v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875605v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075229v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rallet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887533v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075228v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983855v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891069v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deena Weinstein" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983857v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983863v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083065v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075175v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997876v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988337v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988343v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800467v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988350v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988362v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997878v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046876v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988368v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075231v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046881v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988383v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046877v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#233;rardin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988409v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047402v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pietrucci" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988397v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacinthe Chataign&#233;" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Bezsonoff" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046878v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rochelet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les N&#233;fastes" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Neau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jello Biafine" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046880v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bodin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075227v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075225v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046879v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075221v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03108681v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075220v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Costambeys-Kempczynski" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075222v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075224v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075218v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075223v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075214v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075215v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075216v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075217v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075213v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075211v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03085114v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075212v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03085109v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075210v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075209v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075208v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075207v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075199v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075201v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719498v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Br&#233;chet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Charles-Pauvers" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prouteau" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schieb-Bienfait" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Urbain" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075197v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075200v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075194v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075196v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075193v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075192v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075190v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075185v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075189v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075187v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075182v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075181v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075184v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075180v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075177v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075179v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075176v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075174v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075172v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075173v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075170v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075171v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morin Ulmann" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856791v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Straw" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891073v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Strong" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Greig" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4390" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889539v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Frith" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Kaiser" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ms.1037" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891071v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Whiteley" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.3056" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891074v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harris Berger" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.468" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gerome-guibert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2365-0271" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/05350075X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/48157581696433781829" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000005061399X" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris3.fr/63122996/0/fiche___defaultstructureksup/&amp;RH=1178827308773#KLINK" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-paris3.fr/irmeccen-institut-de-recherche-medias-cultures-communication-et-numerique-ea-7546-447954.kjsp" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerome.guibert@sorbonne-nouvelle.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scaena.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icca.univ-paris13.fr/limpact-de-la-numerisation-dans-la-transformation-des-processus-de-production-et-de-diffusion-des-concerts-le-cas-de-la-billetterie-et-de-la-captation-video/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intellectbooks.com/metal-music-studies" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erudit.org/fr/revues/crs/2014-n57-crs02378/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/project/ACAZINE-le-fanzine-nouvel-outil-de-recherche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/volume/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lespressesdureel.com/editeur_collection.php?id=163&amp;menu=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ms/306?lang=fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iaspm.net/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lise.cnrs.fr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ases-asso.com/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afs-socio.fr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mucem.org/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leeds.ac.uk/arts/info/20043/school_of_modern_languages_and_cultures" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561742v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Garbaye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Guibert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725515v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56506-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889389v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Heuguet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://librairie.philharmoniedeparis.fr/rue-musicale/penser-musiques-populaires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964493v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rudent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401850v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rochelandet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rebillard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/medias-culture-et-numerique--9782200614546.htm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00827262v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sagot-Duvauroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.culturecommunication.gouv.fr/Politiques-ministerielles/Etudes-et-statistiques/Publications/Collections-d-ouvrages/Questions-de-culture/Musiques-actuelles-ca-part-en-en-live" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deps.guibe.2013.01" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889392v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ms/554?lang=fr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ms.554" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889393v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089910v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Piana" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Moine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140pv" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978032v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lussier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.9550" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6375" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889333v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bellavance" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1035272ar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222912v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hein" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.456" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889388v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Parent" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1861" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089920v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140pk" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512723v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/159m0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090680v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/mms_00151_7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844516v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vl4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725506v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/mms_00133_1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844513v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vkm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844515v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Laruncet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vl0" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318883v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Spanu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.21438" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075384v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978034v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.9554" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978038v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communiquer.10114" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885696v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transposition.5751" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889324v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.086.0164" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889325v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.086.0059" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885684v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6656" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889327v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6481" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891043v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6769" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891054v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lesourd" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guesde" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.6664" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889326v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/criminocorpus.6393" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185956v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Garcia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jedediah Sklower" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Spanu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.5487" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538615v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Emin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040457ar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891057v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Scott" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ferrett" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Inglis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Spelman" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lloyd" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4858" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889329v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lobs.047.0017" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891056v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rou&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.5087" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538593v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lobs.047.0026" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075206v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758591v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Quemener" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889385v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760171v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/audi.002.0084" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889332v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875608v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889386v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.021.0203" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181857v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01395402v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01489197v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.3486" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891044v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.3474" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185904v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/pomh.v6i1/2.100" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01884848v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Eynaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1016870ar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875612v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889340v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.2681" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889339v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889337v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/cfc.2011.9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889338v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.022.0079" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03016248v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.030.0071" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891070v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.081.0163" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891063v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laumonnier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.328" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891066v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.317" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075202v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889342v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222921v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Touch&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.539" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889343v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Saladin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soart.008.0077" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891068v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Hamma" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.550" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891045v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.555" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889345v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891047v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1432" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891049v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1996" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891041v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.1864" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891042v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.2266" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891051v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4761" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891050v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4757" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889347v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889346v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134286v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/scenes-artistiques--9782706154331-page-53?lang=fr" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.ambro.2025.01.0053" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134282v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/scenes-artistiques--9782706154331-page-133?lang=fr" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.ambro.2025.01.0133" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725523v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56506-9_1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983851v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875626v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983846v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983844v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983849v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983845v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318894v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983850v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889348v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/musicologie/753-circulations-musicales-transatlantiques-au-xxe-siecle-9782364414068.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889349v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Turb&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075702v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Researching-Live-Music-Gigs-Tours-Concerts-and-Festivals/Anderton-Pisfil/p/book/9780367405007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318887v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8529/valeurs-de-la-culture" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046875v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pind.univ-tours.fr/productions/punk-is-not-dead-lexique-franco-punk/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889350v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889357v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889356v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889359v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889354v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Godin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889352v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/manuel-d-analyse-de-la-presse-magazine--9782200619930-page-229.htm" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.bland.2018.01.0229" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889355v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889351v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889353v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889358v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03885689v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/9781315761619" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889360v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guibert" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Global-Metal-Music-and-Culture-Current-Directions-in-Metal-Studies/Brown-Spracklen-Kahn-Harris-Scott/p/book/9781138822382" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02395929v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889363v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889362v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02396006v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03107060v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivescontemporaines.com/books/9782813000996" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189918v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.equinoxpub.com/index.php/PMH/article/view/14439" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03889364v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ms/1055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ms.1055" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03889372v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Guern" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889366v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03889375v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889378v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363556v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03889382v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-attribut.com/product/nantes-la-belle-eveillee/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075203v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889383v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889380v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dorin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889384v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.gauti.2008.01.0087" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03889381v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05566351v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004NANT3013" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05564404v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875605v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075229v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rallet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075228v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983855v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891069v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deena Weinstein" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983857v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983863v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083065v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075175v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997876v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988337v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988343v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02800467v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988350v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988362v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046876v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997878v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988368v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075231v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046881v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988383v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046877v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#233;rardin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988409v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047402v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pietrucci" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046878v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rochelet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les N&#233;fastes" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Neau" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jello Biafine" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988397v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyacinthe Chataign&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Bezsonoff" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046880v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bodin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075227v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075225v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046879v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03108681v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075221v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075220v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Costambeys-Kempczynski" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075222v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075224v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075218v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075223v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075215v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075214v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075216v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075217v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075213v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075211v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03085114v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075212v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03085109v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075210v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075209v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075208v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075207v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075199v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075201v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719498v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Br&#233;chet" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Charles-Pauvers" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Prouteau" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schieb-Bienfait" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Urbain" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075197v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075200v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075194v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075196v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075193v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075192v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075190v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075185v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075189v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075187v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075182v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075181v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075184v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075180v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075177v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075179v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075176v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075174v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075172v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075173v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075171v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morin Ulmann" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075170v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856791v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Straw" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891073v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Strong" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Greig" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4390" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889539v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Frith" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Kaiser" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ms.1037" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891071v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila Whiteley" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.3056" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891074v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harris Berger" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.468" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>