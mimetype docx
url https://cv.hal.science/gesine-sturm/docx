--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -456,1458 +456,1458 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience of discrimination during COVID-19 pandemic: the impact of public health measures and psychological distress among refugees and other migrants in Europe</w:t>
+                <w:t xml:space="preserve">Étude exploratoire de la collaboration avec un interprète professionnel de la santé (IPS) lors du bilan orthophonique chez l’enfant ou l’adolescent multilingue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mattia Marchi</w:t>
+                <w:t xml:space="preserve">Stéphanie Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federica Maria Magarini</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Barbara Köpke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesine Sturm</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179, pp.1-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03850568v1</w:t>
+                <w:t xml:space="preserve">hal-03999661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que sommes-nous face à la guerre ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experience of discrimination during COVID-19 pandemic: the impact of public health measures and psychological distress among refugees and other migrants in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Maria Magarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Chiarenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gian Maria Galeazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoram Mouchenik</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hélène Asensi</w:t>
+                <w:t xml:space="preserve">Virginia Paloma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Autre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lautr.068.0112⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-022-13370-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03812687v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial - Mourir en migration, mourir par temps de crise. Le déplacement des vivants et des morts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Que sommes-nous face à la guerre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoram Mouchenik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lachal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Goguikian Ratcliff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Delanoë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Alexopoulos-de Girard</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hélène Asensi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes sur la mort. Revue de la Société de thanatologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/eslm.158.0005⟩</w:t>
+              <w:t xml:space="preserve">L'Autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (2), pp.112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lautr.068.0112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224851v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude qualitative sur le vécu de l’annonce du statut VIH aux adolescents en Côte d’Ivoire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Éditorial - Mourir en migration, mourir par temps de crise. Le déplacement des vivants et des morts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Alexopoulos-de Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Oulahal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesine Sturm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Soto Galindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabi Adamou</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Frédérique Bacqué</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spub.215.0753⟩</w:t>
+              <w:t xml:space="preserve">Etudes sur la mort. Revue de la Société de thanatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 158 (2), pp.5-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/eslm.158.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04544237v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude exploratoire de la collaboration avec un interprète professionnel de la santé (IPS) lors du bilan orthophonique chez l’enfant ou l’adolescent multilingue.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude qualitative sur le vécu de l’annonce du statut VIH aux adolescents en Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabi Adamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Júlia de Freitas Girardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hortense Aka Dago-Akribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Harris Dassi Tchoupa Revegue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Guinault</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Chantal Cacou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 33 (5), pp.753-762. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.215.0753⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03999661v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04544237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Errance interculturelle et récit de soi – le cas d’un adolescent singapourien</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mental Health of Refugees and Migrants during the COVID-19 Pandemic: The Role of Experienced Discrimination and Daily Stressors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Teyssier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gesine Sturm</w:t>
+                <w:t xml:space="preserve">Eva Spiritus-Beerden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Denoux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An Verelst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Devlieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Langer Primdahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fábio Botelho Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de psychologie clinique </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cpc.057.0265⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (12), pp.6354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph18126354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03323481v1</w:t>
+                <w:t xml:space="preserve">hal-03265378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Je(u) en mouvement : la médiation théâtrale favorisant la résilience</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juliette Adjinacou Ménil</w:t>
+                <w:t xml:space="preserve">Errance interculturelle et récit de soi – le cas d’un adolescent singapourien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Oulahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëticia Cathary</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Teyssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesine Sturm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Denoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeunes et Mineurs en Mobilité — Jóvenes y Menores en Movilidad — Young people and Children on the Move</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers de psychologie clinique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 57 (2), pp.265-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cpc.057.0265⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04763203v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Errance interculturelle et récit de soi – le cas d’un adolescent singapourien</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le Je(u) en mouvement : la médiation théâtrale favorisant la résilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yağmur Gökduman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia de Freitas Girardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Adjinacou Ménil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëticia Cathary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipe Soto Galindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de psychologie clinique </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Jeunes et Mineurs en Mobilité — Jóvenes y Menores en Movilidad — Young people and Children on the Move</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Les espaces d’apprentissage et de formation des jeunesses en migration, 6 – 2021, pp.53-61</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299750v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of Intercultural psychology to clinical and research projective assessment approaches</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zohra Guerraoui</w:t>
+                <w:t xml:space="preserve">Errance interculturelle et récit de soi – le cas d’un adolescent singapourien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Oulahal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Odile Reveyrand-Coulon</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Denoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organizational Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers de psychologie clinique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 57 (2), pp.265-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cpc.057.0265⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661715v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acting on delusion and delusional inconsequentiality: A review</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Manon Bouscail</w:t>
+                <w:t xml:space="preserve">The contribution of Intercultural psychology to clinical and research projective assessment approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine Costa-Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Guerraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Reveyrand-Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.66-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404777v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mental Health of Refugees and Migrants during the COVID-19 Pandemic: The Role of Experienced Discrimination and Daily Stressors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acting on delusion and delusional inconsequentiality: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Verelst</w:t>
+                <w:t xml:space="preserve">Florent Poupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Devlieger</w:t>
+                <w:t xml:space="preserve">Manon Bouscail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Langer Primdahl</w:t>
+                <w:t xml:space="preserve">Adrien Bensoussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fábio Botelho Guedes</w:t>
+                <w:t xml:space="preserve">Gaël Galliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 18 (12), pp.6354. </w:t>
+              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.152230. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph18126354⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2021.152230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03265378v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apport de la psychologie interculturelle aux démarches d’évaluation projective en clinique et en recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Costa-Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Guerraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Reveyrand-Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie clinique et projective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, n° 27 (1), pp.35-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1954,51 +1954,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting services to the needs of children and families with complex migration experiences: The Toulouse University Hospital’s intercultural consultation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Guerraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2065,374 +2065,374 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRAUMATISME PSYCHIQUE ET ENVIRONNEMENT DÉFAILLANT CHEZ LES INDIVIDUS EN SITUATION DE PRÉCARITÉ SOCIALE</w:t>
+                <w:t xml:space="preserve">Déchéance de la nationalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Fierdepied</w:t>
+                <w:t xml:space="preserve">Malika Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gésine Sturm</w:t>
+                <w:t xml:space="preserve">Cécile Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Baubet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fatima Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/bupsy.541.0003⟩</w:t>
+              <w:t xml:space="preserve">L'Autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Volume 16 (3), pp.259-261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lautr.048.0259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01352757v1</w:t>
+                <w:t xml:space="preserve">hal-04201495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déchéance de la nationalité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TRAUMATISME PSYCHIQUE ET ENVIRONNEMENT DÉFAILLANT CHEZ LES INDIVIDUS EN SITUATION DE PRÉCARITÉ SOCIALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Rousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gesine Sturm</w:t>
+                <w:t xml:space="preserve">Sophie Fierdepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Touhami</w:t>
+                <w:t xml:space="preserve">Gésine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mestre</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Baubet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Autre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Volume 16 (3), pp.259-261. </w:t>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 541, pp.3-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lautr.048.0259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.541.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201495v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01352757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déchéance de la nationalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Autre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 16 (3), Pp. 259-261. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/lautr.048.0259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03130240v1</w:t>
@@ -2443,77 +2443,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mode relationnel, addictions et précarité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Fierdepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychotropes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 20 (4), pp.47-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2538,51 +2538,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspect traumatogène de l’exclusion sociale, une analyse enthnopsychanalytique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Fierdepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2590,51 +2590,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Rose Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 170 (5), pp.338-341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2691,64 +2691,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude exploratoire de la collaboration avec un interprète professionnel de la santé (IPS) lors du bilan orthophonique chez l’enfant ou l’adolescent multilingue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2799,77 +2799,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les migrants en France face à la pandémie COVID-19. Quelles difficultés, Quelles perspectives ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Oulahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Soto Galindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Júlia de Freitas Girardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIème congrès de l'ARIC (Association Internationale pour la recherche Interculturelle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Nice, Oct 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2894,51 +2894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perception du stress pendant la pandémie de COVID-19, une étude auprès des étudiants originaires de Chine et d'Asie du Sud-Est en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Oulahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2976,77 +2976,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt de la combinaison de méthodes dans l'étude clinique du fonctionnement psychique : l'exemple d'une étude sur le vécu subjectif de la précarité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Fierdepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5 ième colloque RIFReQ (Réseau International Francophone de Recherche Qualitative) Prudence empirique et risque interprétatif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, université Paul Valéry de Montpellier, Jun 2015, montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3129,51 +3129,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Longchamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Oulahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilse Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3309,51 +3309,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gesine Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla de Stefano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut National de Veille Sanitaire; UTRPP EA 4403 UNIVERSITÉ PARIS 13. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3591,51 +3591,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6013F7CA"/>
+    <w:nsid w:val="951C5E06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3822,51 +3822,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gesine-sturm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6570-404X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095815996" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/189630777" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619494v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Campos Ramirez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesine Sturm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rose Moro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2024.05.011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03999178v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lautr.069.0240" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850568v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Marchi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Maria Magarini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Chiarenza" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian Maria Galeazzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Paloma" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-022-13370-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03812687v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoram Mouchenik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lachal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Goguikian Ratcliff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delano&#235;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Asensi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lautr.068.0112" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04224851v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Alexopoulos-de Girard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Oulahal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Soto Galindo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fr&#233;d&#233;rique Bacqu&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eslm.158.0005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544237v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabi Adamou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia de Freitas Girardi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Aka Dago-Akribi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Harris Dassi Tchoupa Revegue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Cacou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.215.0753" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03999661v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guinault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323481v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teyssier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Denoux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cpc.057.0265" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763203v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#287;mur G&#246;kduman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia de Freitas Girardi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Adjinacou M&#233;nil" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;ticia Cathary" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299750v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661715v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Costa-Fernandez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Guerraoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Reveyrand-Coulon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404777v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poupart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouscail" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bensoussan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Galliot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2021.152230" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265378v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Spiritus-Beerden" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Verelst" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Devlieger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Langer Primdahl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Botelho Guedes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18126354" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661676v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pcp.027.0035" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627540v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gouzvinski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Raynaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1363461517724277" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352757v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fierdepied" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;sine Sturm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baubet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.541.0003" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04201495v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Mansouri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rousseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Touhami" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mestre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lautr.048.0259" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03130240v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352758v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352754v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taieb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Moro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04829110v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246021v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357603v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352762v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03999743v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gosselin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Longchamps" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Derluyn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducarroz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01386308v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Hemdane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rudy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de Stefano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01386303v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pirard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gesine-sturm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6570-404X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095815996" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/189630777" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619494v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Campos Ramirez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesine Sturm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rose Moro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2024.05.011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03999178v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lautr.069.0240" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03999661v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guinault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850568v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Marchi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Maria Magarini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Chiarenza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gian Maria Galeazzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Paloma" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-022-13370-y" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03812687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoram Mouchenik" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lachal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Goguikian Ratcliff" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delano&#235;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Asensi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lautr.068.0112" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04224851v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Alexopoulos-de Girard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Oulahal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Soto Galindo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fr&#233;d&#233;rique Bacqu&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eslm.158.0005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544237v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabi Adamou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia de Freitas Girardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Aka Dago-Akribi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Harris Dassi Tchoupa Revegue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Cacou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.215.0753" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265378v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Spiritus-Beerden" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Verelst" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Devlieger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Langer Primdahl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Botelho Guedes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18126354" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323481v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teyssier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Denoux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cpc.057.0265" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763203v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#287;mur G&#246;kduman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia de Freitas Girardi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Adjinacou M&#233;nil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;ticia Cathary" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299750v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661715v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Costa-Fernandez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Guerraoui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Reveyrand-Coulon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404777v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poupart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouscail" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bensoussan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Galliot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2021.152230" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661676v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pcp.027.0035" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627540v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gouzvinski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Raynaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1363461517724277" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04201495v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Mansouri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rousseau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Touhami" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mestre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lautr.048.0259" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352757v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fierdepied" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;sine Sturm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baubet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.541.0003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03130240v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352758v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352754v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Taieb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Moro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04829110v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246021v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357603v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01352762v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03999743v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gosselin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Longchamps" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilse Derluyn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducarroz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01386308v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Hemdane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rudy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de Stefano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01386303v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pirard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>