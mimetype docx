--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,748 +66,735 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Blanche-Neige » des frères Grimm, un conte à la croisée des genres littéraires</w:t>
+                <w:t xml:space="preserve">L’usage du temps dans le conte « Blanche-Neige » des frères Grimm et « Blanche de Neige » d’Alexandre Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Oiseau bleu </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 8</w:t>
+              <w:t xml:space="preserve">, 2026, 10, printemps 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05380594v1</w:t>
+                <w:t xml:space="preserve">hal-05552304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De face ou de dos, les enjeux de l’illustration de la mise à mort de la Barbe bleue</w:t>
+                <w:t xml:space="preserve">« Blanche-Neige » des frères Grimm, un conte à la croisée des genres littéraires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utpictura18</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Oiseau bleu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923383v1</w:t>
+                <w:t xml:space="preserve">hal-05380594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’âge du « Petit Chaperon rouge » (de Perrault) dans les illustrations</w:t>
+                <w:t xml:space="preserve">De face ou de dos, les enjeux de l’illustration de la mise à mort de la Barbe bleue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Oiseau bleu </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Utpictura18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58048/2968-9198/23797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04458564v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La relation marâtre-belle-fille dans &amp;quot;Blanche-Neige&amp;quot; des frères Grimm, du conte au mythe</w:t>
+                <w:t xml:space="preserve">L’âge du « Petit Chaperon rouge » (de Perrault) dans les illustrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Oiseau bleu </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5</w:t>
+              <w:t xml:space="preserve">, 2023, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04458550v1</w:t>
+                <w:t xml:space="preserve">hal-04458564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rééditions étrangères des Contes Perrault illustrés par Gustave Doré, une diffusion à géométrie variable</w:t>
+                <w:t xml:space="preserve">La relation marâtre-belle-fille dans &amp;quot;Blanche-Neige&amp;quot; des frères Grimm, du conte au mythe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles de l'estampe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Oiseau bleu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04458357v1</w:t>
+                <w:t xml:space="preserve">hal-04458550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustave Doré et les Contes de Perrault : du dessin au livre illustré</w:t>
+                <w:t xml:space="preserve">Les rééditions étrangères des Contes Perrault illustrés par Gustave Doré, une diffusion à géométrie variable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles de l'estampe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 268, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/estampe.3414⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 270, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/estampe.4553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04562821v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand Claverie et Jalbert illustrent les contes de Perrault</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Gustave Doré et les Contes de Perrault : du dessin au livre illustré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelles de l'estampe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/estampe.3414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04497010v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04369743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustave Doré et les Contes de Perrault : du dessin au livre illustré</w:t>
+                <w:t xml:space="preserve">Gustave Doré et les Contes de Perrault : du dessin au livre illustré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles de l'estampe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 268, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/estampe.3414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04369743v1</w:t>
+                <w:t xml:space="preserve">hal-04562821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand Claverie et Jalbert illustrent les contes de Perrault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -815,296 +802,378 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 326, pp.156-163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04562867v1</w:t>
+                <w:t xml:space="preserve">hal-04497010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les premières éditions espagnoles des &amp;quot;Contes de Perrault&amp;quot; illustrés par Gustave Doré</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quand Claverie et Jalbert illustrent les contes de Perrault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ondina - Ondine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 326, pp.156-163</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04458406v1</w:t>
+                <w:t xml:space="preserve">hal-04562867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blanche-Neige, illustré par Sara et Éric Battut, deux interprétations poignantes du conte des Grimm</w:t>
+                <w:t xml:space="preserve">Les premières éditions espagnoles des &amp;quot;Contes de Perrault&amp;quot; illustrés par Gustave Doré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue Perrault</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ondina - Ondine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.36-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26754/ojs_ondina/ond.202165911⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533747v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04458406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Blanche-Neige, illustré par Sara et Éric Battut, deux interprétations poignantes du conte des Grimm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La revue Perrault</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.26-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les contes de Perrault illustrés par Doré et le jeu des différences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ondina - Ondine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 4, pp.26-39. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26754/ojs_ondina/ond.201943998⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04315080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1114,111 +1183,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand Doré transforme un chat en icône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Chat botté dans ses expansions hypertextuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bochra Charnay; Thierry Charney; Université de Lille, Feb 2020, Lille, Université de Lille, Maison de la Recherche, Campus Pont de bois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1228,263 +1297,263 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’illustration pour enfants aux XIXe et XXe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Kalīla wa Dimna à La Fontaine : Voyages à travers les fables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck Gent, 2024, 9789461618856</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04562744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le merveilleux des contes de Perrault par Gustave Doré, à la lisière du fantastique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Moog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La constellation Gustave Doré : une traversée dans l'édition illustrée au XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musées de la ville de Strasbourg, pp.145-155, 2024, 978-2-35125-218-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Cigale et la Fourmi illustrée, ou les modes d’anthropomorphisation des insectes de la fable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chagrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’insecte au miroir des livres pour la jeunesse : présences, représentations, discours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.253-273, 2022, 978-2-38377-056-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04375951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1631,51 +1700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-05380594v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Chagrot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923383v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Moog" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2968-9198/23797" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458564v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458550v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458357v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/estampe.4553" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562821v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/estampe.3414" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497010v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04369743v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562867v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458406v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.202165911" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533747v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04315080v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.201943998" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04364682v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562744v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375951v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552304v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Chagrot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-05380594v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923383v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Moog" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58048/2968-9198/23797" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458564v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458550v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458357v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/estampe.4553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04369743v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/estampe.3414" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562821v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497010v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562867v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458406v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.202165911" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533747v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04315080v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/ojs_ondina/ond.201943998" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04364682v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562744v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593659v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04375951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>