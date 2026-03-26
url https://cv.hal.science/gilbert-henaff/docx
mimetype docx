--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -384,286 +384,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05489037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture toughness and fatigue crack propagation resistance of a pressure vessel low-alloy steel in CH4/H2 gas blends</w:t>
+                <w:t xml:space="preserve">Simulation de la propagation de fissures de fatigue sous hydrogène en milieu hétérogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Walter</w:t>
+                <w:t xml:space="preserve">Augustin Perrier-Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Benoît</w:t>
+                <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Bertheau</w:t>
+                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaspard Bouteau</w:t>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Huet</w:t>
+                <w:t xml:space="preserve">Mikaël Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Failure Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Presses de l'Ecole des Mines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Hydrogène-matériaux, corrosion sous contraintes, fatigue-corrosion, recueil des Journées des Jeunes Chercheurs 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05228752v1</w:t>
+                <w:t xml:space="preserve">hal-05391192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de la propagation de fissures de fatigue sous hydrogène en milieu hétérogène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fracture toughness and fatigue crack propagation resistance of a pressure vessel low-alloy steel in CH4/H2 gas blends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augustin Perrier-Michon</w:t>
+                <w:t xml:space="preserve">Guillaume Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Charles</w:t>
+                <w:t xml:space="preserve">Denis Bertheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
+                <w:t xml:space="preserve">Gaspard Bouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Gueguen</w:t>
+                <w:t xml:space="preserve">Florent Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presses de l'Ecole des Mines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Engineering Failure Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 182, pp.110003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfailanal.2025.110003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05391192v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05228752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The combined effect of hydrogen and aging conditions on the cyclic behavior of a precipitation-hardened nickel-base superalloy</w:t>
               </w:r>
@@ -796,77 +796,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of the exposure to moist air on crack-tip deformation and striation marking in a 7175 T7351 aluminum alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Saanouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Billaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -956,51 +956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Martinez-Pañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1090,51 +1090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bertheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1198,51 +1198,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of mean stress and pressurized water reactor environment on the fatigue behavior of a 304L austenitic stainless steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziling Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Christophe Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1475,51 +1475,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Halm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 112, pp.102885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1677,295 +1677,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04093320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aging of γ′ Precipitates at 750 °C in the Nickel-Based Superalloy AD730TM: A Thermally or Thermo-Mechanically Controlled Process?</w:t>
+                <w:t xml:space="preserve">Optimization of the DCPD technique for monitoring the crack propagation from notch root in localized plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mrozowski</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Aurélien Lambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Nadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Hamon</w:t>
+                <w:t xml:space="preserve">Stéphane Gourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Rouffié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
+                <w:t xml:space="preserve">Quentin Pujol d'Andrebo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/met10040426⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 130, pp.105228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2019.105228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02901655v1</w:t>
+                <w:t xml:space="preserve">hal-02301578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the DCPD technique for monitoring the crack propagation from notch root in localized plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aging of γ′ Precipitates at 750 °C in the Nickel-Based Superalloy AD730TM: A Thermally or Thermo-Mechanically Controlled Process?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mrozowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Lambourg</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yves Nadot</w:t>
+                <w:t xml:space="preserve">Florence Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Gourdin</w:t>
+                <w:t xml:space="preserve">Anne-Laure Rouffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Pujol d'Andrebo</w:t>
+                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 130, pp.105228. </w:t>
+              <w:t xml:space="preserve">Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (4), pp.426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2019.105228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/met10040426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301578v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02901655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-cycle fatigue crack initiation and propagation from controlled surface imperfections in nuclear steels</w:t>
               </w:r>
@@ -1990,51 +1990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pelosin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent de Baglion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2098,51 +2098,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristic Dependency of Hydrogen-Affected Fatigue Crack Growth and Crack Tip Plasticity on Low Loading Frequency in α-Iron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomoki Shinko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Halm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2228,51 +2228,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Relationships between Heat Treatment and Fatigue Crack Growth of αβ Titanium Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Renon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Larignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2358,51 +2358,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen-affected fatigue crack propagation at various loading frequencies and gaseous hydrogen pressures in commercially pure iron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomoki Shinko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Halm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2505,51 +2505,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julius Domfang Ngnekou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nicolaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2652,51 +2652,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent de Baglion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (2), pp.197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2756,51 +2756,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Kchaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pelosin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nader Haddar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2873,51 +2873,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue resistance of selectively laser melted aluminum alloy under T6 heat treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julius Ngnekou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3003,51 +3003,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of gaseous hydrogen on plastic strain in vicinity of fatigue crack tip in Armco pure iron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomoki Shinko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Halm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3113,51 +3113,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of actual and accelerated ageing on microstructure evolution and mechanical properties of a 2024-T351 aluminium alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Prudhomme</w:t>
+                <w:t xml:space="preserve">Manida Prudhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3648,51 +3648,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3795,51 +3795,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Nadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3928,51 +3928,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovambattista Bilotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Moriconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mandana Arzaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4026,303 +4026,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03665508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cohesive zone modeling of fatigue crack propagation assisted by gaseous hydrogen in metals</w:t>
+                <w:t xml:space="preserve">Fatigue Crack Growth in a Precipitation-Hardened Martensitic Stainless Steel: Influence of Ageing, Temperature and Loading History</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Moriconi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Hénaff</w:t>
+                <w:t xml:space="preserve">Loic Dimithe Aboumou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandana Arzaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Halm</w:t>
+                <w:t xml:space="preserve">Sylvie Pommier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 68, pp.56-66. </w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 891-892, pp.961 - 966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2014.06.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.891-892.961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03671825v1</w:t>
+                <w:t xml:space="preserve">hal-01636631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatigue Crack Growth in a Precipitation-Hardened Martensitic Stainless Steel: Influence of Ageing, Temperature and Loading History</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cohesive zone modeling of fatigue crack propagation assisted by gaseous hydrogen in metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moriconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Dimithe Aboumou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Pommier</w:t>
+                <w:t xml:space="preserve">D. Halm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 68, pp.56-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2014.06.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.891-892.961⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01636631v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03671825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Temperature and Long Term Ageing on the Fatigue Crack Growth in a Precipitation Hardened Martensitic Stainless Steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dimithe Aboumou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arzaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4395,77 +4395,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue Crack Growth under High Pressure of Gaseous Hydrogen in a 15-5PH Martensitic Stainless Steel: Influence of Pressure and Loading Frequency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moriconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Halm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4550,77 +4550,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moriconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Halm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36 (14), pp.8641-8644. </w:t>
@@ -4670,51 +4670,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of corrosion and creep on intergranular fatigue crack path in 2XXX aluminium alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Menan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4800,51 +4800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Gloanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Milani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Fatigue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, volume 32, issue 7, pp.1015-1021. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4904,77 +4904,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Gloanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Jouiad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bertheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Grange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intermetallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.520-531. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5020,51 +5020,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue Crack Propagation Behaviour of a TiAl-based Alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mabru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5116,91 +5116,91 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00254213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of highly pressurized dihydrogen and gas blends on fatigue crack growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 ASTM Conference on Hydrogen in Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society for Testing and Materials (ASTM) Committee F07.04 on Hydrogen Embrittlement, Jun 2025, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5225,103 +5225,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen assisted crack propagation in a metallic polycrystalline aggregate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Perrier-Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Jeunes Chercheurs (JJC 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre français de l’anticorrosion (CEFRACOR), Nov 2025, Grenoble, France</w:t>
@@ -5350,103 +5350,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen-assisted crack propagation in a metallic polycrystalline aggregate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Perrier-Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5e réunion Plénières de la Fédération hydrogène (FRH2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération de recherche Hydrogène du CNRS (FRH2), Nov 2025, Annecy, France</w:t>
@@ -5527,51 +5527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Quibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter John Chitty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2024 Pressure Vessels &amp; Piping Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Mechanical Engineers (ASME), Jul 2024, Bellevue (Washington), United States. pp.PVP2024-123298, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5599,1469 +5599,1594 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Temperature and Hydrogen on Fatigue Properties on 304L</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">FATIGUE CRACK GROWTH IN IRON AND STEELS EXPOSED TO HIGHLY PRESSURIZED DIHYDROGEN AND GAS BLENDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bertheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Halm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniella Guedes Sales</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2024 Pressure Vessels &amp; Piping Conference (PVP 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Oxford EPRI Hydrogen Embrittlement Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Oxford - EPRI, Jun 2024, Oxford, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04832589v1</w:t>
+                <w:t xml:space="preserve">hal-05563267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'environnement sur la propagation de fissure de fatigue: rôle (supposé?) de l'hydrogène</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effects of Temperature and Hydrogen on Fatigue Properties on 304L</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Chochoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Osmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bertheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniella Guedes Sales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs CEFRACOR</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME 2024 Pressure Vessels &amp; Piping Conference (PVP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Mechanical Engineers (ASME), Jul 2024, Bellevue (Washington), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2024-123293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05138727v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack Growth Resistance of Actual Pipe Weldments Exposed to a High Pressure Mixture of Hydrogen and Natural Gas</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Effet d'environnement sur la propagation de fissure de fatigue: rôle (supposé?) de l'hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2021 Pressure Vessels &amp; Piping Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs CEFRACOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRIMAT, Toulouse, Jul 2023, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03681227v1</w:t>
+                <w:t xml:space="preserve">hal-05138727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage mechanisms and embrittlement kinetics in a β-rich Ti 17 alloy after long term aging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Crack Growth Resistance of Actual Pipe Weldments Exposed to a High Pressure Mixture of Hydrogen and Natural Gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bertheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th World Conference on Titanium (Ti 2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/matecconf/202032106008⟩</w:t>
+              <w:t xml:space="preserve">ASME 2021 Pressure Vessels &amp; Piping Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Virtual, France. pp.V004T06A051, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2021-61945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834054v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the high temperature crack propagation in the nickel-based superalloy AD730TM</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Damage mechanisms and embrittlement kinetics in a β-rich Ti 17 alloy after long term aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandana Arzaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Hémery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles de la SF2M</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th World Conference on Titanium (Ti 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Patrick Villechaise; France Titane [French Titanium Association]; Société Française de Métallurgie et de Matériaux [French Society for Metallurgy and Materials] (SF2M), Jun 2020, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/202032106008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02902595v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Induced Intergranular Failure in Armco Iron Under Fatigue Crack Propagation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">On the high temperature crack propagation in the nickel-based superalloy AD730TM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mrozowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Villechaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Rouffié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Franchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2016 Pressure Vessels and Piping Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées annuelles de la SF2M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03636897v1</w:t>
+                <w:t xml:space="preserve">hal-02902595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cohesive Zone Modeling of Hydrogen Assisted Cracking in a 15-5 PH Steel and Comparison With Experiments</w:t>
+                <w:t xml:space="preserve">Hydrogen Induced Intergranular Failure in Armco Iron Under Fatigue Crack Propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovambattista Bilotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mandana Arzaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Halm</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2015 Pressure Vessels and Piping Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/PVP2015-45631⟩</w:t>
+              <w:t xml:space="preserve">ASME 2016 Pressure Vessels and Piping Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Vancouver, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2016-63338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03662405v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Assisted Fatigue Crack Growth in a Precipitation-Hardened Martensitic Stainless Steel Under Gaseous Hydrogen</w:t>
+                <w:t xml:space="preserve">Cohesive Zone Modeling of Hydrogen Assisted Cracking in a 15-5 PH Steel and Comparison With Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovambattista Bilotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mandana Arzaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Moriconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2014 Pressure Vessels and Piping Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/PVP2014-28381⟩</w:t>
+              <w:t xml:space="preserve">ASME 2015 Pressure Vessels and Piping Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, boston, United States. pp.V06BT06A021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2015-45631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03629242v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03662405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatigue crack growth from handling surface anomalies in a nickel based superalloy at high temperature</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Hydrogen Assisted Fatigue Crack Growth in a Precipitation-Hardened Martensitic Stainless Steel Under Gaseous Hydrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovambattista Bilotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandana Arzaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Moriconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROSUPERALLOYS 2014 – 2nd European Symposium on Superalloys and their Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/matecconf/20141416003⟩</w:t>
+              <w:t xml:space="preserve">ASME 2014 Pressure Vessels and Piping Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Anaheim, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2014-28381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05083582v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et simulation numérique de la propagation de fissure de fatigue assistée par I'hydrogène gazeux à haute pression</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mandana Arzaghi</w:t>
+                <w:t xml:space="preserve">Fatigue crack growth from handling surface anomalies in a nickel based superalloy at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Doremus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Nadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pierret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EUROSUPERALLOYS 2014 – 2nd European Symposium on Superalloys and their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de métallurgie et de matériaux (SF2M), May 2014, Giens, France. pp.16003, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/20141416003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03439713v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05083582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la concentration locale d'hydrogène sur les paramètres d'un modèle de zone cohésive adapté aux chargements cycliques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation et simulation numérique de la propagation de fissure de fatigue assistée par I'hydrogène gazeux à haute pression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovambattista Bilotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Moriconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Halm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mandana Arzaghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03422685v1</w:t>
+                <w:t xml:space="preserve">hal-03439713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence de la concentration locale d'hydrogène sur les paramètres d'un modèle de zone cohésive adapté aux chargements cycliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Moriconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Henaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Halm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03422685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Damage tolerance issues peculiar to supersonic civil transport aircraft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Odemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Journet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nader Haddar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference of fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Turin, Italy. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00159021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7071,1038 +7196,1133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen-assisted crack growth in polycrystalline aggregate using an anisotropic gradient damage model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Perrier-Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Metals and Hydrogen (SteelyHydrogen 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Gand, Belgium. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally Assisted Fatigue in the Gaseous Atmosphere</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Environmentally-assisted fatigue crack growth in a moist atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Nadot. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reference Module in Materials Science and Materials Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier, 2022, </w:t>
+              <w:t xml:space="preserve">Fundamentals of Fatigue Fracture, Collective Works in the Memory of Prof. Mohan Ranganathan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-822944-6.00031-1⟩</w:t>
+                <w:t xml:space="preserve">Jenny Stanford Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 9781003710493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9781003710493-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03830898v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local-scale Modeling of Plasticity–Environment Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Aubert</w:t>
+                <w:t xml:space="preserve">Environmentally Assisted Fatigue in the Gaseous Atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamaa Bouhattate</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christine Sarrazin-Baudoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling :Concepts, Experiments, Modeling and Cases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-309-7.50018-1⟩</w:t>
+              <w:t xml:space="preserve">Reference Module in Materials Science and Materials Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-822944-6.00031-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02149396v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">17 - Corrosion and Hydrogen Fatigue at Different Scales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local-scale Modeling of Plasticity–Environment Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamaa Bouhattate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Saintier</w:t>
+                <w:t xml:space="preserve">Thierry Couvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed El May</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cédric Bosch</w:t>
+                <w:t xml:space="preserve">Matthieu Dhondt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-309-7.50017-X⟩</w:t>
+              <w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling :Concepts, Experiments, Modeling and Cases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, pp.413-438, 2019, 978-1-78548-309-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-309-7.50018-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03832331v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue Crack Initiation and Propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Doquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Palin-Luc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Risbet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.65-90, 2019, 9781785483097. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/b978-1-78548-309-7.50004-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02906110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of mean stress and PWR environment on the fatigue behavior of a 304L austenitic stainless steel</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">17 - Corrosion and Hydrogen Fatigue at Different Scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Saintier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Odemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Le Roux</w:t>
-[...21 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cédric Bosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 46 (10), Elsevier, pp.65-90, 2019, 978-1-78548-309-7. </w:t>
+              <w:t xml:space="preserve">, chapitre 17, </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-309-7.50004-1⟩</w:t>
+                <w:t xml:space="preserve">ISTE Press ; Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.385 à 411, 2019, 9781785483097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-309-7.50017-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889616v2</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03832331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation à l’échelle locale des interactions plasticité-environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aubert Isabelle</w:t>
+                <w:t xml:space="preserve">Influence of mean stress and PWR environment on the fatigue behavior of a 304L austenitic stainless steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziling Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamâa Bouhattate</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> Christine BLANC;  Isabelle AUBERT. </w:t>
+                <w:t xml:space="preserve">Jean-Christophe Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Verlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Blanc; Isabelle Aubert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Couplage 'mécanique – microstructure – corrosion'Concepts, essais, modélisation et cas concrets</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Mechanics - Microstructure - Corrosion Coupling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 46 (10), Elsevier, pp.65-90, 2019, 978-1-78548-309-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ISTE</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.1016/B978-1-78548-309-7.50004-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03915157v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889616v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modélisation à l’échelle locale des interactions plasticité-environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubert Isabelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamâa Bouhattate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Couvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dhondt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> Christine BLANC;  Isabelle AUBERT. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Couplage 'mécanique – microstructure – corrosion'Concepts, essais, modélisation et cas concrets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1784054887</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Propagation de fissure par fatigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Hénaff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Clavel; Philippe Bompard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Endommagement et rupture des matériaux. 1, Généralités, matériaux métalliques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermes science : Lavoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Traité MIM – Mécanique et Ingénierie des Matériaux. Série Matériaux et métallurgie, 978-2-7462-2448-3 (papier) ; 978-2-7462-4062-9 (PDF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId258"/>
+      <w:footerReference w:type="default" r:id="rId262"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8170,51 +8390,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7C8D2ED3"/>
+    <w:nsid w:val="E6267D29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8401,51 +8621,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilbert-henaff" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5986-5848" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076669556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/59361109" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000001190548" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-5945-2008" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05489037v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K G Jayaram" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Quibel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Huret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Descamps-Mandine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Smerdova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2026.149785" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05228752v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Walter" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beno&#238;t" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertheau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Bouteau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Huet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2025.110003" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391192v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Perrier-Michon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Charles" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert H&#233;naff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Gueguen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769491v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Radi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Risbet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henaff" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Oudriss" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Feaugas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.03.071" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830964v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Saanouni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Billaudeau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101753" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439161v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zafra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. &#193;lvarez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Benoit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martinez-Pa&#241;eda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2023.144885" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019557v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mabrouki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Goncalves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pascal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Henaff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13020291" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziling Peng" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Christophe Le Roux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Verlet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.14103" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246670v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#233;naff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2022.03.081" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679029v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoki Shinko" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Halm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102885" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093320v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Noel Domfang Ngnekou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nadot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicolai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ridosz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11091432" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02901655v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mrozowski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hamon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Rouffi&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10040426" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301578v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lambourg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gourdin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pujol d'Andrebo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2019.105228" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cussac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gardin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pelosin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent de Baglion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2020.105703" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678315v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Bahsoun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05860-8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834825v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Renon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Larignon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Perusin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met9050512" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283331v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovambattista Bilotta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2018.12.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281506v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Domfang Ngnekou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicola&#239;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Hao Kan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2018.09.029" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283194v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Poulain" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mendez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met9020197" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282582v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Kchaou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Haddar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Elleuch" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2019.01.067" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929506v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Ngnekou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2018.02.009" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662089v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816503006" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294471v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Prudhomme" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Billy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Alexis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hamon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2017.10.015" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02279193v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhidan Sun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Zhou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Retraint" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Helbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816515002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675583v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Arzaghi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.02.084" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665461v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2017.11.063" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02901676v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gourdin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cormier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nadot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.12475" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02902529v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Doremus" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2015.07.077" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVFMR5M5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665508v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Moriconi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.891-892.765" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671825v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moriconi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Halm" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2014.06.007" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MV4VCJVJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636631v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dimithe Aboumou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pommier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.891-892.961" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636552v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dimithe Aboumou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arzaghi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pommier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2013.12.077" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589927v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sun" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-012-1133-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D0B356748C4C9442CE3B9FBF73776AFEB4ED7F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589926v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2011.04.094" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8VL4T4QF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905865v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Menan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Odemer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2010.03.039" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00660633v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Gloanec" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Milani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2009.11.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00661370v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Jouiad" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Grange" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2006.09.003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5QLK5JT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00254213v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mabru" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1996235" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05139287v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391164v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391130v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836271v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kushal Gowda Jayaram" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter John Chitty" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2024-123298" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04832589v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chochoy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osmond" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella Guedes Sales" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2024-123293" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05138727v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681227v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2021-61945" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834054v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Sasaki" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H&#233;mery" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032106008" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02902595v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636897v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2016-63338" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662405v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2015-45631" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629242v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2014-28381" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083582v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pierret" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141416003" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439713v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422685v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159021v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Journet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R&#233;my" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391114v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830898v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sarrazin-Baudoux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-822944-6.00031-1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02149396v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aubert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamaa Bouhattate" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Couvant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dhondt" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50018-1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03832331v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saintier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El May" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bosch" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B978178548309750017X" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50017-X" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906110v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Doquet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Palin-Luc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Risbet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-1-78548-309-7.50004-1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889616v2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Roux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50004-1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915157v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubert Isabelle" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jam&#226;a Bouhattate" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/couplage-mecanique-microstructure-corrosion/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837676v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.lavoisier.fr/produit/32109/9782746240629/endommagement-et-rupture-des-materiaux-volume-1-traite-mim" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilbert-henaff" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5986-5848" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076669556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/59361109" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000001190548" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-5945-2008" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05489037v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K G Jayaram" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Quibel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Huret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Descamps-Mandine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Smerdova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2026.149785" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391192v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Perrier-Michon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Charles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert H&#233;naff" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Gueguen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05228752v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Walter" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beno&#238;t" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertheau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Bouteau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Huet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2025.110003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769491v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Radi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Risbet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henaff" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Oudriss" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Feaugas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2024.03.071" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830964v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Saanouni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Billaudeau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101753" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439161v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zafra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. &#193;lvarez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Benoit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martinez-Pa&#241;eda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2023.144885" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019557v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mabrouki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Goncalves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pascal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Henaff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13020291" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziling Peng" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Christophe Le Roux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Verlet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.14103" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246670v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Benoit" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#233;naff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2022.03.081" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679029v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoki Shinko" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Halm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2020.102885" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093320v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Noel Domfang Ngnekou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nadot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicolai" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ridosz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11091432" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301578v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lambourg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gourdin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pujol d'Andrebo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2019.105228" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02901655v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mrozowski" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hamon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Rouffi&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Franchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10040426" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cussac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gardin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pelosin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent de Baglion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2020.105703" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678315v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Bahsoun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05860-8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834825v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Renon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Larignon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Perusin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met9050512" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283331v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovambattista Bilotta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2018.12.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281506v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Domfang Ngnekou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nicola&#239;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Hao Kan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2018.09.029" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283194v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Poulain" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mendez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met9020197" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282582v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Kchaou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Haddar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Elleuch" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfailanal.2019.01.067" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929506v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Ngnekou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2018.02.009" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662089v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816503006" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294471v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manida Prudhomme" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Billy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Alexis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hamon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2017.10.015" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02279193v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhidan Sun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Zhou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Retraint" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Helbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201816515002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675583v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Arzaghi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.02.084" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665461v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2017.11.063" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02901676v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gourdin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cormier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nadot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ffe.12475" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02902529v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Doremus" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2015.07.077" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVFMR5M5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665508v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Moriconi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.891-892.765" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636631v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dimithe Aboumou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pommier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.891-892.961" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671825v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moriconi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Halm" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2014.06.007" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MV4VCJVJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636552v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dimithe Aboumou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arzaghi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pommier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2013.12.077" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589927v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sun" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-012-1133-5" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D0B356748C4C9442CE3B9FBF73776AFEB4ED7F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589926v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2011.04.094" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8VL4T4QF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905865v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Menan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Odemer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2010.03.039" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00660633v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Gloanec" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Milani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2009.11.008" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00661370v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Jouiad" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Grange" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intermet.2006.09.003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5QLK5JT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00254213v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mabru" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1996235" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05139287v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391164v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391130v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836271v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kushal Gowda Jayaram" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter John Chitty" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2024-123298" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563267v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04832589v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chochoy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osmond" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella Guedes Sales" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2024-123293" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05138727v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681227v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2021-61945" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834054v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Sasaki" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H&#233;mery" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032106008" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02902595v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636897v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2016-63338" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662405v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2015-45631" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629242v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2014-28381" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083582v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pierret" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141416003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439713v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422685v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159021v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Journet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R&#233;my" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391114v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487649v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.1201/9781003710493-7/environmentally-assisted-fatigue-crack-growth-moist-atmosphere-gilbert-h%C3%A9naff?utm_source=researchgate.net&amp;amp;utm_medium=article" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003710493-7" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830898v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sarrazin-Baudoux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-822944-6.00031-1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02149396v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aubert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamaa Bouhattate" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Couvant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dhondt" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50018-1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906110v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Doquet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Palin-Luc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Risbet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-1-78548-309-7.50004-1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03832331v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saintier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El May" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bosch" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B978178548309750017X" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50017-X" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889616v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Roux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50004-1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915157v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubert Isabelle" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jam&#226;a Bouhattate" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/couplage-mecanique-microstructure-corrosion/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837676v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.lavoisier.fr/produit/32109/9782746240629/endommagement-et-rupture-des-materiaux-volume-1-traite-mim" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>