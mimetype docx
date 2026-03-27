--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -628,165 +628,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03988117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeunes indigènes en milieu scolaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilberto Ramos Iduñate</w:t>
+                <w:t xml:space="preserve">Jeunes Indiens en milieu scolaire. Étude d’une population marginalisée du sud du Mexique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Initio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Minorités en éducation et dans le monde du travail, 4 (1), pp.65-84</w:t>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02968612v1</w:t>
+                <w:t xml:space="preserve">hal-03020098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeunes Indiens en milieu scolaire. Étude d’une population marginalisée du sud du Mexique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
+                <w:t xml:space="preserve">Jeunes indigènes en milieu scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Ramos Iduñate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Initio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">, 2014, Minorités en éducation et dans le monde du travail, 4 (1), pp.65-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03020098v1</w:t>
+                <w:t xml:space="preserve">hal-02968612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éducation Populaire latino-américaine : Paulo Freire et la praxis d’une pédagogie réflexive</w:t>
               </w:r>
@@ -1014,303 +1014,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choix scolaires, appartenance ethnique et formation professionnelle au Mexique</w:t>
+                <w:t xml:space="preserve">Formación de profesores de escuelas técnicas y profesionales en Francia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès 2025 de l'Institut des Amériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut des Amériques; Campus Condorcet, Oct 2025, Aubervilliers, France</w:t>
+              <w:t xml:space="preserve">Seminario de apoyo a la profesionalización del capital humano en América Central (APCHAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, France Education Internacional; Ministère de l'Europe et des affaires étrangères, Oct 2025, Sevres, France, Francia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299130v1</w:t>
+                <w:t xml:space="preserve">hal-05299175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formación de profesores de escuelas técnicas y profesionales en Francia</w:t>
+                <w:t xml:space="preserve">Docentes bajo presión: reformas neoliberales y prácticas de responsabilización de las maestras y los maestros de la formación profesional técnica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminario de apoyo a la profesionalización del capital humano en América Central (APCHAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, France Education Internacional; Ministère de l'Europe et des affaires étrangères, Oct 2025, Sevres, France, Francia</w:t>
+              <w:t xml:space="preserve">Undécimo Congreso Internacional de Educación</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro de investigación de estudios comparados de América Latina, Jun 2025, Ciudad de México, México</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299175v1</w:t>
+                <w:t xml:space="preserve">hal-05269184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docentes bajo presión: reformas neoliberales y prácticas de responsabilización de las maestras y los maestros de la formación profesional técnica</w:t>
+                <w:t xml:space="preserve">Gestión escolar en contextos neoliberales. Políticas de responsabilización en la gestión de carrera de las y los maestros mexicanos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Undécimo Congreso Internacional de Educación</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centro de investigación de estudios comparados de América Latina, Jun 2025, Ciudad de México, México</w:t>
+              <w:t xml:space="preserve">Reflexiones históricas y contemporáneas desde las ciencias sociales: homenaje a Zygmunt Bauman y Frants Fanon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Juárez del Estado de Durango UJED, Apr 2025, Durango, México</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269184v1</w:t>
+                <w:t xml:space="preserve">hal-05269394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestión escolar en contextos neoliberales. Políticas de responsabilización en la gestión de carrera de las y los maestros mexicanos</w:t>
+                <w:t xml:space="preserve">Choix scolaires, appartenance ethnique et formation professionnelle au Mexique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reflexiones históricas y contemporáneas desde las ciencias sociales: homenaje a Zygmunt Bauman y Frants Fanon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidad Juárez del Estado de Durango UJED, Apr 2025, Durango, México</w:t>
+              <w:t xml:space="preserve">Congrès 2025 de l'Institut des Amériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Amériques; Campus Condorcet, Oct 2025, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269394v1</w:t>
+                <w:t xml:space="preserve">hal-05299130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horizonte y utopía. Retos del acceso de jóvenes indígenas a los estudios superiores en México</w:t>
               </w:r>
@@ -1359,260 +1359,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions des relations sociales à l'apprentissage du métier d'enseignant : le point de vue d'enseignants débutants en lycée professionnel</w:t>
+                <w:t xml:space="preserve">Quels réseaux de professionnalisation des enseignants débutants en lycée professionnel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évolution des savoirs ou des rapports aux savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFR PARFERE INSPE UPEC, Mar 2023, Bonneuil-sur-Marne, France</w:t>
+              <w:t xml:space="preserve">Évolutions de la voie professionnelle. Points et questions ouvertes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRCEFT-ESCOL, Apr 2023, Saint - Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479919v1</w:t>
+                <w:t xml:space="preserve">hal-04479962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels réseaux de professionnalisation des enseignants débutants en lycée professionnel ?</w:t>
+                <w:t xml:space="preserve">Contributions des relations sociales à l'apprentissage du métier d'enseignant : le point de vue d'enseignants débutants en lycée professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Michaël Huchette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évolutions de la voie professionnelle. Points et questions ouvertes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CIRCEFT-ESCOL, Apr 2023, Saint - Denis, France</w:t>
+              <w:t xml:space="preserve">Évolution des savoirs ou des rapports aux savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFR PARFERE INSPE UPEC, Mar 2023, Bonneuil-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479962v1</w:t>
+                <w:t xml:space="preserve">hal-04479919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des relations sociales constructives en formation universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Huchette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Iduñate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2385,51 +2385,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du rapport entre culture technique et éducation. Introduction du dossier &amp;quot;Culture(s) technique(s), éducation et formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannique Delabos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2774,51 +2774,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2769D0B5"/>
+    <w:nsid w:val="AB855232"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3005,51 +3005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilberto-ramos-idunate" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-5391-8395" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05297270v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idunate" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269167v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelino Aldo de Lima Neto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idu&#241;ate" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Llopis I Arlac&#243;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22478/ufpb.2359-7003.2025v34n1.73337" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269129v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hammoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22478/ufpb.2359-7003.2025v34n1.71508" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380820v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21680/1981-1802.2025v63n77ID41129" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03988117v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968612v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03020098v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03988240v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03988203v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.65585" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04472629v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05299130v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05299175v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269184v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269394v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025814v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479919v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Helena Martinez Barrera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479962v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904706v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04016941v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04016951v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478349v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04519708v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478297v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477080v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477055v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478140v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478257v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05298987v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannique Delabos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04010131v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16033-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03019994v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gilberto-ramos-idunate" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-5391-8395" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05297270v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idunate" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269167v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelino Aldo de Lima Neto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idu&#241;ate" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Llopis I Arlac&#243;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22478/ufpb.2359-7003.2025v34n1.73337" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269129v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hammoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22478/ufpb.2359-7003.2025v34n1.71508" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380820v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21680/1981-1802.2025v63n77ID41129" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03988117v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03020098v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968612v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03988240v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03988203v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.65585" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04472629v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05299175v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269184v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05269394v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05299130v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025814v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479962v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Helena Martinez Barrera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479919v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904706v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04016941v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04016951v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478349v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04519708v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478297v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477080v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477055v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478140v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04478257v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05298987v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannique Delabos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04010131v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16033-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03019994v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>